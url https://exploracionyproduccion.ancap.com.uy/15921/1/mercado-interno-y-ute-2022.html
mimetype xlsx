--- v0 (2025-10-11)
+++ v1 (2025-11-01)
@@ -3,72 +3,72 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24527"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28324"/>
   <workbookPr defaultThemeVersion="123820"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\trebol\Carpetas compartidas 5\Equipo de Diseño\Com.Precio\VENTAS COMBUSTIBLES Merc.Int. - UTE\VENTAS MENSUALES Merc.Int._UTE\AÑO en CURSO\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\molle\Carpetas compartidas3\Planificación Comercial\MARIANA PUBLICA\Demandas WEB\VENTAS COMBUSTIBLES Merc.Int. - UTE\VENTAS MENSUALES Merc.Int._UTE\INFORMACION HISTÓRICA\INFORMACION HISTÓRICA_con_asfalto\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A7958EA9-0C36-4062-BB74-FA6239D3DAE0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{89A8E60D-D7ED-44BF-82CE-FC1C33A147DA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11160" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15990" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="MI_12-22" sheetId="3" r:id="rId1"/>
     <sheet name="UTE_12-22" sheetId="4" r:id="rId2"/>
   </sheets>
   <calcPr calcId="0"/>
   <webPublishing codePage="1252"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="121" uniqueCount="82">
   <si>
     <t xml:space="preserve">Detalle de Ventas de Combustibles - Mercado Interno </t>
   </si>
   <si>
     <t>(en miles de m3, corregidos a 15°C)</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>Total Año en curso</t>
   </si>
   <si>
     <t>2022/01</t>
   </si>
   <si>
     <t>2022/02</t>
   </si>
   <si>
     <t>2022/03</t>
   </si>
   <si>
     <t>2022/04</t>
   </si>
   <si>
@@ -102,53 +102,50 @@
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>BUTANO</t>
     </r>
   </si>
   <si>
     <t>PROPANO</t>
   </si>
   <si>
-    <t>PROPANO INDUSTRIAL</t>
-[...1 lines deleted...]
-  <si>
     <t>SUPERGAS GRANEL</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>PROPANO</t>
     </r>
   </si>
   <si>
@@ -460,137 +457,50 @@
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color rgb="FFFFFFFF"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color rgb="FFFFFFFF"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>SOLVENTES</t>
     </r>
   </si>
   <si>
-    <t>ASFALTOS</t>
-[...85 lines deleted...]
-  <si>
     <t>AZUFRE</t>
   </si>
   <si>
     <t>QUÍMICOS</t>
   </si>
   <si>
     <t>AZUFRE LÍQUIDO</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
@@ -702,72 +612,69 @@
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>GAS OIL</t>
     </r>
   </si>
   <si>
     <t>GAS OIL</t>
   </si>
   <si>
     <t>(en miles de m3 - corregidos a 15°C)</t>
   </si>
   <si>
     <t xml:space="preserve">Detalle de Ventas de Combustibles - Mercado U.T.E. </t>
   </si>
   <si>
-    <t xml:space="preserve"> Familia</t>
-[...7 lines deleted...]
-  <si>
     <t>nota: pueden surgir pequeñas diferencias por ajustes posteriores ell cierre mensual</t>
   </si>
   <si>
     <t>SUPER 95</t>
   </si>
   <si>
-    <t>PREMIUM 97</t>
-[...1 lines deleted...]
-  <si>
     <t>2022/12</t>
   </si>
   <si>
     <t>2022/11</t>
+  </si>
+  <si>
+    <t>PROPANO INDUSTRIAL(GLP GRANEL)</t>
+  </si>
+  <si>
+    <t>PREMIUM 97E</t>
+  </si>
+  <si>
+    <t>SUPER 95E</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.000;\-#,##0.000;\ \ "/>
     <numFmt numFmtId="165" formatCode="#,##0.000;\-#,##0.000;\ "/>
     <numFmt numFmtId="166" formatCode="#,##0.000"/>
   </numFmts>
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FFFFFFFF"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
@@ -876,51 +783,51 @@
       <patternFill patternType="solid">
         <fgColor rgb="FFE6E6E6"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF2F1F1"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF666699"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000080"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDFDFDF"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="22">
+  <borders count="21">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color rgb="FFC0C0C0"/>
       </top>
       <bottom style="medium">
         <color rgb="FFC0C0C0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color rgb="FFC0C0C0"/>
       </right>
       <top style="medium">
         <color rgb="FFC0C0C0"/>
@@ -1098,102 +1005,87 @@
       <right style="medium">
         <color rgb="FF93B1CD"/>
       </right>
       <top/>
       <bottom style="medium">
         <color rgb="FF93B1CD"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF93B1CD"/>
       </left>
       <right style="medium">
         <color rgb="FF93B1CD"/>
       </right>
       <top style="medium">
         <color rgb="FF93B1CD"/>
       </top>
       <bottom style="medium">
         <color rgb="FF93B1CD"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...8 lines deleted...]
-      <bottom/>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...4 lines deleted...]
-      </right>
+      <left/>
+      <right/>
       <top/>
-      <bottom style="thin">
-        <color indexed="64"/>
+      <bottom style="medium">
+        <color rgb="FFFFC728"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF608BB4"/>
       </left>
       <right style="medium">
         <color rgb="FF608BB4"/>
       </right>
       <top style="medium">
         <color rgb="FF608BB4"/>
       </top>
-      <bottom/>
-[...5 lines deleted...]
-      <top/>
       <bottom style="medium">
-        <color auto="1"/>
+        <color rgb="FF608BB4"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="62">
+  <cellXfs count="61">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="7" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="7" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="9" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="10" fillId="6" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="6" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1211,140 +1103,131 @@
     </xf>
     <xf numFmtId="166" fontId="11" fillId="9" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="166" fontId="10" fillId="9" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="166" fontId="11" fillId="6" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="166" fontId="10" fillId="6" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="166" fontId="11" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="166" fontId="7" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="6" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="5" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="6" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="7" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="11" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="8" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="10" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="11" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="18" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="16" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="8" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top"/>
+      <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="8" borderId="10" xfId="0" applyFill="1" applyBorder="1"/>
-[...26 lines deleted...]
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="8" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="19" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="19" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="8" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top"/>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="16" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="4" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.gif"/></Relationships>
 </file>
@@ -1485,197 +1368,163 @@
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="11144250" y="104775"/>
           <a:ext cx="1009650" cy="230505"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1810,3197 +1659,2896 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{68604168-4768-422C-BFE6-6935794B5247}">
-  <dimension ref="A1:P66"/>
+  <dimension ref="A1:P60"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <pane xSplit="3" ySplit="4" topLeftCell="I54" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="3" ySplit="4" topLeftCell="D5" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
-      <selection pane="bottomRight" activeCell="I58" sqref="I58"/>
+      <selection pane="bottomRight" activeCell="T6" sqref="T6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="26.7109375" style="14" customWidth="1"/>
+    <col min="1" max="1" width="24" customWidth="1"/>
     <col min="2" max="2" width="13.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="32.7109375" bestFit="1" customWidth="1"/>
     <col min="4" max="15" width="10" bestFit="1" customWidth="1"/>
-    <col min="16" max="16" width="9.140625" customWidth="1"/>
+    <col min="16" max="16" width="18.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="13"/>
       <c r="C1" s="13"/>
       <c r="D1" s="13"/>
       <c r="E1" s="13"/>
       <c r="F1" s="13"/>
       <c r="G1" s="13"/>
-      <c r="H1" s="23"/>
-[...10 lines deleted...]
-      <c r="A2" s="48" t="s">
+      <c r="H1" s="28"/>
+      <c r="I1" s="28"/>
+      <c r="J1" s="28"/>
+      <c r="K1" s="28"/>
+      <c r="L1" s="28"/>
+      <c r="M1" s="28"/>
+      <c r="N1" s="28"/>
+      <c r="O1" s="28"/>
+      <c r="P1" s="28"/>
+    </row>
+    <row r="2" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A2" s="27" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="23"/>
-[...13 lines deleted...]
-      <c r="P2" s="23"/>
+      <c r="B2" s="28"/>
+      <c r="C2" s="28"/>
+      <c r="D2" s="28"/>
+      <c r="E2" s="28"/>
+      <c r="F2" s="28"/>
+      <c r="G2" s="28"/>
+      <c r="H2" s="28"/>
+      <c r="I2" s="28"/>
+      <c r="J2" s="28"/>
+      <c r="K2" s="28"/>
+      <c r="L2" s="28"/>
+      <c r="M2" s="28"/>
+      <c r="N2" s="28"/>
+      <c r="O2" s="28"/>
+      <c r="P2" s="28"/>
     </row>
     <row r="3" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="40" t="s">
-[...8 lines deleted...]
-      <c r="D3" s="24" t="s">
+      <c r="A3" s="55"/>
+      <c r="B3" s="55"/>
+      <c r="C3" s="55"/>
+      <c r="D3" s="55"/>
+      <c r="E3" s="55"/>
+      <c r="F3" s="55"/>
+      <c r="G3" s="55"/>
+      <c r="H3" s="56"/>
+      <c r="I3" s="56"/>
+      <c r="J3" s="56"/>
+      <c r="K3" s="56"/>
+      <c r="L3" s="56"/>
+      <c r="M3" s="56"/>
+      <c r="N3" s="56"/>
+      <c r="O3" s="56"/>
+      <c r="P3" s="56"/>
+    </row>
+    <row r="4" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="57"/>
+      <c r="B4" s="48"/>
+      <c r="C4" s="48"/>
+      <c r="D4" s="29" t="s">
         <v>2</v>
       </c>
-      <c r="E3" s="25"/>
-[...10 lines deleted...]
-      <c r="P3" s="50" t="s">
+      <c r="E4" s="30"/>
+      <c r="F4" s="30"/>
+      <c r="G4" s="30"/>
+      <c r="H4" s="30"/>
+      <c r="I4" s="30"/>
+      <c r="J4" s="30"/>
+      <c r="K4" s="30"/>
+      <c r="L4" s="30"/>
+      <c r="M4" s="30"/>
+      <c r="N4" s="30"/>
+      <c r="O4" s="31"/>
+      <c r="P4" s="58" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="4" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="D4" s="2" t="s">
+    <row r="5" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="49"/>
+      <c r="B5" s="49"/>
+      <c r="C5" s="49"/>
+      <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="E4" s="2" t="s">
+      <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="F4" s="2" t="s">
+      <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="G4" s="2" t="s">
+      <c r="G5" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="H4" s="2" t="s">
+      <c r="H5" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="I4" s="2" t="s">
+      <c r="I5" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="J4" s="2" t="s">
+      <c r="J5" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="K4" s="2" t="s">
+      <c r="K5" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="L4" s="2" t="s">
+      <c r="L5" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="M4" s="2" t="s">
+      <c r="M5" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="N4" s="2" t="s">
-[...8 lines deleted...]
-      <c r="A5" s="27" t="s">
+      <c r="N5" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="O5" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="P5" s="59"/>
+    </row>
+    <row r="6" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="60" t="s">
         <v>14</v>
       </c>
-      <c r="B5" s="30" t="s">
+      <c r="B6" s="35" t="s">
         <v>15</v>
       </c>
-      <c r="C5" s="3" t="s">
+      <c r="C6" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="D5" s="5">
+      <c r="D6" s="5">
         <v>3.2330000000000002E-3</v>
       </c>
-      <c r="E5" s="5">
+      <c r="E6" s="5">
         <v>4.444E-3</v>
       </c>
-      <c r="F5" s="5">
+      <c r="F6" s="5">
         <v>6.5500000000000003E-3</v>
       </c>
-      <c r="G5" s="5">
+      <c r="G6" s="5">
         <v>3.5370000000000002E-3</v>
       </c>
-      <c r="H5" s="5">
+      <c r="H6" s="5">
         <v>9.0360000000000006E-3</v>
       </c>
-      <c r="I5" s="5">
+      <c r="I6" s="5">
         <v>7.5050000000000004E-3</v>
       </c>
-      <c r="J5" s="5">
+      <c r="J6" s="5">
         <v>7.1349999999999998E-3</v>
       </c>
-      <c r="K5" s="5">
+      <c r="K6" s="5">
         <v>8.6449999999999999E-3</v>
       </c>
-      <c r="L5" s="5">
+      <c r="L6" s="5">
         <v>7.2350000000000001E-3</v>
       </c>
-      <c r="M5" s="5">
+      <c r="M6" s="5">
         <v>3.0469999999999998E-3</v>
       </c>
-      <c r="N5" s="5">
+      <c r="N6" s="5">
         <v>4.6990000000000001E-3</v>
       </c>
-      <c r="O5" s="5">
+      <c r="O6" s="5">
         <v>3.6480000000000002E-3</v>
       </c>
-      <c r="P5" s="6">
+      <c r="P6" s="6">
         <v>6.8713999999999997E-2</v>
       </c>
     </row>
-    <row r="6" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C6" s="7" t="s">
+    <row r="7" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="36"/>
+      <c r="B7" s="37"/>
+      <c r="C7" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="D6" s="9">
+      <c r="D7" s="9">
         <v>3.2330000000000002E-3</v>
       </c>
-      <c r="E6" s="9">
+      <c r="E7" s="9">
         <v>4.444E-3</v>
       </c>
-      <c r="F6" s="9">
+      <c r="F7" s="9">
         <v>6.5500000000000003E-3</v>
       </c>
-      <c r="G6" s="9">
+      <c r="G7" s="9">
         <v>3.5370000000000002E-3</v>
       </c>
-      <c r="H6" s="9">
+      <c r="H7" s="9">
         <v>9.0360000000000006E-3</v>
       </c>
-      <c r="I6" s="9">
+      <c r="I7" s="9">
         <v>7.5050000000000004E-3</v>
       </c>
-      <c r="J6" s="9">
+      <c r="J7" s="9">
         <v>7.1349999999999998E-3</v>
       </c>
-      <c r="K6" s="9">
+      <c r="K7" s="9">
         <v>8.6449999999999999E-3</v>
       </c>
-      <c r="L6" s="9">
+      <c r="L7" s="9">
         <v>7.2350000000000001E-3</v>
       </c>
-      <c r="M6" s="9">
+      <c r="M7" s="9">
         <v>3.0469999999999998E-3</v>
       </c>
-      <c r="N6" s="9">
+      <c r="N7" s="9">
         <v>4.6990000000000001E-3</v>
       </c>
-      <c r="O6" s="9">
+      <c r="O7" s="9">
         <v>3.6480000000000002E-3</v>
       </c>
-      <c r="P6" s="10">
+      <c r="P7" s="10">
         <v>6.8713999999999997E-2</v>
       </c>
     </row>
-    <row r="7" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B7" s="30" t="s">
+    <row r="8" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="36"/>
+      <c r="B8" s="35" t="s">
         <v>18</v>
       </c>
-      <c r="C7" s="3" t="s">
+      <c r="C8" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="D8" s="5">
+        <v>0.43841799999999997</v>
+      </c>
+      <c r="E8" s="5">
+        <v>0.51820200000000005</v>
+      </c>
+      <c r="F8" s="5">
+        <v>0.54520100000000005</v>
+      </c>
+      <c r="G8" s="5">
+        <v>0.63906600000000002</v>
+      </c>
+      <c r="H8" s="5">
+        <v>0.94910000000000005</v>
+      </c>
+      <c r="I8" s="5">
+        <v>0.60821099999999995</v>
+      </c>
+      <c r="J8" s="5">
+        <v>0.57013100000000005</v>
+      </c>
+      <c r="K8" s="5">
+        <v>0.61317299999999997</v>
+      </c>
+      <c r="L8" s="5">
+        <v>0.58844200000000002</v>
+      </c>
+      <c r="M8" s="5">
+        <v>0.61101499999999997</v>
+      </c>
+      <c r="N8" s="5">
+        <v>0.53643300000000005</v>
+      </c>
+      <c r="O8" s="5">
+        <v>0.46854600000000002</v>
+      </c>
+      <c r="P8" s="6">
+        <v>7.0859379999999996</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="36"/>
+      <c r="B9" s="36"/>
+      <c r="C9" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="D7" s="5">
-[...42 lines deleted...]
-      <c r="C8" s="3" t="s">
+      <c r="D9" s="5">
+        <v>1.8357680000000001</v>
+      </c>
+      <c r="E9" s="5">
+        <v>2.1073200000000001</v>
+      </c>
+      <c r="F9" s="5">
+        <v>3.4686509999999999</v>
+      </c>
+      <c r="G9" s="5">
+        <v>3.8455910000000002</v>
+      </c>
+      <c r="H9" s="5">
+        <v>4.2466530000000002</v>
+      </c>
+      <c r="I9" s="5">
+        <v>5.1469719999999999</v>
+      </c>
+      <c r="J9" s="5">
+        <v>3.9167640000000001</v>
+      </c>
+      <c r="K9" s="5">
+        <v>4.2602630000000001</v>
+      </c>
+      <c r="L9" s="5">
+        <v>3.314978</v>
+      </c>
+      <c r="M9" s="5">
+        <v>2.8342329999999998</v>
+      </c>
+      <c r="N9" s="5">
+        <v>2.5430990000000002</v>
+      </c>
+      <c r="O9" s="5">
+        <v>2.0900650000000001</v>
+      </c>
+      <c r="P9" s="6">
+        <v>39.610357</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="36"/>
+      <c r="B10" s="37"/>
+      <c r="C10" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="D8" s="5">
-[...42 lines deleted...]
-      <c r="C9" s="7" t="s">
+      <c r="D10" s="9">
+        <v>2.2741859999999998</v>
+      </c>
+      <c r="E10" s="9">
+        <v>2.6255220000000001</v>
+      </c>
+      <c r="F10" s="9">
+        <v>4.013852</v>
+      </c>
+      <c r="G10" s="9">
+        <v>4.4846570000000003</v>
+      </c>
+      <c r="H10" s="9">
+        <v>5.1957529999999998</v>
+      </c>
+      <c r="I10" s="9">
+        <v>5.7551829999999997</v>
+      </c>
+      <c r="J10" s="9">
+        <v>4.4868949999999996</v>
+      </c>
+      <c r="K10" s="9">
+        <v>4.8734359999999999</v>
+      </c>
+      <c r="L10" s="9">
+        <v>3.9034200000000001</v>
+      </c>
+      <c r="M10" s="9">
+        <v>3.4452479999999999</v>
+      </c>
+      <c r="N10" s="9">
+        <v>3.0795319999999999</v>
+      </c>
+      <c r="O10" s="9">
+        <v>2.558611</v>
+      </c>
+      <c r="P10" s="10">
+        <v>46.696294999999999</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="36"/>
+      <c r="B11" s="35" t="s">
         <v>21</v>
       </c>
-      <c r="D9" s="9">
-[...41 lines deleted...]
-      <c r="B10" s="30" t="s">
+      <c r="C11" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D11" s="5">
+        <v>10.506588000000001</v>
+      </c>
+      <c r="E11" s="5">
+        <v>10.976138000000001</v>
+      </c>
+      <c r="F11" s="5">
+        <v>14.695893999999999</v>
+      </c>
+      <c r="G11" s="5">
+        <v>13.248519</v>
+      </c>
+      <c r="H11" s="5">
+        <v>17.655847999999999</v>
+      </c>
+      <c r="I11" s="5">
+        <v>26.390264999999999</v>
+      </c>
+      <c r="J11" s="5">
+        <v>21.575841</v>
+      </c>
+      <c r="K11" s="5">
+        <v>20.659672</v>
+      </c>
+      <c r="L11" s="5">
+        <v>15.719865</v>
+      </c>
+      <c r="M11" s="5">
+        <v>14.659132</v>
+      </c>
+      <c r="N11" s="5">
+        <v>12.388168</v>
+      </c>
+      <c r="O11" s="5">
+        <v>12.317059</v>
+      </c>
+      <c r="P11" s="6">
+        <v>190.79298900000001</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="36"/>
+      <c r="B12" s="37"/>
+      <c r="C12" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="C10" s="3" t="s">
-[...2 lines deleted...]
-      <c r="D10" s="5">
+      <c r="D12" s="9">
         <v>10.506588000000001</v>
       </c>
-      <c r="E10" s="5">
+      <c r="E12" s="9">
         <v>10.976138000000001</v>
       </c>
-      <c r="F10" s="5">
+      <c r="F12" s="9">
         <v>14.695893999999999</v>
       </c>
-      <c r="G10" s="5">
+      <c r="G12" s="9">
         <v>13.248519</v>
       </c>
-      <c r="H10" s="5">
+      <c r="H12" s="9">
         <v>17.655847999999999</v>
       </c>
-      <c r="I10" s="5">
+      <c r="I12" s="9">
         <v>26.390264999999999</v>
       </c>
-      <c r="J10" s="5">
+      <c r="J12" s="9">
         <v>21.575841</v>
       </c>
-      <c r="K10" s="5">
+      <c r="K12" s="9">
         <v>20.659672</v>
       </c>
-      <c r="L10" s="5">
+      <c r="L12" s="9">
         <v>15.719865</v>
       </c>
-      <c r="M10" s="5">
+      <c r="M12" s="9">
         <v>14.659132</v>
       </c>
-      <c r="N10" s="5">
+      <c r="N12" s="9">
         <v>12.388168</v>
       </c>
-      <c r="O10" s="5">
+      <c r="O12" s="9">
         <v>12.317059</v>
       </c>
-      <c r="P10" s="6">
+      <c r="P12" s="10">
         <v>190.79298900000001</v>
       </c>
     </row>
-    <row r="11" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C11" s="7" t="s">
+    <row r="13" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="37"/>
+      <c r="B13" s="38" t="s">
         <v>23</v>
       </c>
-      <c r="D11" s="9">
-[...41 lines deleted...]
-      <c r="B12" s="33" t="s">
+      <c r="C13" s="39"/>
+      <c r="D13" s="9">
+        <v>12.784007000000001</v>
+      </c>
+      <c r="E13" s="9">
+        <v>13.606104</v>
+      </c>
+      <c r="F13" s="9">
+        <v>18.716296</v>
+      </c>
+      <c r="G13" s="9">
+        <v>17.736713000000002</v>
+      </c>
+      <c r="H13" s="9">
+        <v>22.860637000000001</v>
+      </c>
+      <c r="I13" s="9">
+        <v>32.152952999999997</v>
+      </c>
+      <c r="J13" s="9">
+        <v>26.069870999999999</v>
+      </c>
+      <c r="K13" s="9">
+        <v>25.541753</v>
+      </c>
+      <c r="L13" s="9">
+        <v>19.630520000000001</v>
+      </c>
+      <c r="M13" s="9">
+        <v>18.107427000000001</v>
+      </c>
+      <c r="N13" s="9">
+        <v>15.472398999999999</v>
+      </c>
+      <c r="O13" s="9">
+        <v>14.879318</v>
+      </c>
+      <c r="P13" s="10">
+        <v>237.557998</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="60" t="s">
         <v>24</v>
       </c>
-      <c r="C12" s="34"/>
-[...41 lines deleted...]
-      <c r="A13" s="27" t="s">
+      <c r="B14" s="35" t="s">
         <v>25</v>
       </c>
-      <c r="B13" s="30" t="s">
+      <c r="C14" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="C13" s="3" t="s">
+      <c r="D14" s="5">
+        <v>1.20034</v>
+      </c>
+      <c r="E14" s="5">
+        <v>1.125259</v>
+      </c>
+      <c r="F14" s="5">
+        <v>1.141832</v>
+      </c>
+      <c r="G14" s="5">
+        <v>0.78444100000000005</v>
+      </c>
+      <c r="H14" s="5">
+        <v>0.85650499999999996</v>
+      </c>
+      <c r="I14" s="5">
+        <v>1.040238</v>
+      </c>
+      <c r="J14" s="5">
+        <v>0.73302099999899994</v>
+      </c>
+      <c r="K14" s="5">
+        <v>0.86425699999899996</v>
+      </c>
+      <c r="L14" s="5">
+        <v>1.0007509999999999</v>
+      </c>
+      <c r="M14" s="5">
+        <v>1.07003</v>
+      </c>
+      <c r="N14" s="5">
+        <v>1.038762</v>
+      </c>
+      <c r="O14" s="5">
+        <v>1.1476329999999999</v>
+      </c>
+      <c r="P14" s="6">
+        <v>12.003069</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="36"/>
+      <c r="B15" s="36"/>
+      <c r="C15" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="D13" s="5">
-[...42 lines deleted...]
-      <c r="C14" s="3" t="s">
+      <c r="D15" s="5">
+        <v>63.555016999999999</v>
+      </c>
+      <c r="E15" s="5">
+        <v>75.928787999999003</v>
+      </c>
+      <c r="F15" s="5">
+        <v>98.147221000000002</v>
+      </c>
+      <c r="G15" s="5">
+        <v>82.722278000000003</v>
+      </c>
+      <c r="H15" s="5">
+        <v>102.757738</v>
+      </c>
+      <c r="I15" s="5">
+        <v>92.924451999998993</v>
+      </c>
+      <c r="J15" s="5">
+        <v>66.108704000000003</v>
+      </c>
+      <c r="K15" s="5">
+        <v>82.953937999999994</v>
+      </c>
+      <c r="L15" s="5">
+        <v>91.313018999999997</v>
+      </c>
+      <c r="M15" s="5">
+        <v>86.380075999998994</v>
+      </c>
+      <c r="N15" s="5">
+        <v>100.587075</v>
+      </c>
+      <c r="O15" s="5">
+        <v>79.568177000000006</v>
+      </c>
+      <c r="P15" s="6">
+        <v>1022.9464829999999</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="36"/>
+      <c r="B16" s="37"/>
+      <c r="C16" s="7" t="s">
         <v>28</v>
       </c>
-      <c r="D14" s="5">
-[...42 lines deleted...]
-      <c r="C15" s="7" t="s">
+      <c r="D16" s="9">
+        <v>64.755357000000004</v>
+      </c>
+      <c r="E16" s="9">
+        <v>77.054046999999002</v>
+      </c>
+      <c r="F16" s="9">
+        <v>99.289052999999996</v>
+      </c>
+      <c r="G16" s="9">
+        <v>83.506719000000004</v>
+      </c>
+      <c r="H16" s="9">
+        <v>103.614243</v>
+      </c>
+      <c r="I16" s="9">
+        <v>93.964689999998996</v>
+      </c>
+      <c r="J16" s="9">
+        <v>66.841724999999997</v>
+      </c>
+      <c r="K16" s="9">
+        <v>83.818195000000003</v>
+      </c>
+      <c r="L16" s="9">
+        <v>92.313770000000005</v>
+      </c>
+      <c r="M16" s="9">
+        <v>87.450105999998996</v>
+      </c>
+      <c r="N16" s="9">
+        <v>101.625837</v>
+      </c>
+      <c r="O16" s="9">
+        <v>80.715810000000005</v>
+      </c>
+      <c r="P16" s="10">
+        <v>1034.949552</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="36"/>
+      <c r="B17" s="35" t="s">
         <v>29</v>
       </c>
-      <c r="D15" s="9">
-[...41 lines deleted...]
-      <c r="B16" s="30" t="s">
+      <c r="C17" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="D17" s="5">
+        <v>9.7662389999990005</v>
+      </c>
+      <c r="E17" s="5">
+        <v>8.7829230000000003</v>
+      </c>
+      <c r="F17" s="5">
+        <v>10.715433000000001</v>
+      </c>
+      <c r="G17" s="5">
+        <v>8.7108450000000008</v>
+      </c>
+      <c r="H17" s="5">
+        <v>8.674048999999</v>
+      </c>
+      <c r="I17" s="5">
+        <v>9.4070830000000001</v>
+      </c>
+      <c r="J17" s="5">
+        <v>7.9621510000000004</v>
+      </c>
+      <c r="K17" s="5">
+        <v>8.9254669999989993</v>
+      </c>
+      <c r="L17" s="5">
+        <v>9.5364979999999999</v>
+      </c>
+      <c r="M17" s="5">
+        <v>10.347134999999</v>
+      </c>
+      <c r="N17" s="5">
+        <v>9.5605270000000004</v>
+      </c>
+      <c r="O17" s="5">
+        <v>10.840324000000001</v>
+      </c>
+      <c r="P17" s="6">
+        <v>113.228674</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="36"/>
+      <c r="B18" s="36"/>
+      <c r="C18" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D18" s="5">
+        <v>63.724842999998998</v>
+      </c>
+      <c r="E18" s="5">
+        <v>59.862484999998998</v>
+      </c>
+      <c r="F18" s="5">
+        <v>74.138091999999006</v>
+      </c>
+      <c r="G18" s="5">
+        <v>62.420594999998997</v>
+      </c>
+      <c r="H18" s="5">
+        <v>63.469223999999997</v>
+      </c>
+      <c r="I18" s="5">
+        <v>65.436422999998996</v>
+      </c>
+      <c r="J18" s="5">
+        <v>57.489184000000002</v>
+      </c>
+      <c r="K18" s="5">
+        <v>61.553047999999997</v>
+      </c>
+      <c r="L18" s="5">
+        <v>63.231219999998999</v>
+      </c>
+      <c r="M18" s="5">
+        <v>65.404404999999002</v>
+      </c>
+      <c r="N18" s="5">
+        <v>62.918316999999</v>
+      </c>
+      <c r="O18" s="5">
+        <v>68.798715999999999</v>
+      </c>
+      <c r="P18" s="6">
+        <v>768.44655199999897</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="36"/>
+      <c r="B19" s="37"/>
+      <c r="C19" s="7" t="s">
         <v>30</v>
       </c>
-      <c r="C16" s="3" t="s">
-[...91 lines deleted...]
-      <c r="C18" s="7" t="s">
+      <c r="D19" s="9">
+        <v>73.491081999998997</v>
+      </c>
+      <c r="E19" s="9">
+        <v>68.645407999998994</v>
+      </c>
+      <c r="F19" s="9">
+        <v>84.853524999998996</v>
+      </c>
+      <c r="G19" s="9">
+        <v>71.131439999999003</v>
+      </c>
+      <c r="H19" s="9">
+        <v>72.143272999999994</v>
+      </c>
+      <c r="I19" s="9">
+        <v>74.843506000000005</v>
+      </c>
+      <c r="J19" s="9">
+        <v>65.451335</v>
+      </c>
+      <c r="K19" s="9">
+        <v>70.478515000000002</v>
+      </c>
+      <c r="L19" s="9">
+        <v>72.767717999998993</v>
+      </c>
+      <c r="M19" s="9">
+        <v>75.751539999998997</v>
+      </c>
+      <c r="N19" s="9">
+        <v>72.478843999999</v>
+      </c>
+      <c r="O19" s="9">
+        <v>79.639039999999994</v>
+      </c>
+      <c r="P19" s="10">
+        <v>881.67522599999904</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="36"/>
+      <c r="B20" s="35" t="s">
         <v>31</v>
       </c>
-      <c r="D18" s="9">
-[...41 lines deleted...]
-      <c r="B19" s="30" t="s">
+      <c r="C20" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="C19" s="3" t="s">
+      <c r="D20" s="5">
+        <v>0.17655399999999999</v>
+      </c>
+      <c r="E20" s="5">
+        <v>0.29791000000000001</v>
+      </c>
+      <c r="F20" s="5">
+        <v>0.36444199999999999</v>
+      </c>
+      <c r="G20" s="5">
+        <v>0.29131899999999999</v>
+      </c>
+      <c r="H20" s="5">
+        <v>0.51723200000000003</v>
+      </c>
+      <c r="I20" s="5">
+        <v>0.86946699999999999</v>
+      </c>
+      <c r="J20" s="5">
+        <v>0.63134900000000005</v>
+      </c>
+      <c r="K20" s="5">
+        <v>0.46668900000000002</v>
+      </c>
+      <c r="L20" s="5">
+        <v>0.42164600000000002</v>
+      </c>
+      <c r="M20" s="5">
+        <v>0.31001400000000001</v>
+      </c>
+      <c r="N20" s="5">
+        <v>0.28193200000000002</v>
+      </c>
+      <c r="O20" s="5">
+        <v>0.21970999999999999</v>
+      </c>
+      <c r="P20" s="6">
+        <v>4.8482640000000004</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="36"/>
+      <c r="B21" s="37"/>
+      <c r="C21" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="D19" s="5">
+      <c r="D21" s="9">
         <v>0.17655399999999999</v>
       </c>
-      <c r="E19" s="5">
+      <c r="E21" s="9">
         <v>0.29791000000000001</v>
       </c>
-      <c r="F19" s="5">
+      <c r="F21" s="9">
         <v>0.36444199999999999</v>
       </c>
-      <c r="G19" s="5">
+      <c r="G21" s="9">
         <v>0.29131899999999999</v>
       </c>
-      <c r="H19" s="5">
+      <c r="H21" s="9">
         <v>0.51723200000000003</v>
       </c>
-      <c r="I19" s="5">
+      <c r="I21" s="9">
         <v>0.86946699999999999</v>
       </c>
-      <c r="J19" s="5">
+      <c r="J21" s="9">
         <v>0.63134900000000005</v>
       </c>
-      <c r="K19" s="5">
+      <c r="K21" s="9">
         <v>0.46668900000000002</v>
       </c>
-      <c r="L19" s="5">
+      <c r="L21" s="9">
         <v>0.42164600000000002</v>
       </c>
-      <c r="M19" s="5">
+      <c r="M21" s="9">
         <v>0.31001400000000001</v>
       </c>
-      <c r="N19" s="5">
+      <c r="N21" s="9">
         <v>0.28193200000000002</v>
       </c>
-      <c r="O19" s="5">
+      <c r="O21" s="9">
         <v>0.21970999999999999</v>
       </c>
-      <c r="P19" s="6">
+      <c r="P21" s="10">
         <v>4.8482640000000004</v>
       </c>
     </row>
-    <row r="20" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C20" s="7" t="s">
+    <row r="22" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="37"/>
+      <c r="B22" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="D20" s="9">
-[...41 lines deleted...]
-      <c r="B21" s="33" t="s">
+      <c r="C22" s="39"/>
+      <c r="D22" s="9">
+        <v>138.42299299999999</v>
+      </c>
+      <c r="E22" s="9">
+        <v>145.997365</v>
+      </c>
+      <c r="F22" s="9">
+        <v>184.50702000000001</v>
+      </c>
+      <c r="G22" s="9">
+        <v>154.92947799999999</v>
+      </c>
+      <c r="H22" s="9">
+        <v>176.27474799999999</v>
+      </c>
+      <c r="I22" s="9">
+        <v>169.677663</v>
+      </c>
+      <c r="J22" s="9">
+        <v>132.92440900000099</v>
+      </c>
+      <c r="K22" s="9">
+        <v>154.76339899999999</v>
+      </c>
+      <c r="L22" s="9">
+        <v>165.50313399999999</v>
+      </c>
+      <c r="M22" s="9">
+        <v>163.51165999999901</v>
+      </c>
+      <c r="N22" s="9">
+        <v>174.38661300000001</v>
+      </c>
+      <c r="O22" s="9">
+        <v>160.57455999999999</v>
+      </c>
+      <c r="P22" s="10">
+        <v>1921.4730420000001</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="60" t="s">
         <v>35</v>
       </c>
-      <c r="C21" s="34"/>
-[...41 lines deleted...]
-      <c r="A22" s="27" t="s">
+      <c r="B23" s="35" t="s">
         <v>36</v>
       </c>
-      <c r="B22" s="30" t="s">
+      <c r="C23" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="C22" s="3" t="s">
+      <c r="D23" s="5">
+        <v>0.75195999999999996</v>
+      </c>
+      <c r="E23" s="5">
+        <v>1.1435340000000001</v>
+      </c>
+      <c r="F23" s="5">
+        <v>1.490767</v>
+      </c>
+      <c r="G23" s="5">
+        <v>1.3964540000000001</v>
+      </c>
+      <c r="H23" s="5">
+        <v>2.3588900000000002</v>
+      </c>
+      <c r="I23" s="5">
+        <v>3.7041680000000001</v>
+      </c>
+      <c r="J23" s="5">
+        <v>2.9266109999999999</v>
+      </c>
+      <c r="K23" s="5">
+        <v>3.357062</v>
+      </c>
+      <c r="L23" s="5">
+        <v>2.5882019999999999</v>
+      </c>
+      <c r="M23" s="5">
+        <v>2.2242440000000001</v>
+      </c>
+      <c r="N23" s="5">
+        <v>1.8238490000000001</v>
+      </c>
+      <c r="O23" s="5">
+        <v>1.882757</v>
+      </c>
+      <c r="P23" s="6">
+        <v>25.648498</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="36"/>
+      <c r="B24" s="36"/>
+      <c r="C24" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="D22" s="5">
-[...42 lines deleted...]
-      <c r="C23" s="3" t="s">
+      <c r="D24" s="5">
+        <v>1.742707</v>
+      </c>
+      <c r="E24" s="5">
+        <v>2.0281929999999999</v>
+      </c>
+      <c r="F24" s="5">
+        <v>2.0941260000000002</v>
+      </c>
+      <c r="G24" s="5">
+        <v>1.8475760000000001</v>
+      </c>
+      <c r="H24" s="5">
+        <v>2.1143869999999998</v>
+      </c>
+      <c r="I24" s="5">
+        <v>2.367102</v>
+      </c>
+      <c r="J24" s="5">
+        <v>1.915001</v>
+      </c>
+      <c r="K24" s="5">
+        <v>2.4961139999999999</v>
+      </c>
+      <c r="L24" s="5">
+        <v>2.3659819999999998</v>
+      </c>
+      <c r="M24" s="5">
+        <v>2.4280650000000001</v>
+      </c>
+      <c r="N24" s="5">
+        <v>2.0860400000000001</v>
+      </c>
+      <c r="O24" s="5">
+        <v>1.882261</v>
+      </c>
+      <c r="P24" s="6">
+        <v>25.367553999999998</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="36"/>
+      <c r="B25" s="37"/>
+      <c r="C25" s="7" t="s">
         <v>39</v>
       </c>
-      <c r="D23" s="5">
-[...90 lines deleted...]
-      <c r="C25" s="34"/>
       <c r="D25" s="9">
         <v>2.4946670000000002</v>
       </c>
       <c r="E25" s="9">
         <v>3.1717270000000002</v>
       </c>
       <c r="F25" s="9">
         <v>3.5848930000000001</v>
       </c>
       <c r="G25" s="9">
         <v>3.24403</v>
       </c>
       <c r="H25" s="9">
         <v>4.4732770000000004</v>
       </c>
       <c r="I25" s="9">
         <v>6.0712700000000002</v>
       </c>
       <c r="J25" s="9">
         <v>4.8416119999999996</v>
       </c>
       <c r="K25" s="9">
         <v>5.8531760000000004</v>
       </c>
       <c r="L25" s="9">
         <v>4.9541839999999997</v>
       </c>
       <c r="M25" s="9">
         <v>4.6523089999999998</v>
       </c>
       <c r="N25" s="9">
         <v>3.9098890000000002</v>
       </c>
       <c r="O25" s="9">
         <v>3.765018</v>
       </c>
       <c r="P25" s="10">
         <v>51.016052000000002</v>
       </c>
     </row>
     <row r="26" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="27" t="s">
+      <c r="A26" s="37"/>
+      <c r="B26" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="C26" s="39"/>
+      <c r="D26" s="9">
+        <v>2.4946670000000002</v>
+      </c>
+      <c r="E26" s="9">
+        <v>3.1717270000000002</v>
+      </c>
+      <c r="F26" s="9">
+        <v>3.5848930000000001</v>
+      </c>
+      <c r="G26" s="9">
+        <v>3.24403</v>
+      </c>
+      <c r="H26" s="9">
+        <v>4.4732770000000004</v>
+      </c>
+      <c r="I26" s="9">
+        <v>6.0712700000000002</v>
+      </c>
+      <c r="J26" s="9">
+        <v>4.8416119999999996</v>
+      </c>
+      <c r="K26" s="9">
+        <v>5.8531760000000004</v>
+      </c>
+      <c r="L26" s="9">
+        <v>4.9541839999999997</v>
+      </c>
+      <c r="M26" s="9">
+        <v>4.6523089999999998</v>
+      </c>
+      <c r="N26" s="9">
+        <v>3.9098890000000002</v>
+      </c>
+      <c r="O26" s="9">
+        <v>3.765018</v>
+      </c>
+      <c r="P26" s="10">
+        <v>51.016052000000002</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="60" t="s">
+        <v>41</v>
+      </c>
+      <c r="B27" s="35" t="s">
         <v>42</v>
       </c>
-      <c r="B26" s="30" t="s">
+      <c r="C27" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="C26" s="3" t="s">
+      <c r="D27" s="5">
+        <v>0.136184</v>
+      </c>
+      <c r="E27" s="5">
+        <v>0.15444099999999999</v>
+      </c>
+      <c r="F27" s="5">
+        <v>0.21460199999999999</v>
+      </c>
+      <c r="G27" s="5">
+        <v>8.8305999999999996E-2</v>
+      </c>
+      <c r="H27" s="5">
+        <v>0.12640599999999999</v>
+      </c>
+      <c r="I27" s="5">
+        <v>0.18908</v>
+      </c>
+      <c r="J27" s="5">
+        <v>8.7595999999999993E-2</v>
+      </c>
+      <c r="K27" s="5">
+        <v>0.10468</v>
+      </c>
+      <c r="L27" s="5">
+        <v>0.18731700000000001</v>
+      </c>
+      <c r="M27" s="5">
+        <v>0.23117599999999999</v>
+      </c>
+      <c r="N27" s="5">
+        <v>0.17118</v>
+      </c>
+      <c r="O27" s="5">
+        <v>0.193606</v>
+      </c>
+      <c r="P27" s="6">
+        <v>1.884574</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="36"/>
+      <c r="B28" s="36"/>
+      <c r="C28" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="D26" s="5">
-[...42 lines deleted...]
-      <c r="C27" s="3" t="s">
+      <c r="D28" s="5">
+        <v>3.6183E-2</v>
+      </c>
+      <c r="E28" s="5">
+        <v>2.8809000000000001E-2</v>
+      </c>
+      <c r="F28" s="5">
+        <v>5.5980000000000002E-2</v>
+      </c>
+      <c r="G28" s="5">
+        <v>2.5293E-2</v>
+      </c>
+      <c r="H28" s="5">
+        <v>4.6254000000000003E-2</v>
+      </c>
+      <c r="I28" s="5">
+        <v>1.0421E-2</v>
+      </c>
+      <c r="J28" s="5">
+        <v>5.5256E-2</v>
+      </c>
+      <c r="K28" s="5">
+        <v>2.9052000000000001E-2</v>
+      </c>
+      <c r="L28" s="5">
+        <v>3.2308000000000003E-2</v>
+      </c>
+      <c r="M28" s="5">
+        <v>6.4968999999999999E-2</v>
+      </c>
+      <c r="N28" s="5">
+        <v>5.9199999999999997E-4</v>
+      </c>
+      <c r="O28" s="5">
+        <v>5.0118999999999997E-2</v>
+      </c>
+      <c r="P28" s="6">
+        <v>0.43523600000000001</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="36"/>
+      <c r="B29" s="37"/>
+      <c r="C29" s="7" t="s">
         <v>45</v>
       </c>
-      <c r="D27" s="5">
-[...42 lines deleted...]
-      <c r="C28" s="7" t="s">
+      <c r="D29" s="9">
+        <v>0.17236699999999999</v>
+      </c>
+      <c r="E29" s="9">
+        <v>0.18325</v>
+      </c>
+      <c r="F29" s="9">
+        <v>0.27058199999999999</v>
+      </c>
+      <c r="G29" s="9">
+        <v>0.11359900000000001</v>
+      </c>
+      <c r="H29" s="9">
+        <v>0.17266000000000001</v>
+      </c>
+      <c r="I29" s="9">
+        <v>0.19950100000000001</v>
+      </c>
+      <c r="J29" s="9">
+        <v>0.14285200000000001</v>
+      </c>
+      <c r="K29" s="9">
+        <v>0.13373199999999999</v>
+      </c>
+      <c r="L29" s="9">
+        <v>0.21962499999999999</v>
+      </c>
+      <c r="M29" s="9">
+        <v>0.29614499999999999</v>
+      </c>
+      <c r="N29" s="9">
+        <v>0.17177200000000001</v>
+      </c>
+      <c r="O29" s="9">
+        <v>0.243725</v>
+      </c>
+      <c r="P29" s="10">
+        <v>2.3198099999999999</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="36"/>
+      <c r="B30" s="35" t="s">
         <v>46</v>
       </c>
-      <c r="D28" s="9">
-[...41 lines deleted...]
-      <c r="B29" s="30" t="s">
+      <c r="C30" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="C29" s="3" t="s">
+      <c r="D30" s="5">
+        <v>1.5640000000000001E-3</v>
+      </c>
+      <c r="E30" s="5">
+        <v>1.0468999999999999E-2</v>
+      </c>
+      <c r="F30" s="5">
+        <v>9.8080000000000007E-3</v>
+      </c>
+      <c r="G30" s="5">
+        <v>3.0079999999999998E-3</v>
+      </c>
+      <c r="H30" s="5">
+        <v>3.8449999999999999E-3</v>
+      </c>
+      <c r="I30" s="5">
+        <v>7.639E-3</v>
+      </c>
+      <c r="J30" s="5">
+        <v>1.0970000000000001E-3</v>
+      </c>
+      <c r="K30" s="5">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="L30" s="5">
+        <v>6.9420000000000003E-3</v>
+      </c>
+      <c r="M30" s="5">
+        <v>8.3840000000000008E-3</v>
+      </c>
+      <c r="N30" s="5">
+        <v>7.2880000000000002E-3</v>
+      </c>
+      <c r="O30" s="5">
+        <v>8.5369999999999994E-3</v>
+      </c>
+      <c r="P30" s="6">
+        <v>7.6580999999999996E-2</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="36"/>
+      <c r="B31" s="36"/>
+      <c r="C31" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="D29" s="5">
-[...8 lines deleted...]
-      <c r="G29" s="5">
+      <c r="D31" s="5">
+        <v>6.3100000000000005E-4</v>
+      </c>
+      <c r="E31" s="5">
+        <v>1.0380000000000001E-3</v>
+      </c>
+      <c r="F31" s="5">
+        <v>1.6980000000000001E-3</v>
+      </c>
+      <c r="G31" s="4"/>
+      <c r="H31" s="5">
+        <v>1.5839999999999999E-3</v>
+      </c>
+      <c r="I31" s="4"/>
+      <c r="J31" s="5">
+        <v>1.6260000000000001E-3</v>
+      </c>
+      <c r="K31" s="5">
+        <v>1.4139999999999999E-3</v>
+      </c>
+      <c r="L31" s="5">
+        <v>1.1169999999999999E-3</v>
+      </c>
+      <c r="M31" s="5">
+        <v>4.95E-4</v>
+      </c>
+      <c r="N31" s="4"/>
+      <c r="O31" s="5">
+        <v>4.95E-4</v>
+      </c>
+      <c r="P31" s="6">
+        <v>1.0097999999999999E-2</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="36"/>
+      <c r="B32" s="37"/>
+      <c r="C32" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D32" s="9">
+        <v>2.1949999999999999E-3</v>
+      </c>
+      <c r="E32" s="9">
+        <v>1.1507E-2</v>
+      </c>
+      <c r="F32" s="9">
+        <v>1.1506000000000001E-2</v>
+      </c>
+      <c r="G32" s="9">
         <v>3.0079999999999998E-3</v>
       </c>
-      <c r="H29" s="5">
-[...2 lines deleted...]
-      <c r="I29" s="5">
+      <c r="H32" s="9">
+        <v>5.4289999999999998E-3</v>
+      </c>
+      <c r="I32" s="9">
         <v>7.639E-3</v>
       </c>
-      <c r="J29" s="5">
-[...11 lines deleted...]
-      <c r="N29" s="5">
+      <c r="J32" s="9">
+        <v>2.7230000000000002E-3</v>
+      </c>
+      <c r="K32" s="9">
+        <v>9.4140000000000005E-3</v>
+      </c>
+      <c r="L32" s="9">
+        <v>8.0590000000000002E-3</v>
+      </c>
+      <c r="M32" s="9">
+        <v>8.8789999999999997E-3</v>
+      </c>
+      <c r="N32" s="9">
         <v>7.2880000000000002E-3</v>
       </c>
-      <c r="O29" s="5">
-[...49 lines deleted...]
-      <c r="C31" s="7" t="s">
+      <c r="O32" s="9">
+        <v>9.0320000000000001E-3</v>
+      </c>
+      <c r="P32" s="10">
+        <v>8.6679000000000006E-2</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="36"/>
+      <c r="B33" s="35" t="s">
         <v>50</v>
       </c>
-      <c r="D31" s="9">
-[...41 lines deleted...]
-      <c r="B32" s="30" t="s">
+      <c r="C33" s="3" t="s">
         <v>51</v>
       </c>
-      <c r="C32" s="3" t="s">
+      <c r="D33" s="5">
+        <v>6.0899999999999995E-4</v>
+      </c>
+      <c r="E33" s="5">
+        <v>5.5820000000000002E-3</v>
+      </c>
+      <c r="F33" s="5">
+        <v>3.1830000000000001E-3</v>
+      </c>
+      <c r="G33" s="5">
+        <v>1.403E-3</v>
+      </c>
+      <c r="H33" s="5">
+        <v>6.2200000000000005E-4</v>
+      </c>
+      <c r="I33" s="5">
+        <v>2.062E-3</v>
+      </c>
+      <c r="J33" s="5">
+        <v>1.647E-3</v>
+      </c>
+      <c r="K33" s="4"/>
+      <c r="L33" s="5">
+        <v>5.9800000000000001E-4</v>
+      </c>
+      <c r="M33" s="5">
+        <v>5.5979999999999997E-3</v>
+      </c>
+      <c r="N33" s="5">
+        <v>1.2199999999999999E-3</v>
+      </c>
+      <c r="O33" s="5">
+        <v>1.586E-3</v>
+      </c>
+      <c r="P33" s="6">
+        <v>2.4109999999999999E-2</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="36"/>
+      <c r="B34" s="36"/>
+      <c r="C34" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="D32" s="5">
+      <c r="D34" s="4"/>
+      <c r="E34" s="4"/>
+      <c r="F34" s="5">
+        <v>4.9719999999999999E-3</v>
+      </c>
+      <c r="G34" s="4"/>
+      <c r="H34" s="4"/>
+      <c r="I34" s="4"/>
+      <c r="J34" s="4"/>
+      <c r="K34" s="5">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="L34" s="4"/>
+      <c r="M34" s="4"/>
+      <c r="N34" s="4"/>
+      <c r="O34" s="4"/>
+      <c r="P34" s="6">
+        <v>9.972E-3</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="36"/>
+      <c r="B35" s="37"/>
+      <c r="C35" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="D35" s="9">
         <v>6.0899999999999995E-4</v>
       </c>
-      <c r="E32" s="5">
+      <c r="E35" s="9">
         <v>5.5820000000000002E-3</v>
       </c>
-      <c r="F32" s="5">
-[...2 lines deleted...]
-      <c r="G32" s="5">
+      <c r="F35" s="9">
+        <v>8.1550000000000008E-3</v>
+      </c>
+      <c r="G35" s="9">
         <v>1.403E-3</v>
       </c>
-      <c r="H32" s="5">
+      <c r="H35" s="9">
         <v>6.2200000000000005E-4</v>
       </c>
-      <c r="I32" s="5">
+      <c r="I35" s="9">
         <v>2.062E-3</v>
       </c>
-      <c r="J32" s="5">
+      <c r="J35" s="9">
         <v>1.647E-3</v>
       </c>
-      <c r="K32" s="4"/>
-      <c r="L32" s="5">
+      <c r="K35" s="9">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="L35" s="9">
         <v>5.9800000000000001E-4</v>
       </c>
-      <c r="M32" s="5">
+      <c r="M35" s="9">
         <v>5.5979999999999997E-3</v>
       </c>
-      <c r="N32" s="5">
+      <c r="N35" s="9">
         <v>1.2199999999999999E-3</v>
       </c>
-      <c r="O32" s="5">
+      <c r="O35" s="9">
         <v>1.586E-3</v>
       </c>
-      <c r="P32" s="6">
-[...18 lines deleted...]
-      <c r="K33" s="5">
+      <c r="P35" s="10">
+        <v>3.4082000000000001E-2</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="37"/>
+      <c r="B36" s="38" t="s">
+        <v>54</v>
+      </c>
+      <c r="C36" s="39"/>
+      <c r="D36" s="9">
+        <v>0.17517099999999999</v>
+      </c>
+      <c r="E36" s="9">
+        <v>0.20033899999999999</v>
+      </c>
+      <c r="F36" s="9">
+        <v>0.29024299999999997</v>
+      </c>
+      <c r="G36" s="9">
+        <v>0.11801</v>
+      </c>
+      <c r="H36" s="9">
+        <v>0.17871100000000001</v>
+      </c>
+      <c r="I36" s="9">
+        <v>0.209202</v>
+      </c>
+      <c r="J36" s="9">
+        <v>0.14722199999999999</v>
+      </c>
+      <c r="K36" s="9">
+        <v>0.148146</v>
+      </c>
+      <c r="L36" s="9">
+        <v>0.22828200000000001</v>
+      </c>
+      <c r="M36" s="9">
+        <v>0.31062200000000001</v>
+      </c>
+      <c r="N36" s="9">
+        <v>0.18028</v>
+      </c>
+      <c r="O36" s="9">
+        <v>0.25434299999999999</v>
+      </c>
+      <c r="P36" s="10">
+        <v>2.4405709999999998</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="60" t="s">
+        <v>55</v>
+      </c>
+      <c r="B37" s="35" t="s">
+        <v>56</v>
+      </c>
+      <c r="C37" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="D37" s="5">
+        <v>0.10519000000000001</v>
+      </c>
+      <c r="E37" s="5">
+        <v>7.5179999999999997E-2</v>
+      </c>
+      <c r="F37" s="5">
+        <v>0.12032</v>
+      </c>
+      <c r="G37" s="5">
+        <v>7.5139999999999998E-2</v>
+      </c>
+      <c r="H37" s="4"/>
+      <c r="I37" s="4"/>
+      <c r="J37" s="5">
+        <v>4.9090000000000002E-2</v>
+      </c>
+      <c r="K37" s="5">
+        <v>4.5080000000000002E-2</v>
+      </c>
+      <c r="L37" s="5">
+        <v>4.4940000000000001E-2</v>
+      </c>
+      <c r="M37" s="4"/>
+      <c r="N37" s="4"/>
+      <c r="O37" s="4"/>
+      <c r="P37" s="6">
+        <v>0.51493999999999995</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="36"/>
+      <c r="B38" s="37"/>
+      <c r="C38" s="7" t="s">
+        <v>58</v>
+      </c>
+      <c r="D38" s="9">
+        <v>0.10519000000000001</v>
+      </c>
+      <c r="E38" s="9">
+        <v>7.5179999999999997E-2</v>
+      </c>
+      <c r="F38" s="9">
+        <v>0.12032</v>
+      </c>
+      <c r="G38" s="9">
+        <v>7.5139999999999998E-2</v>
+      </c>
+      <c r="H38" s="8"/>
+      <c r="I38" s="8"/>
+      <c r="J38" s="9">
+        <v>4.9090000000000002E-2</v>
+      </c>
+      <c r="K38" s="9">
+        <v>4.5080000000000002E-2</v>
+      </c>
+      <c r="L38" s="9">
+        <v>4.4940000000000001E-2</v>
+      </c>
+      <c r="M38" s="8"/>
+      <c r="N38" s="8"/>
+      <c r="O38" s="8"/>
+      <c r="P38" s="10">
+        <v>0.51493999999999995</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="37"/>
+      <c r="B39" s="38" t="s">
+        <v>59</v>
+      </c>
+      <c r="C39" s="39"/>
+      <c r="D39" s="9">
+        <v>0.10519000000000001</v>
+      </c>
+      <c r="E39" s="9">
+        <v>7.5179999999999997E-2</v>
+      </c>
+      <c r="F39" s="9">
+        <v>0.12032</v>
+      </c>
+      <c r="G39" s="9">
+        <v>7.5139999999999998E-2</v>
+      </c>
+      <c r="H39" s="8"/>
+      <c r="I39" s="8"/>
+      <c r="J39" s="9">
+        <v>4.9090000000000002E-2</v>
+      </c>
+      <c r="K39" s="9">
+        <v>4.5080000000000002E-2</v>
+      </c>
+      <c r="L39" s="9">
+        <v>4.4940000000000001E-2</v>
+      </c>
+      <c r="M39" s="8"/>
+      <c r="N39" s="8"/>
+      <c r="O39" s="8"/>
+      <c r="P39" s="10">
+        <v>0.51493999999999995</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="60" t="s">
+        <v>60</v>
+      </c>
+      <c r="B40" s="35" t="s">
+        <v>61</v>
+      </c>
+      <c r="C40" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="D40" s="5">
+        <v>9.7999999999999997E-4</v>
+      </c>
+      <c r="E40" s="4"/>
+      <c r="F40" s="4"/>
+      <c r="G40" s="4"/>
+      <c r="H40" s="4"/>
+      <c r="I40" s="4"/>
+      <c r="J40" s="4"/>
+      <c r="K40" s="4"/>
+      <c r="L40" s="4"/>
+      <c r="M40" s="4"/>
+      <c r="N40" s="4"/>
+      <c r="O40" s="4"/>
+      <c r="P40" s="6">
+        <v>9.7999999999999997E-4</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="36"/>
+      <c r="B41" s="36"/>
+      <c r="C41" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="D41" s="5">
+        <v>5.9369999999999996E-3</v>
+      </c>
+      <c r="E41" s="4"/>
+      <c r="F41" s="5">
+        <v>8.9689999999999995E-3</v>
+      </c>
+      <c r="G41" s="4"/>
+      <c r="H41" s="5">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="I41" s="5">
+        <v>3.0109999999999998E-3</v>
+      </c>
+      <c r="J41" s="4"/>
+      <c r="K41" s="5">
+        <v>6.0080000000000003E-3</v>
+      </c>
+      <c r="L41" s="4"/>
+      <c r="M41" s="5">
+        <v>2.9789999999999999E-3</v>
+      </c>
+      <c r="N41" s="4"/>
+      <c r="O41" s="5">
+        <v>3.9899999999999996E-3</v>
+      </c>
+      <c r="P41" s="6">
+        <v>3.6894000000000003E-2</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="36"/>
+      <c r="B42" s="36"/>
+      <c r="C42" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="D42" s="5">
+        <v>4.9109999999999996E-3</v>
+      </c>
+      <c r="E42" s="4"/>
+      <c r="F42" s="4"/>
+      <c r="G42" s="4"/>
+      <c r="H42" s="5">
         <v>5.0000000000000001E-3</v>
       </c>
-      <c r="L33" s="4"/>
-[...424 lines deleted...]
-        <v>52.960028999999999</v>
+      <c r="I42" s="4"/>
+      <c r="J42" s="4"/>
+      <c r="K42" s="4"/>
+      <c r="L42" s="5">
+        <v>4.9899999999999996E-3</v>
+      </c>
+      <c r="M42" s="4"/>
+      <c r="N42" s="4"/>
+      <c r="O42" s="4"/>
+      <c r="P42" s="6">
+        <v>1.4900999999999999E-2</v>
       </c>
     </row>
     <row r="43" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A43" s="27" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="A43" s="36"/>
+      <c r="B43" s="36"/>
       <c r="C43" s="3" t="s">
-        <v>68</v>
-[...6 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="D43" s="4"/>
+      <c r="E43" s="4"/>
       <c r="F43" s="5">
-        <v>0.12032</v>
-[...3 lines deleted...]
-      </c>
+        <v>9.9270000000000001E-3</v>
+      </c>
+      <c r="G43" s="4"/>
       <c r="H43" s="4"/>
-      <c r="I43" s="4"/>
+      <c r="I43" s="5">
+        <v>9.8919999999999998E-3</v>
+      </c>
       <c r="J43" s="5">
-        <v>4.9090000000000002E-2</v>
-[...3 lines deleted...]
-      </c>
+        <v>9.7730000000000004E-3</v>
+      </c>
+      <c r="K43" s="4"/>
       <c r="L43" s="5">
-        <v>4.4940000000000001E-2</v>
+        <v>4.9329999999999999E-3</v>
       </c>
       <c r="M43" s="4"/>
       <c r="N43" s="4"/>
       <c r="O43" s="4"/>
       <c r="P43" s="6">
-        <v>0.51493999999999995</v>
+        <v>3.4525E-2</v>
       </c>
     </row>
     <row r="44" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A44" s="28"/>
-[...31 lines deleted...]
-        <v>0.51493999999999995</v>
+      <c r="A44" s="36"/>
+      <c r="B44" s="36"/>
+      <c r="C44" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="D44" s="5">
+        <v>0.18381700000000001</v>
+      </c>
+      <c r="E44" s="5">
+        <v>7.6624999999999999E-2</v>
+      </c>
+      <c r="F44" s="4"/>
+      <c r="G44" s="5">
+        <v>0.1057</v>
+      </c>
+      <c r="H44" s="4"/>
+      <c r="I44" s="5">
+        <v>0.18070900000000001</v>
+      </c>
+      <c r="J44" s="5">
+        <v>0.34184799999999999</v>
+      </c>
+      <c r="K44" s="5">
+        <v>5.0562000000000003E-2</v>
+      </c>
+      <c r="L44" s="5">
+        <v>0.105279</v>
+      </c>
+      <c r="M44" s="5">
+        <v>0.18244199999999999</v>
+      </c>
+      <c r="N44" s="5">
+        <v>0.19420899999999999</v>
+      </c>
+      <c r="O44" s="4"/>
+      <c r="P44" s="6">
+        <v>1.4211910000000001</v>
       </c>
     </row>
     <row r="45" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A45" s="29"/>
-[...31 lines deleted...]
-        <v>0.51493999999999995</v>
+      <c r="A45" s="36"/>
+      <c r="B45" s="36"/>
+      <c r="C45" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="D45" s="5">
+        <v>2.281E-3</v>
+      </c>
+      <c r="E45" s="5">
+        <v>6.2220000000000001E-3</v>
+      </c>
+      <c r="F45" s="5">
+        <v>7.8999999999999996E-5</v>
+      </c>
+      <c r="G45" s="5">
+        <v>9.0659999999999994E-3</v>
+      </c>
+      <c r="H45" s="5">
+        <v>2.1450000000000002E-3</v>
+      </c>
+      <c r="I45" s="5">
+        <v>1.4999999999999999E-4</v>
+      </c>
+      <c r="J45" s="5">
+        <v>6.0049999999999999E-3</v>
+      </c>
+      <c r="K45" s="5">
+        <v>2.003E-3</v>
+      </c>
+      <c r="L45" s="5">
+        <v>6.2269999999999999E-3</v>
+      </c>
+      <c r="M45" s="4"/>
+      <c r="N45" s="5">
+        <v>6.1380000000000002E-3</v>
+      </c>
+      <c r="O45" s="5">
+        <v>1.5659999999999999E-3</v>
+      </c>
+      <c r="P45" s="6">
+        <v>4.1882000000000003E-2</v>
       </c>
     </row>
     <row r="46" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A46" s="27" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="A46" s="36"/>
+      <c r="B46" s="36"/>
       <c r="C46" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D46" s="5">
+        <v>7.1141999999999997E-2</v>
+      </c>
+      <c r="E46" s="5">
+        <v>6.1615999999999997E-2</v>
+      </c>
+      <c r="F46" s="5">
+        <v>8.8376999999999997E-2</v>
+      </c>
+      <c r="G46" s="5">
+        <v>7.9554E-2</v>
+      </c>
+      <c r="H46" s="5">
+        <v>0.102247</v>
+      </c>
+      <c r="I46" s="5">
+        <v>0.100047</v>
+      </c>
+      <c r="J46" s="5">
+        <v>8.6679000000000006E-2</v>
+      </c>
+      <c r="K46" s="5">
+        <v>9.2178999999999997E-2</v>
+      </c>
+      <c r="L46" s="5">
+        <v>7.6501E-2</v>
+      </c>
+      <c r="M46" s="5">
+        <v>9.3844999999999998E-2</v>
+      </c>
+      <c r="N46" s="5">
+        <v>0.100464</v>
+      </c>
+      <c r="O46" s="5">
+        <v>5.9891E-2</v>
+      </c>
+      <c r="P46" s="6">
+        <v>1.0125420000000001</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="36"/>
+      <c r="B47" s="36"/>
+      <c r="C47" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="D46" s="5">
-[...25 lines deleted...]
-      </c>
+      <c r="D47" s="4"/>
       <c r="E47" s="4"/>
-      <c r="F47" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="F47" s="4"/>
       <c r="G47" s="4"/>
-      <c r="H47" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="H47" s="4"/>
+      <c r="I47" s="4"/>
       <c r="J47" s="4"/>
-      <c r="K47" s="5">
-[...5 lines deleted...]
-      </c>
+      <c r="K47" s="4"/>
+      <c r="L47" s="5">
+        <v>9.0499999999999999E-4</v>
+      </c>
+      <c r="M47" s="4"/>
       <c r="N47" s="4"/>
-      <c r="O47" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="O47" s="4"/>
       <c r="P47" s="6">
-        <v>3.6894000000000003E-2</v>
+        <v>9.0499999999999999E-4</v>
       </c>
     </row>
     <row r="48" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A48" s="28"/>
-      <c r="B48" s="32"/>
+      <c r="A48" s="36"/>
+      <c r="B48" s="36"/>
       <c r="C48" s="3" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="D48" s="5">
-        <v>4.9109999999999996E-3</v>
+        <v>2.9689999999999999E-3</v>
       </c>
       <c r="E48" s="4"/>
-      <c r="F48" s="4"/>
+      <c r="F48" s="5">
+        <v>2.9919999999999999E-3</v>
+      </c>
       <c r="G48" s="4"/>
-      <c r="H48" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="H48" s="4"/>
       <c r="I48" s="4"/>
-      <c r="J48" s="4"/>
+      <c r="J48" s="5">
+        <v>3.0000000000000001E-3</v>
+      </c>
       <c r="K48" s="4"/>
       <c r="L48" s="5">
-        <v>4.9899999999999996E-3</v>
+        <v>2.4810000000000001E-3</v>
       </c>
       <c r="M48" s="4"/>
-      <c r="N48" s="4"/>
+      <c r="N48" s="5">
+        <v>2.983E-3</v>
+      </c>
       <c r="O48" s="4"/>
       <c r="P48" s="6">
-        <v>1.4900999999999999E-2</v>
+        <v>1.4425E-2</v>
       </c>
     </row>
     <row r="49" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A49" s="28"/>
-      <c r="B49" s="32"/>
+      <c r="A49" s="36"/>
+      <c r="B49" s="36"/>
       <c r="C49" s="3" t="s">
-        <v>38</v>
+        <v>76</v>
       </c>
       <c r="D49" s="4"/>
       <c r="E49" s="4"/>
-      <c r="F49" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="F49" s="4"/>
       <c r="G49" s="4"/>
       <c r="H49" s="4"/>
-      <c r="I49" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="I49" s="4"/>
+      <c r="J49" s="4"/>
       <c r="K49" s="4"/>
-      <c r="L49" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="L49" s="4"/>
       <c r="M49" s="4"/>
       <c r="N49" s="4"/>
-      <c r="O49" s="4"/>
+      <c r="O49" s="5">
+        <v>0</v>
+      </c>
       <c r="P49" s="6">
-        <v>3.4525E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A50" s="28"/>
-      <c r="B50" s="32"/>
+      <c r="A50" s="36"/>
+      <c r="B50" s="36"/>
       <c r="C50" s="3" t="s">
-        <v>39</v>
+        <v>81</v>
       </c>
       <c r="D50" s="5">
-        <v>0.18381700000000001</v>
+        <v>3.124E-3</v>
       </c>
       <c r="E50" s="5">
-        <v>7.6624999999999999E-2</v>
-[...1 lines deleted...]
-      <c r="F50" s="4"/>
+        <v>5.9940000000000002E-3</v>
+      </c>
+      <c r="F50" s="5">
+        <v>8.2839999999999997E-3</v>
+      </c>
       <c r="G50" s="5">
-        <v>0.1057</v>
-[...1 lines deleted...]
-      <c r="H50" s="4"/>
+        <v>9.1260000000000004E-3</v>
+      </c>
+      <c r="H50" s="5">
+        <v>3.052E-3</v>
+      </c>
       <c r="I50" s="5">
-        <v>0.18070900000000001</v>
+        <v>8.3909999999999992E-3</v>
       </c>
       <c r="J50" s="5">
-        <v>0.34184799999999999</v>
+        <v>1.1348E-2</v>
       </c>
       <c r="K50" s="5">
-        <v>5.0562000000000003E-2</v>
+        <v>6.3899999999999998E-3</v>
       </c>
       <c r="L50" s="5">
-        <v>0.105279</v>
+        <v>5.5360000000000001E-3</v>
       </c>
       <c r="M50" s="5">
-        <v>0.18244199999999999</v>
+        <v>9.3550000000000005E-3</v>
       </c>
       <c r="N50" s="5">
-        <v>0.19420899999999999</v>
-[...1 lines deleted...]
-      <c r="O50" s="4"/>
+        <v>1.1492E-2</v>
+      </c>
+      <c r="O50" s="5">
+        <v>8.2470000000000009E-3</v>
+      </c>
       <c r="P50" s="6">
-        <v>1.4211910000000001</v>
+        <v>9.0339000000000003E-2</v>
       </c>
     </row>
     <row r="51" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A51" s="28"/>
-[...39 lines deleted...]
-        <v>4.1882000000000003E-2</v>
+      <c r="A51" s="36"/>
+      <c r="B51" s="37"/>
+      <c r="C51" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="D51" s="9">
+        <v>0.27516099999999999</v>
+      </c>
+      <c r="E51" s="9">
+        <v>0.15045700000000001</v>
+      </c>
+      <c r="F51" s="9">
+        <v>0.118628</v>
+      </c>
+      <c r="G51" s="9">
+        <v>0.20344599999999999</v>
+      </c>
+      <c r="H51" s="9">
+        <v>0.11844399999999999</v>
+      </c>
+      <c r="I51" s="9">
+        <v>0.30220000000000002</v>
+      </c>
+      <c r="J51" s="9">
+        <v>0.45865299999999998</v>
+      </c>
+      <c r="K51" s="9">
+        <v>0.157142</v>
+      </c>
+      <c r="L51" s="9">
+        <v>0.20685200000000001</v>
+      </c>
+      <c r="M51" s="9">
+        <v>0.28862100000000002</v>
+      </c>
+      <c r="N51" s="9">
+        <v>0.31528600000000001</v>
+      </c>
+      <c r="O51" s="9">
+        <v>7.3693999999999996E-2</v>
+      </c>
+      <c r="P51" s="10">
+        <v>2.6685840000000001</v>
       </c>
     </row>
     <row r="52" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A52" s="28"/>
-[...41 lines deleted...]
-        <v>1.0125420000000001</v>
+      <c r="A52" s="37"/>
+      <c r="B52" s="38" t="s">
+        <v>64</v>
+      </c>
+      <c r="C52" s="39"/>
+      <c r="D52" s="9">
+        <v>0.27516099999999999</v>
+      </c>
+      <c r="E52" s="9">
+        <v>0.15045700000000001</v>
+      </c>
+      <c r="F52" s="9">
+        <v>0.118628</v>
+      </c>
+      <c r="G52" s="9">
+        <v>0.20344599999999999</v>
+      </c>
+      <c r="H52" s="9">
+        <v>0.11844399999999999</v>
+      </c>
+      <c r="I52" s="9">
+        <v>0.30220000000000002</v>
+      </c>
+      <c r="J52" s="9">
+        <v>0.45865299999999998</v>
+      </c>
+      <c r="K52" s="9">
+        <v>0.157142</v>
+      </c>
+      <c r="L52" s="9">
+        <v>0.20685200000000001</v>
+      </c>
+      <c r="M52" s="9">
+        <v>0.28862100000000002</v>
+      </c>
+      <c r="N52" s="9">
+        <v>0.31528600000000001</v>
+      </c>
+      <c r="O52" s="9">
+        <v>7.3693999999999996E-2</v>
+      </c>
+      <c r="P52" s="10">
+        <v>2.6685840000000001</v>
       </c>
     </row>
     <row r="53" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A53" s="28"/>
-[...98 lines deleted...]
-      </c>
+      <c r="A53" s="40" t="s">
+        <v>65</v>
+      </c>
+      <c r="B53" s="41"/>
+      <c r="C53" s="42"/>
+      <c r="D53" s="11">
+        <v>154.25718900000001</v>
+      </c>
+      <c r="E53" s="11">
+        <v>163.20117200000001</v>
+      </c>
+      <c r="F53" s="11">
+        <v>207.3374</v>
+      </c>
+      <c r="G53" s="11">
+        <v>176.306817</v>
+      </c>
+      <c r="H53" s="11">
+        <v>203.90581700000001</v>
+      </c>
+      <c r="I53" s="11">
+        <v>208.41328799999999</v>
+      </c>
+      <c r="J53" s="11">
+        <v>164.490857000001</v>
+      </c>
+      <c r="K53" s="11">
+        <v>186.50869599999999</v>
+      </c>
+      <c r="L53" s="11">
+        <v>190.56791200000001</v>
+      </c>
+      <c r="M53" s="11">
+        <v>186.87063900000001</v>
+      </c>
+      <c r="N53" s="11">
+        <v>194.264467</v>
+      </c>
+      <c r="O53" s="11">
+        <v>179.546933</v>
+      </c>
+      <c r="P53" s="12">
+        <v>2215.6711869999999</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="43"/>
+      <c r="B54" s="43"/>
+      <c r="C54" s="43"/>
+      <c r="D54" s="43"/>
+      <c r="E54" s="43"/>
+      <c r="F54" s="43"/>
+      <c r="G54" s="43"/>
+      <c r="H54" s="43"/>
+      <c r="I54" s="43"/>
+      <c r="J54" s="43"/>
+      <c r="K54" s="43"/>
+      <c r="L54" s="43"/>
+      <c r="M54" s="43"/>
+      <c r="N54" s="43"/>
+      <c r="O54" s="43"/>
+      <c r="P54" s="43"/>
+    </row>
+    <row r="55" spans="1:16" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="43"/>
+      <c r="B55" s="43"/>
+      <c r="C55" s="43"/>
+      <c r="D55" s="43"/>
+      <c r="E55" s="43"/>
+      <c r="F55" s="43"/>
+      <c r="G55" s="43"/>
+      <c r="H55" s="43"/>
+      <c r="I55" s="43"/>
+      <c r="J55" s="43"/>
+      <c r="K55" s="43"/>
+      <c r="L55" s="43"/>
+      <c r="M55" s="43"/>
+      <c r="N55" s="43"/>
+      <c r="O55" s="43"/>
+      <c r="P55" s="43"/>
     </row>
     <row r="56" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A56" s="28"/>
-[...42 lines deleted...]
-      </c>
+      <c r="A56" s="44" t="s">
+        <v>66</v>
+      </c>
+      <c r="B56" s="45"/>
+      <c r="C56" s="45"/>
+      <c r="D56" s="45"/>
+      <c r="E56" s="45"/>
+      <c r="F56" s="45"/>
+      <c r="G56" s="45"/>
+      <c r="H56" s="45"/>
+      <c r="I56" s="45"/>
+      <c r="J56" s="45"/>
+      <c r="K56" s="45"/>
+      <c r="L56" s="45"/>
+      <c r="M56" s="45"/>
+      <c r="N56" s="45"/>
+      <c r="O56" s="45"/>
+      <c r="P56" s="46"/>
     </row>
     <row r="57" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A57" s="29"/>
-[...205 lines deleted...]
-      <c r="P66" s="39"/>
+      <c r="A57" s="44" t="s">
+        <v>67</v>
+      </c>
+      <c r="B57" s="45"/>
+      <c r="C57" s="45"/>
+      <c r="D57" s="45"/>
+      <c r="E57" s="45"/>
+      <c r="F57" s="45"/>
+      <c r="G57" s="45"/>
+      <c r="H57" s="45"/>
+      <c r="I57" s="45"/>
+      <c r="J57" s="45"/>
+      <c r="K57" s="45"/>
+      <c r="L57" s="45"/>
+      <c r="M57" s="45"/>
+      <c r="N57" s="45"/>
+      <c r="O57" s="45"/>
+      <c r="P57" s="46"/>
+    </row>
+    <row r="59" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A59" s="47" t="s">
+        <v>68</v>
+      </c>
+      <c r="B59" s="43"/>
+      <c r="C59" s="43"/>
+      <c r="D59" s="43"/>
+      <c r="E59" s="43"/>
+      <c r="F59" s="43"/>
+      <c r="G59" s="43"/>
+      <c r="H59" s="43"/>
+      <c r="I59" s="43"/>
+      <c r="J59" s="43"/>
+      <c r="K59" s="43"/>
+      <c r="L59" s="43"/>
+      <c r="M59" s="43"/>
+      <c r="N59" s="43"/>
+      <c r="O59" s="43"/>
+      <c r="P59" s="43"/>
+    </row>
+    <row r="60" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A60" s="43"/>
+      <c r="B60" s="43"/>
+      <c r="C60" s="43"/>
+      <c r="D60" s="43"/>
+      <c r="E60" s="43"/>
+      <c r="F60" s="43"/>
+      <c r="G60" s="43"/>
+      <c r="H60" s="43"/>
+      <c r="I60" s="43"/>
+      <c r="J60" s="43"/>
+      <c r="K60" s="43"/>
+      <c r="L60" s="43"/>
+      <c r="M60" s="43"/>
+      <c r="N60" s="43"/>
+      <c r="O60" s="43"/>
+      <c r="P60" s="43"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
-  <mergeCells count="41">
+  <mergeCells count="35">
+    <mergeCell ref="A54:P55"/>
+    <mergeCell ref="A56:P56"/>
+    <mergeCell ref="A57:P57"/>
+    <mergeCell ref="A59:P59"/>
+    <mergeCell ref="A60:P60"/>
+    <mergeCell ref="B39:C39"/>
+    <mergeCell ref="A40:A52"/>
+    <mergeCell ref="B40:B51"/>
+    <mergeCell ref="B52:C52"/>
+    <mergeCell ref="A53:C53"/>
+    <mergeCell ref="B13:C13"/>
+    <mergeCell ref="A14:A22"/>
+    <mergeCell ref="B14:B16"/>
+    <mergeCell ref="B17:B19"/>
+    <mergeCell ref="B20:B21"/>
+    <mergeCell ref="B22:C22"/>
+    <mergeCell ref="H1:P3"/>
+    <mergeCell ref="A4:C5"/>
+    <mergeCell ref="D4:O4"/>
+    <mergeCell ref="P4:P5"/>
+    <mergeCell ref="A6:A13"/>
+    <mergeCell ref="B6:B7"/>
+    <mergeCell ref="A27:A36"/>
+    <mergeCell ref="B27:B29"/>
+    <mergeCell ref="B30:B32"/>
+    <mergeCell ref="B33:B35"/>
+    <mergeCell ref="B36:C36"/>
+    <mergeCell ref="A37:A39"/>
+    <mergeCell ref="B37:B38"/>
+    <mergeCell ref="A23:A26"/>
+    <mergeCell ref="B23:B25"/>
+    <mergeCell ref="B26:C26"/>
     <mergeCell ref="A2:G2"/>
-    <mergeCell ref="H1:P2"/>
-[...38 lines deleted...]
-    <mergeCell ref="B57:C57"/>
+    <mergeCell ref="B8:B10"/>
+    <mergeCell ref="B11:B12"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <customProperties>
     <customPr name="GUID" r:id="rId1"/>
   </customProperties>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3874D22B-8E74-402B-8ED6-BD2389EEC065}">
   <dimension ref="A1:P17"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane xSplit="3" ySplit="4" topLeftCell="G5" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
       <selection pane="bottomRight" activeCell="L5" sqref="L5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="25.7109375" style="14" customWidth="1"/>
     <col min="2" max="2" width="8.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="18.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="15" width="10" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="9.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="61" t="s">
-        <v>85</v>
+      <c r="A1" s="26" t="s">
+        <v>74</v>
       </c>
       <c r="B1" s="13"/>
       <c r="C1" s="13"/>
       <c r="D1" s="13"/>
       <c r="E1" s="13"/>
       <c r="F1" s="13"/>
       <c r="G1" s="13"/>
-      <c r="H1" s="23"/>
-[...7 lines deleted...]
-      <c r="P1" s="23"/>
+      <c r="H1" s="28"/>
+      <c r="I1" s="28"/>
+      <c r="J1" s="28"/>
+      <c r="K1" s="28"/>
+      <c r="L1" s="28"/>
+      <c r="M1" s="28"/>
+      <c r="N1" s="28"/>
+      <c r="O1" s="28"/>
+      <c r="P1" s="28"/>
     </row>
     <row r="2" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="48" t="s">
-[...16 lines deleted...]
-      <c r="P2" s="23"/>
+      <c r="A2" s="27" t="s">
+        <v>73</v>
+      </c>
+      <c r="B2" s="28"/>
+      <c r="C2" s="28"/>
+      <c r="D2" s="28"/>
+      <c r="E2" s="28"/>
+      <c r="F2" s="28"/>
+      <c r="G2" s="28"/>
+      <c r="H2" s="28"/>
+      <c r="I2" s="28"/>
+      <c r="J2" s="28"/>
+      <c r="K2" s="28"/>
+      <c r="L2" s="28"/>
+      <c r="M2" s="28"/>
+      <c r="N2" s="28"/>
+      <c r="O2" s="28"/>
+      <c r="P2" s="28"/>
     </row>
     <row r="3" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="60"/>
-[...2 lines deleted...]
-      <c r="D3" s="24" t="s">
+      <c r="A3" s="48"/>
+      <c r="B3" s="48"/>
+      <c r="C3" s="48"/>
+      <c r="D3" s="29" t="s">
         <v>2</v>
       </c>
-      <c r="E3" s="25"/>
-[...10 lines deleted...]
-      <c r="P3" s="59" t="s">
+      <c r="E3" s="30"/>
+      <c r="F3" s="30"/>
+      <c r="G3" s="30"/>
+      <c r="H3" s="30"/>
+      <c r="I3" s="30"/>
+      <c r="J3" s="30"/>
+      <c r="K3" s="30"/>
+      <c r="L3" s="30"/>
+      <c r="M3" s="30"/>
+      <c r="N3" s="30"/>
+      <c r="O3" s="31"/>
+      <c r="P3" s="50" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="58"/>
-[...1 lines deleted...]
-      <c r="C4" s="58"/>
+      <c r="A4" s="49"/>
+      <c r="B4" s="49"/>
+      <c r="C4" s="49"/>
       <c r="D4" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>7</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>8</v>
       </c>
       <c r="I4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>12</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="N4" s="2" t="s">
-        <v>93</v>
+        <v>78</v>
       </c>
       <c r="O4" s="2" t="s">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="P4" s="57"/>
+        <v>77</v>
+      </c>
+      <c r="P4" s="51"/>
     </row>
     <row r="5" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="27" t="s">
-[...3 lines deleted...]
-        <v>83</v>
+      <c r="A5" s="32" t="s">
+        <v>24</v>
+      </c>
+      <c r="B5" s="35" t="s">
+        <v>72</v>
       </c>
       <c r="C5" s="3" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D5" s="21">
         <v>83.186995999999994</v>
       </c>
       <c r="E5" s="21">
         <v>76.432828000000001</v>
       </c>
       <c r="F5" s="21">
         <v>35.663699000000001</v>
       </c>
       <c r="G5" s="21">
         <v>16.703569000000002</v>
       </c>
       <c r="H5" s="21">
         <v>0.52003699999999997</v>
       </c>
       <c r="I5" s="21">
         <v>2.0585260000000001</v>
       </c>
       <c r="J5" s="21">
         <v>7.0196459999999998</v>
       </c>
       <c r="K5" s="21">
         <v>0.51687099999999997</v>
       </c>
       <c r="L5" s="21">
         <v>4.9909999999999998E-3</v>
       </c>
       <c r="M5" s="21">
         <v>37.839430999999998</v>
       </c>
       <c r="N5" s="21">
         <v>4.4665999999999997E-2</v>
       </c>
       <c r="O5" s="21">
         <v>20.016818000000001</v>
       </c>
       <c r="P5" s="19">
         <v>280.00807800000001</v>
       </c>
     </row>
     <row r="6" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="28"/>
-      <c r="B6" s="31"/>
+      <c r="A6" s="33"/>
+      <c r="B6" s="37"/>
       <c r="C6" s="7" t="s">
-        <v>82</v>
+        <v>71</v>
       </c>
       <c r="D6" s="18">
         <v>83.186995999999994</v>
       </c>
       <c r="E6" s="18">
         <v>76.432828000000001</v>
       </c>
       <c r="F6" s="18">
         <v>35.663699000000001</v>
       </c>
       <c r="G6" s="18">
         <v>16.703569000000002</v>
       </c>
       <c r="H6" s="18">
         <v>0.52003699999999997</v>
       </c>
       <c r="I6" s="18">
         <v>2.0585260000000001</v>
       </c>
       <c r="J6" s="18">
         <v>7.0196459999999998</v>
       </c>
       <c r="K6" s="18">
         <v>0.51687099999999997</v>
       </c>
       <c r="L6" s="18">
         <v>4.9909999999999998E-3</v>
       </c>
       <c r="M6" s="18">
         <v>37.839430999999998</v>
       </c>
       <c r="N6" s="18">
         <v>4.4665999999999997E-2</v>
       </c>
       <c r="O6" s="18">
         <v>20.016818000000001</v>
       </c>
       <c r="P6" s="17">
         <v>280.00807800000001</v>
       </c>
     </row>
     <row r="7" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="29"/>
-[...3 lines deleted...]
-      <c r="C7" s="34"/>
+      <c r="A7" s="34"/>
+      <c r="B7" s="38" t="s">
+        <v>34</v>
+      </c>
+      <c r="C7" s="39"/>
       <c r="D7" s="18">
         <v>83.186995999999994</v>
       </c>
       <c r="E7" s="18">
         <v>76.432828000000001</v>
       </c>
       <c r="F7" s="18">
         <v>35.663699000000001</v>
       </c>
       <c r="G7" s="18">
         <v>16.703569000000002</v>
       </c>
       <c r="H7" s="18">
         <v>0.52003699999999997</v>
       </c>
       <c r="I7" s="18">
         <v>2.0585260000000001</v>
       </c>
       <c r="J7" s="18">
         <v>7.0196459999999998</v>
       </c>
       <c r="K7" s="18">
         <v>0.51687099999999997</v>
       </c>
       <c r="L7" s="18">
         <v>4.9909999999999998E-3</v>
       </c>
       <c r="M7" s="18">
         <v>37.839430999999998</v>
       </c>
       <c r="N7" s="18">
         <v>4.4665999999999997E-2</v>
       </c>
       <c r="O7" s="18">
         <v>20.016818000000001</v>
       </c>
       <c r="P7" s="17">
         <v>280.00807800000001</v>
       </c>
     </row>
     <row r="8" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="27" t="s">
+      <c r="A8" s="32" t="s">
+        <v>35</v>
+      </c>
+      <c r="B8" s="35" t="s">
         <v>36</v>
       </c>
-      <c r="B8" s="30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="3" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="D8" s="20" t="s">
-        <v>80</v>
+        <v>69</v>
       </c>
       <c r="E8" s="21">
         <v>7.6608720000000003</v>
       </c>
       <c r="F8" s="21">
         <v>7.6767430000000001</v>
       </c>
       <c r="G8" s="20" t="s">
-        <v>80</v>
+        <v>69</v>
       </c>
       <c r="H8" s="21">
         <v>4.6062200000000004</v>
       </c>
       <c r="I8" s="20" t="s">
-        <v>80</v>
+        <v>69</v>
       </c>
       <c r="J8" s="20" t="s">
-        <v>80</v>
+        <v>69</v>
       </c>
       <c r="K8" s="20" t="s">
-        <v>80</v>
+        <v>69</v>
       </c>
       <c r="L8" s="20" t="s">
-        <v>80</v>
+        <v>69</v>
       </c>
       <c r="M8" s="20" t="s">
-        <v>80</v>
+        <v>69</v>
       </c>
       <c r="N8" s="21">
         <v>4.8353479999999998</v>
       </c>
       <c r="O8" s="21">
         <v>5.003126</v>
       </c>
       <c r="P8" s="19">
         <v>29.782309000000001</v>
       </c>
     </row>
     <row r="9" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="28"/>
-      <c r="B9" s="31"/>
+      <c r="A9" s="33"/>
+      <c r="B9" s="37"/>
       <c r="C9" s="7" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="D9" s="8"/>
       <c r="E9" s="18">
         <v>7.6608720000000003</v>
       </c>
       <c r="F9" s="18">
         <v>7.6767430000000001</v>
       </c>
       <c r="G9" s="8"/>
       <c r="H9" s="18">
         <v>4.6062200000000004</v>
       </c>
       <c r="I9" s="8"/>
       <c r="J9" s="8"/>
       <c r="K9" s="8"/>
       <c r="L9" s="8"/>
       <c r="M9" s="8"/>
       <c r="N9" s="18">
         <v>4.8353479999999998</v>
       </c>
       <c r="O9" s="18">
         <v>5.003126</v>
       </c>
       <c r="P9" s="17">
         <v>29.782309000000001</v>
       </c>
     </row>
     <row r="10" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="29"/>
-[...3 lines deleted...]
-      <c r="C10" s="34"/>
+      <c r="A10" s="34"/>
+      <c r="B10" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="C10" s="39"/>
       <c r="D10" s="8"/>
       <c r="E10" s="18">
         <v>7.6608720000000003</v>
       </c>
       <c r="F10" s="18">
         <v>7.6767430000000001</v>
       </c>
       <c r="G10" s="8"/>
       <c r="H10" s="18">
         <v>4.6062200000000004</v>
       </c>
       <c r="I10" s="8"/>
       <c r="J10" s="8"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="18">
         <v>4.8353479999999998</v>
       </c>
       <c r="O10" s="18">
         <v>5.003126</v>
       </c>
       <c r="P10" s="17">
         <v>29.782309000000001</v>
       </c>
     </row>
     <row r="11" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="56" t="s">
-[...2 lines deleted...]
-      <c r="B11" s="55"/>
+      <c r="A11" s="52" t="s">
+        <v>65</v>
+      </c>
+      <c r="B11" s="53"/>
       <c r="C11" s="54"/>
       <c r="D11" s="16">
         <v>83.186995999999994</v>
       </c>
       <c r="E11" s="16">
         <v>84.093699999999998</v>
       </c>
       <c r="F11" s="16">
         <v>43.340442000000003</v>
       </c>
       <c r="G11" s="16">
         <v>16.703569000000002</v>
       </c>
       <c r="H11" s="16">
         <v>5.1262569999999998</v>
       </c>
       <c r="I11" s="16">
         <v>2.0585260000000001</v>
       </c>
       <c r="J11" s="16">
         <v>7.0196459999999998</v>
       </c>
       <c r="K11" s="16">
         <v>0.51687099999999997</v>
       </c>
       <c r="L11" s="16">
         <v>4.9909999999999998E-3</v>
       </c>
       <c r="M11" s="16">
         <v>37.839430999999998</v>
       </c>
       <c r="N11" s="16">
         <v>4.8800140000000001</v>
       </c>
       <c r="O11" s="16">
         <v>25.019943999999999</v>
       </c>
       <c r="P11" s="15">
         <v>309.79038700000001</v>
       </c>
     </row>
     <row r="12" spans="1:16" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A12"/>
     </row>
     <row r="13" spans="1:16" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="53" t="s">
-[...16 lines deleted...]
-      <c r="P13" s="51"/>
+      <c r="A13" s="25" t="s">
+        <v>75</v>
+      </c>
+      <c r="B13" s="24"/>
+      <c r="C13" s="24"/>
+      <c r="D13" s="24"/>
+      <c r="E13" s="24"/>
+      <c r="F13" s="24"/>
+      <c r="G13" s="24"/>
+      <c r="H13" s="24"/>
+      <c r="I13" s="24"/>
+      <c r="J13" s="24"/>
+      <c r="K13" s="24"/>
+      <c r="L13" s="24"/>
+      <c r="M13" s="24"/>
+      <c r="N13" s="24"/>
+      <c r="O13" s="24"/>
+      <c r="P13" s="23"/>
     </row>
     <row r="14" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14"/>
     </row>
     <row r="15" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A15" s="22" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
     </row>
     <row r="17" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="39"/>
-[...14 lines deleted...]
-      <c r="P17" s="39"/>
+      <c r="A17" s="43"/>
+      <c r="B17" s="43"/>
+      <c r="C17" s="43"/>
+      <c r="D17" s="43"/>
+      <c r="E17" s="43"/>
+      <c r="F17" s="43"/>
+      <c r="G17" s="43"/>
+      <c r="H17" s="43"/>
+      <c r="I17" s="43"/>
+      <c r="J17" s="43"/>
+      <c r="K17" s="43"/>
+      <c r="L17" s="43"/>
+      <c r="M17" s="43"/>
+      <c r="N17" s="43"/>
+      <c r="O17" s="43"/>
+      <c r="P17" s="43"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="13">
-    <mergeCell ref="A2:G2"/>
-[...3 lines deleted...]
-    <mergeCell ref="P3:P4"/>
     <mergeCell ref="A11:C11"/>
     <mergeCell ref="A17:P17"/>
     <mergeCell ref="A5:A7"/>
     <mergeCell ref="B5:B6"/>
     <mergeCell ref="B7:C7"/>
     <mergeCell ref="A8:A10"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="B10:C10"/>
+    <mergeCell ref="A2:G2"/>
+    <mergeCell ref="H1:P2"/>
+    <mergeCell ref="A3:C4"/>
+    <mergeCell ref="D3:O3"/>
+    <mergeCell ref="P3:P4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <customProperties>
     <customPr name="GUID" r:id="rId1"/>
   </customProperties>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>