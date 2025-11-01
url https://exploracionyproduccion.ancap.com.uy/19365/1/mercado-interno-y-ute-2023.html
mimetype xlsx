--- v0 (2025-10-11)
+++ v1 (2025-11-01)
@@ -2,72 +2,72 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24527"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28324"/>
   <workbookPr defaultThemeVersion="123820"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\trebol\Carpetas compartidas 5\Equipo de Diseño\Com.Precio\VENTAS COMBUSTIBLES Merc.Int. - UTE\VENTAS MENSUALES Merc.Int._UTE\INFORMACION HISTÓRICA\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\molle\Carpetas compartidas3\Planificación Comercial\MARIANA PUBLICA\Demandas WEB\VENTAS COMBUSTIBLES Merc.Int. - UTE\VENTAS MENSUALES Merc.Int._UTE\INFORMACION HISTÓRICA\INFORMACION HISTÓRICA_con_asfalto\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{88B5A7CB-81AC-4E48-85CB-86DFBBA180E2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5FF2452E-63CD-4C0D-95D7-7146EB620DEA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11160" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15990" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="MI_2023" sheetId="1" r:id="rId1"/>
     <sheet name="UTE_2023" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="0"/>
   <webPublishing codePage="1252"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="115" uniqueCount="81">
   <si>
     <t xml:space="preserve">Detalle de Ventas de Combustibles - Mercado Interno </t>
   </si>
   <si>
     <t>(en miles de m3, corregidos a 15°C)</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>Total Año en curso</t>
   </si>
   <si>
     <t>2023/01</t>
   </si>
   <si>
     <t>2023/02</t>
   </si>
   <si>
     <t>2023/03</t>
   </si>
   <si>
     <t>2023/04</t>
   </si>
   <si>
@@ -471,137 +471,50 @@
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color rgb="FFFFFFFF"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color rgb="FFFFFFFF"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>SOLVENTES</t>
     </r>
   </si>
   <si>
-    <t>ASFALTOS</t>
-[...85 lines deleted...]
-  <si>
     <t>AZUFRE</t>
   </si>
   <si>
     <t>QUÍMICOS</t>
   </si>
   <si>
     <t>AZUFRE LÍQUIDO</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
@@ -677,53 +590,50 @@
       </rPr>
       <t xml:space="preserve">Total </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color rgb="FFFFFFFF"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Consumo ANCAP y otros (2)</t>
     </r>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>(1) Gasolinas y Gas Oil: puede incluir volúmenes de productos discontinuados.</t>
   </si>
   <si>
     <t>(2) Incluye el consumo de ANCAP, ventas internas y donaciones.</t>
   </si>
   <si>
     <t>informe elaborado y emitido por Planificación Comercial (GDN) lt</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve"> Familia                               Línea                  Producto </t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>FUEL OIL MOTORES</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
@@ -941,63 +851,50 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FFC0C0C0"/>
       </left>
       <right style="medium">
         <color rgb="FFC0C0C0"/>
       </right>
       <top style="medium">
         <color rgb="FFC0C0C0"/>
       </top>
       <bottom style="medium">
         <color rgb="FFC0C0C0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF608BB4"/>
       </left>
       <right style="medium">
         <color rgb="FF608BB4"/>
       </right>
-      <top style="medium">
-[...11 lines deleted...]
-      </right>
       <top/>
       <bottom style="medium">
         <color rgb="FF608BB4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FFC0C0C0"/>
       </left>
       <right style="medium">
         <color rgb="FFC0C0C0"/>
       </right>
       <top/>
       <bottom style="medium">
         <color rgb="FFC0C0C0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FFC0C0C0"/>
       </left>
       <right style="medium">
         <color rgb="FFC0C0C0"/>
@@ -1108,255 +1005,253 @@
       </left>
       <right style="medium">
         <color rgb="FF93B1CD"/>
       </right>
       <top/>
       <bottom style="medium">
         <color rgb="FF93B1CD"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF93B1CD"/>
       </left>
       <right style="medium">
         <color rgb="FF93B1CD"/>
       </right>
       <top style="medium">
         <color rgb="FF93B1CD"/>
       </top>
       <bottom style="medium">
         <color rgb="FF93B1CD"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="medium">
+        <color rgb="FF608BB4"/>
+      </left>
+      <right style="medium">
+        <color rgb="FF608BB4"/>
+      </right>
+      <top style="medium">
+        <color rgb="FF608BB4"/>
+      </top>
+      <bottom style="medium">
+        <color rgb="FF608BB4"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="55">
+  <cellXfs count="50">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="10" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="164" fontId="7" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="9" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="7" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="8" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="8" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="6" borderId="12" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="165" fontId="10" fillId="6" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="11" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="10" fillId="6" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="11" fillId="6" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="11" fillId="6" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="10" fillId="9" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="10" fillId="9" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="164" fontId="11" fillId="9" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="11" fillId="9" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
+    <xf numFmtId="166" fontId="11" fillId="9" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="166" fontId="10" fillId="9" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="166" fontId="11" fillId="6" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="166" fontId="10" fillId="6" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="166" fontId="11" fillId="3" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="166" fontId="7" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="7" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="13" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="8" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="12" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="13" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="4" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="17" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="9" xfId="0" applyFill="1" applyBorder="1"/>
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1"/>
-[...49 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="18" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="6" xfId="0" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="1" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16">
     <tableStyle name="Invisible" pivot="0" table="0" count="0" xr9:uid="{938DA0FB-904A-4990-A210-1B53BC699BDA}"/>
   </tableStyles>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>14</xdr:col>
-      <xdr:colOff>247650</xdr:colOff>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>161925</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>171450</xdr:rowOff>
+      <xdr:rowOff>180975</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
-      <xdr:colOff>590550</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>152400</xdr:rowOff>
+      <xdr:colOff>1171575</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Imagen 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C5DBD3C-5090-4035-9808-9033AAA1751F}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="11849100" y="171450"/>
+          <a:off x="12858750" y="180975"/>
           <a:ext cx="1009650" cy="228600"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>13</xdr:col>
       <xdr:colOff>171450</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>152400</xdr:rowOff>
     </xdr:from>
@@ -1390,197 +1285,163 @@
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="9725025" y="152400"/>
           <a:ext cx="1009650" cy="228600"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1715,3195 +1576,2877 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:P67"/>
+  <dimension ref="A1:P60"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-      <pane xSplit="3" ySplit="5" topLeftCell="G6" activePane="bottomRight" state="frozen"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <pane xSplit="3" ySplit="5" topLeftCell="D6" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
-      <selection pane="bottomRight" activeCell="C3" sqref="C3"/>
+      <selection pane="bottomRight" activeCell="T11" sqref="T11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="25.7109375" style="42" customWidth="1"/>
+    <col min="1" max="1" width="24" customWidth="1"/>
     <col min="2" max="2" width="13.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="32.7109375" bestFit="1" customWidth="1"/>
     <col min="4" max="15" width="10" bestFit="1" customWidth="1"/>
-    <col min="16" max="16" width="10" customWidth="1"/>
+    <col min="16" max="16" width="18.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
-      <c r="H1" s="16"/>
-[...7 lines deleted...]
-      <c r="P1" s="16"/>
+      <c r="H1" s="36"/>
+      <c r="I1" s="36"/>
+      <c r="J1" s="36"/>
+      <c r="K1" s="36"/>
+      <c r="L1" s="36"/>
+      <c r="M1" s="36"/>
+      <c r="N1" s="36"/>
+      <c r="O1" s="36"/>
+      <c r="P1" s="36"/>
     </row>
     <row r="2" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A2" s="15" t="s">
+      <c r="A2" s="35" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="16"/>
-[...13 lines deleted...]
-      <c r="P2" s="16"/>
+      <c r="B2" s="36"/>
+      <c r="C2" s="36"/>
+      <c r="D2" s="36"/>
+      <c r="E2" s="36"/>
+      <c r="F2" s="36"/>
+      <c r="G2" s="36"/>
+      <c r="H2" s="36"/>
+      <c r="I2" s="36"/>
+      <c r="J2" s="36"/>
+      <c r="K2" s="36"/>
+      <c r="L2" s="36"/>
+      <c r="M2" s="36"/>
+      <c r="N2" s="36"/>
+      <c r="O2" s="36"/>
+      <c r="P2" s="36"/>
     </row>
     <row r="3" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="38"/>
+      <c r="A3" s="3"/>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
-      <c r="H3" s="17"/>
-[...15 lines deleted...]
-      <c r="D4" s="21" t="s">
+      <c r="H3" s="37"/>
+      <c r="I3" s="37"/>
+      <c r="J3" s="37"/>
+      <c r="K3" s="37"/>
+      <c r="L3" s="37"/>
+      <c r="M3" s="37"/>
+      <c r="N3" s="37"/>
+      <c r="O3" s="37"/>
+      <c r="P3" s="37"/>
+    </row>
+    <row r="4" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="38"/>
+      <c r="B4" s="39"/>
+      <c r="C4" s="39"/>
+      <c r="D4" s="41" t="s">
         <v>2</v>
       </c>
-      <c r="E4" s="22"/>
-[...10 lines deleted...]
-      <c r="P4" s="43" t="s">
+      <c r="E4" s="42"/>
+      <c r="F4" s="42"/>
+      <c r="G4" s="42"/>
+      <c r="H4" s="42"/>
+      <c r="I4" s="42"/>
+      <c r="J4" s="42"/>
+      <c r="K4" s="42"/>
+      <c r="L4" s="42"/>
+      <c r="M4" s="42"/>
+      <c r="N4" s="42"/>
+      <c r="O4" s="43"/>
+      <c r="P4" s="48" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="20"/>
-[...1 lines deleted...]
-      <c r="C5" s="20"/>
+      <c r="A5" s="40"/>
+      <c r="B5" s="40"/>
+      <c r="C5" s="40"/>
       <c r="D5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H5" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I5" s="4" t="s">
         <v>9</v>
       </c>
       <c r="J5" s="4" t="s">
         <v>10</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>11</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>15</v>
       </c>
-      <c r="P5" s="44"/>
+      <c r="P5" s="49"/>
     </row>
     <row r="6" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="39" t="s">
+      <c r="A6" s="47" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="27" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="7">
         <v>3.9439999999999996E-3</v>
       </c>
       <c r="E6" s="7">
         <v>2.5969999999999999E-3</v>
       </c>
       <c r="F6" s="7">
         <v>5.4400000000000004E-3</v>
       </c>
       <c r="G6" s="7">
         <v>1.1609999999999999E-3</v>
       </c>
       <c r="H6" s="7">
         <v>4.7190000000000001E-3</v>
       </c>
       <c r="I6" s="7">
         <v>5.0239999999999998E-3</v>
       </c>
       <c r="J6" s="7">
         <v>3.8349999999999999E-3</v>
       </c>
       <c r="K6" s="7">
         <v>5.4479999999999997E-3</v>
       </c>
       <c r="L6" s="7">
         <v>3.8189999999999999E-3</v>
       </c>
       <c r="M6" s="7">
         <v>2.1930000000000001E-3</v>
       </c>
       <c r="N6" s="7">
         <v>4.3940000000000003E-3</v>
       </c>
       <c r="O6" s="7">
         <v>4.0260000000000001E-3</v>
       </c>
       <c r="P6" s="8">
         <v>4.6600000000000003E-2</v>
       </c>
     </row>
-    <row r="7" spans="1:16" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B7" s="26"/>
+    <row r="7" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="28"/>
+      <c r="B7" s="29"/>
       <c r="C7" s="9" t="s">
         <v>19</v>
       </c>
       <c r="D7" s="11">
         <v>3.9439999999999996E-3</v>
       </c>
       <c r="E7" s="11">
         <v>2.5969999999999999E-3</v>
       </c>
       <c r="F7" s="11">
         <v>5.4400000000000004E-3</v>
       </c>
       <c r="G7" s="11">
         <v>1.1609999999999999E-3</v>
       </c>
       <c r="H7" s="11">
         <v>4.7190000000000001E-3</v>
       </c>
       <c r="I7" s="11">
         <v>5.0239999999999998E-3</v>
       </c>
       <c r="J7" s="11">
         <v>3.8349999999999999E-3</v>
       </c>
       <c r="K7" s="11">
         <v>5.4479999999999997E-3</v>
       </c>
       <c r="L7" s="11">
         <v>3.8189999999999999E-3</v>
       </c>
       <c r="M7" s="11">
         <v>2.1930000000000001E-3</v>
       </c>
       <c r="N7" s="11">
         <v>4.3940000000000003E-3</v>
       </c>
       <c r="O7" s="11">
         <v>4.0260000000000001E-3</v>
       </c>
       <c r="P7" s="12">
         <v>4.6600000000000003E-2</v>
       </c>
     </row>
-    <row r="8" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A8" s="40"/>
+    <row r="8" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="28"/>
       <c r="B8" s="27" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="7">
         <v>0.40228799999999998</v>
       </c>
       <c r="E8" s="7">
         <v>0.40531899999999998</v>
       </c>
       <c r="F8" s="7">
         <v>0.57259499999999997</v>
       </c>
       <c r="G8" s="7">
         <v>0.54205999999999999</v>
       </c>
       <c r="H8" s="7">
         <v>0.74974600000000002</v>
       </c>
       <c r="I8" s="7">
         <v>0.77370300000000003</v>
       </c>
       <c r="J8" s="7">
         <v>0.55388700000000002</v>
       </c>
       <c r="K8" s="7">
         <v>0.487423</v>
       </c>
       <c r="L8" s="7">
         <v>0.59085900000000002</v>
       </c>
       <c r="M8" s="7">
         <v>0.47389500000000001</v>
       </c>
       <c r="N8" s="7">
         <v>0.53799300000000005</v>
       </c>
       <c r="O8" s="7">
         <v>0.52726300000000004</v>
       </c>
       <c r="P8" s="8">
         <v>6.6170309999999999</v>
       </c>
     </row>
-    <row r="9" spans="1:16" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B9" s="25"/>
+    <row r="9" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="28"/>
+      <c r="B9" s="28"/>
       <c r="C9" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D9" s="7">
         <v>1.904026</v>
       </c>
       <c r="E9" s="7">
         <v>1.8314619999999999</v>
       </c>
       <c r="F9" s="7">
         <v>2.8794080000000002</v>
       </c>
       <c r="G9" s="7">
         <v>3.6200770000000002</v>
       </c>
       <c r="H9" s="7">
         <v>3.7876620000000001</v>
       </c>
       <c r="I9" s="7">
         <v>3.7206380000000001</v>
       </c>
       <c r="J9" s="7">
         <v>3.5499499999999999</v>
       </c>
       <c r="K9" s="7">
         <v>3.4095040000000001</v>
       </c>
       <c r="L9" s="7">
         <v>3.1659290000000002</v>
       </c>
       <c r="M9" s="7">
         <v>2.8916339999999998</v>
       </c>
       <c r="N9" s="7">
         <v>2.9320110000000001</v>
       </c>
       <c r="O9" s="7">
         <v>2.4645480000000002</v>
       </c>
       <c r="P9" s="8">
         <v>36.156849000000001</v>
       </c>
     </row>
-    <row r="10" spans="1:16" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B10" s="26"/>
+    <row r="10" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="28"/>
+      <c r="B10" s="29"/>
       <c r="C10" s="9" t="s">
         <v>23</v>
       </c>
       <c r="D10" s="11">
         <v>2.306314</v>
       </c>
       <c r="E10" s="11">
         <v>2.2367810000000001</v>
       </c>
       <c r="F10" s="11">
         <v>3.4520029999999999</v>
       </c>
       <c r="G10" s="11">
         <v>4.1621370000000004</v>
       </c>
       <c r="H10" s="11">
         <v>4.5374080000000001</v>
       </c>
       <c r="I10" s="11">
         <v>4.4943410000000004</v>
       </c>
       <c r="J10" s="11">
         <v>4.1038370000000004</v>
       </c>
       <c r="K10" s="11">
         <v>3.8969269999999998</v>
       </c>
       <c r="L10" s="11">
         <v>3.7567879999999998</v>
       </c>
       <c r="M10" s="11">
         <v>3.365529</v>
       </c>
       <c r="N10" s="11">
         <v>3.4700039999999999</v>
       </c>
       <c r="O10" s="11">
         <v>2.9918110000000002</v>
       </c>
       <c r="P10" s="12">
         <v>42.773879999999998</v>
       </c>
     </row>
-    <row r="11" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A11" s="40"/>
+    <row r="11" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="28"/>
       <c r="B11" s="27" t="s">
         <v>24</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D11" s="7">
         <v>10.285534</v>
       </c>
       <c r="E11" s="7">
         <v>10.571732000000001</v>
       </c>
       <c r="F11" s="7">
         <v>12.19168</v>
       </c>
       <c r="G11" s="7">
         <v>13.625149</v>
       </c>
       <c r="H11" s="7">
         <v>15.108376</v>
       </c>
       <c r="I11" s="7">
         <v>20.380561</v>
       </c>
       <c r="J11" s="7">
         <v>20.223557</v>
       </c>
       <c r="K11" s="7">
         <v>18.658197999999999</v>
       </c>
       <c r="L11" s="7">
         <v>17.034931</v>
       </c>
       <c r="M11" s="7">
         <v>13.864649</v>
       </c>
       <c r="N11" s="7">
         <v>12.707718</v>
       </c>
       <c r="O11" s="7">
         <v>12.165761</v>
       </c>
       <c r="P11" s="8">
         <v>176.817846</v>
       </c>
     </row>
-    <row r="12" spans="1:16" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B12" s="26"/>
+    <row r="12" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="28"/>
+      <c r="B12" s="29"/>
       <c r="C12" s="9" t="s">
         <v>25</v>
       </c>
       <c r="D12" s="11">
         <v>10.285534</v>
       </c>
       <c r="E12" s="11">
         <v>10.571732000000001</v>
       </c>
       <c r="F12" s="11">
         <v>12.19168</v>
       </c>
       <c r="G12" s="11">
         <v>13.625149</v>
       </c>
       <c r="H12" s="11">
         <v>15.108376</v>
       </c>
       <c r="I12" s="11">
         <v>20.380561</v>
       </c>
       <c r="J12" s="11">
         <v>20.223557</v>
       </c>
       <c r="K12" s="11">
         <v>18.658197999999999</v>
       </c>
       <c r="L12" s="11">
         <v>17.034931</v>
       </c>
       <c r="M12" s="11">
         <v>13.864649</v>
       </c>
       <c r="N12" s="11">
         <v>12.707718</v>
       </c>
       <c r="O12" s="11">
         <v>12.165761</v>
       </c>
       <c r="P12" s="12">
         <v>176.817846</v>
       </c>
     </row>
-    <row r="13" spans="1:16" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B13" s="28" t="s">
+    <row r="13" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="29"/>
+      <c r="B13" s="30" t="s">
         <v>26</v>
       </c>
-      <c r="C13" s="29"/>
+      <c r="C13" s="31"/>
       <c r="D13" s="11">
         <v>12.595791999999999</v>
       </c>
       <c r="E13" s="11">
         <v>12.811109999999999</v>
       </c>
       <c r="F13" s="11">
         <v>15.649122999999999</v>
       </c>
       <c r="G13" s="11">
         <v>17.788447000000001</v>
       </c>
       <c r="H13" s="11">
         <v>19.650503</v>
       </c>
       <c r="I13" s="11">
         <v>24.879926000000001</v>
       </c>
       <c r="J13" s="11">
         <v>24.331229</v>
       </c>
       <c r="K13" s="11">
         <v>22.560573000000002</v>
       </c>
       <c r="L13" s="11">
         <v>20.795538000000001</v>
       </c>
       <c r="M13" s="11">
         <v>17.232371000000001</v>
       </c>
       <c r="N13" s="11">
         <v>16.182116000000001</v>
       </c>
       <c r="O13" s="11">
         <v>15.161598</v>
       </c>
       <c r="P13" s="12">
         <v>219.63832600000001</v>
       </c>
     </row>
-    <row r="14" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A14" s="39" t="s">
+    <row r="14" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="47" t="s">
         <v>27</v>
       </c>
       <c r="B14" s="27" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>29</v>
       </c>
       <c r="D14" s="7">
         <v>1.6775949999999999</v>
       </c>
       <c r="E14" s="7">
         <v>1.3811979999999999</v>
       </c>
       <c r="F14" s="7">
         <v>1.0910200000000001</v>
       </c>
       <c r="G14" s="7">
         <v>1.023485</v>
       </c>
       <c r="H14" s="7">
         <v>1.127265</v>
       </c>
       <c r="I14" s="7">
         <v>1.1068309999999999</v>
       </c>
       <c r="J14" s="7">
         <v>1.207057</v>
       </c>
       <c r="K14" s="7">
         <v>1.258934</v>
       </c>
       <c r="L14" s="7">
         <v>1.2222999999999999</v>
       </c>
       <c r="M14" s="7">
         <v>1.2109190000000001</v>
       </c>
       <c r="N14" s="7">
         <v>1.2916110000000001</v>
       </c>
       <c r="O14" s="7">
         <v>1.5951679999999999</v>
       </c>
       <c r="P14" s="8">
         <v>15.193383000000001</v>
       </c>
     </row>
-    <row r="15" spans="1:16" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B15" s="25"/>
+    <row r="15" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="28"/>
+      <c r="B15" s="28"/>
       <c r="C15" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D15" s="7">
         <v>74.053139999999999</v>
       </c>
       <c r="E15" s="7">
-        <v>75.421724999999</v>
+        <v>75.421724999999995</v>
       </c>
       <c r="F15" s="7">
-        <v>89.657542999998995</v>
+        <v>89.657543000000004</v>
       </c>
       <c r="G15" s="7">
         <v>84.006919999999994</v>
       </c>
       <c r="H15" s="7">
         <v>89.222036000000003</v>
       </c>
       <c r="I15" s="7">
         <v>89.030545000000004</v>
       </c>
       <c r="J15" s="7">
         <v>73.851742000000002</v>
       </c>
       <c r="K15" s="7">
         <v>86.347249000000005</v>
       </c>
       <c r="L15" s="7">
         <v>76.319756999999996</v>
       </c>
       <c r="M15" s="7">
         <v>90.888527999998999</v>
       </c>
       <c r="N15" s="7">
         <v>96.696657000000002</v>
       </c>
       <c r="O15" s="7">
         <v>83.633031999999005</v>
       </c>
       <c r="P15" s="8">
         <v>1009.128874</v>
       </c>
     </row>
-    <row r="16" spans="1:16" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B16" s="26"/>
+    <row r="16" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="28"/>
+      <c r="B16" s="29"/>
       <c r="C16" s="9" t="s">
         <v>31</v>
       </c>
       <c r="D16" s="11">
         <v>75.730734999999996</v>
       </c>
       <c r="E16" s="11">
-        <v>76.802922999998998</v>
+        <v>76.802923000000007</v>
       </c>
       <c r="F16" s="11">
-        <v>90.748562999998995</v>
+        <v>90.748563000000004</v>
       </c>
       <c r="G16" s="11">
         <v>85.030405000000002</v>
       </c>
       <c r="H16" s="11">
         <v>90.349300999999997</v>
       </c>
       <c r="I16" s="11">
         <v>90.137376000000003</v>
       </c>
       <c r="J16" s="11">
         <v>75.058798999999993</v>
       </c>
       <c r="K16" s="11">
         <v>87.606183000000001</v>
       </c>
       <c r="L16" s="11">
         <v>77.542057</v>
       </c>
       <c r="M16" s="11">
         <v>92.099446999999003</v>
       </c>
       <c r="N16" s="11">
         <v>97.988268000000005</v>
       </c>
       <c r="O16" s="11">
         <v>85.228199999999006</v>
       </c>
       <c r="P16" s="12">
         <v>1024.322257</v>
       </c>
     </row>
-    <row r="17" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A17" s="40"/>
+    <row r="17" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="28"/>
       <c r="B17" s="27" t="s">
         <v>32</v>
       </c>
       <c r="C17" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D17" s="6"/>
       <c r="E17" s="6"/>
       <c r="F17" s="6"/>
       <c r="G17" s="6"/>
       <c r="H17" s="6"/>
       <c r="I17" s="7">
         <v>1.6E-2</v>
       </c>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="6"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="8">
         <v>1.6E-2</v>
       </c>
     </row>
-    <row r="18" spans="1:16" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B18" s="25"/>
+    <row r="18" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="28"/>
+      <c r="B18" s="28"/>
       <c r="C18" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D18" s="7">
         <v>11.901672</v>
       </c>
       <c r="E18" s="7">
         <v>10.260134000000001</v>
       </c>
       <c r="F18" s="7">
         <v>10.552576999999999</v>
       </c>
       <c r="G18" s="7">
         <v>9.8016609999989992</v>
       </c>
       <c r="H18" s="7">
         <v>9.2204439999990004</v>
       </c>
       <c r="I18" s="7">
         <v>10.286809999999999</v>
       </c>
       <c r="J18" s="7">
         <v>10.493271</v>
       </c>
       <c r="K18" s="7">
         <v>11.305524999999999</v>
       </c>
       <c r="L18" s="7">
         <v>9.7388870000000001</v>
       </c>
       <c r="M18" s="7">
         <v>10.307105999999999</v>
       </c>
       <c r="N18" s="7">
         <v>10.143894</v>
       </c>
       <c r="O18" s="7">
         <v>12.772116</v>
       </c>
       <c r="P18" s="8">
         <v>126.784097</v>
       </c>
     </row>
-    <row r="19" spans="1:16" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B19" s="25"/>
+    <row r="19" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="28"/>
+      <c r="B19" s="28"/>
       <c r="C19" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D19" s="7">
         <v>67.441770000000005</v>
       </c>
       <c r="E19" s="7">
         <v>60.342382999999998</v>
       </c>
       <c r="F19" s="7">
         <v>66.087337000000005</v>
       </c>
       <c r="G19" s="7">
         <v>58.973799999999997</v>
       </c>
       <c r="H19" s="7">
         <v>58.038878999999</v>
       </c>
       <c r="I19" s="7">
-        <v>62.699084999999997</v>
+        <v>62.699084999999002</v>
       </c>
       <c r="J19" s="7">
         <v>60.534818000000001</v>
       </c>
       <c r="K19" s="7">
         <v>64.934607999999997</v>
       </c>
       <c r="L19" s="7">
         <v>58.369430999999999</v>
       </c>
       <c r="M19" s="7">
-        <v>62.768180999999998</v>
+        <v>62.768180999998997</v>
       </c>
       <c r="N19" s="7">
-        <v>60.001708999999003</v>
+        <v>60.001708999999998</v>
       </c>
       <c r="O19" s="7">
         <v>71.537558999999007</v>
       </c>
       <c r="P19" s="8">
-        <v>751.72956000000204</v>
-[...4 lines deleted...]
-      <c r="B20" s="26"/>
+        <v>751.72956000000102</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="28"/>
+      <c r="B20" s="29"/>
       <c r="C20" s="9" t="s">
         <v>36</v>
       </c>
       <c r="D20" s="11">
         <v>79.343441999999996</v>
       </c>
       <c r="E20" s="11">
         <v>70.602517000000006</v>
       </c>
       <c r="F20" s="11">
         <v>76.639914000000005</v>
       </c>
       <c r="G20" s="11">
         <v>68.775461000000007</v>
       </c>
       <c r="H20" s="11">
         <v>67.259322999999</v>
       </c>
       <c r="I20" s="11">
-        <v>73.001895000000005</v>
+        <v>73.001894999998996</v>
       </c>
       <c r="J20" s="11">
         <v>71.028088999999994</v>
       </c>
       <c r="K20" s="11">
         <v>76.240133</v>
       </c>
       <c r="L20" s="11">
         <v>68.108317999999997</v>
       </c>
       <c r="M20" s="11">
         <v>73.075286999998994</v>
       </c>
       <c r="N20" s="11">
-        <v>70.145602999998999</v>
+        <v>70.145602999999994</v>
       </c>
       <c r="O20" s="11">
-        <v>84.309674999999999</v>
+        <v>84.309674999999004</v>
       </c>
       <c r="P20" s="12">
-        <v>878.52965700000198</v>
-[...3 lines deleted...]
-      <c r="A21" s="40"/>
+        <v>878.52965700000095</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="28"/>
       <c r="B21" s="27" t="s">
         <v>37</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>38</v>
       </c>
       <c r="D21" s="7">
         <v>0.18973300000000001</v>
       </c>
       <c r="E21" s="7">
         <v>0.22947699999999999</v>
       </c>
       <c r="F21" s="7">
         <v>0.213588</v>
       </c>
       <c r="G21" s="7">
         <v>0.209338</v>
       </c>
       <c r="H21" s="7">
         <v>0.412881</v>
       </c>
       <c r="I21" s="7">
         <v>0.51240799999999997</v>
       </c>
       <c r="J21" s="7">
         <v>0.53115400000000002</v>
       </c>
       <c r="K21" s="7">
         <v>0.49792700000000001</v>
       </c>
       <c r="L21" s="7">
         <v>0.34421000000000002</v>
       </c>
       <c r="M21" s="7">
         <v>0.232821</v>
       </c>
       <c r="N21" s="7">
         <v>0.235323</v>
       </c>
       <c r="O21" s="7">
         <v>0.171183</v>
       </c>
       <c r="P21" s="8">
         <v>3.780043</v>
       </c>
     </row>
-    <row r="22" spans="1:16" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B22" s="26"/>
+    <row r="22" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="28"/>
+      <c r="B22" s="29"/>
       <c r="C22" s="9" t="s">
         <v>39</v>
       </c>
       <c r="D22" s="11">
         <v>0.18973300000000001</v>
       </c>
       <c r="E22" s="11">
         <v>0.22947699999999999</v>
       </c>
       <c r="F22" s="11">
         <v>0.213588</v>
       </c>
       <c r="G22" s="11">
         <v>0.209338</v>
       </c>
       <c r="H22" s="11">
         <v>0.412881</v>
       </c>
       <c r="I22" s="11">
         <v>0.51240799999999997</v>
       </c>
       <c r="J22" s="11">
         <v>0.53115400000000002</v>
       </c>
       <c r="K22" s="11">
         <v>0.49792700000000001</v>
       </c>
       <c r="L22" s="11">
         <v>0.34421000000000002</v>
       </c>
       <c r="M22" s="11">
         <v>0.232821</v>
       </c>
       <c r="N22" s="11">
         <v>0.235323</v>
       </c>
       <c r="O22" s="11">
         <v>0.171183</v>
       </c>
       <c r="P22" s="12">
         <v>3.780043</v>
       </c>
     </row>
-    <row r="23" spans="1:16" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B23" s="28" t="s">
+    <row r="23" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="29"/>
+      <c r="B23" s="30" t="s">
         <v>40</v>
       </c>
-      <c r="C23" s="29"/>
+      <c r="C23" s="31"/>
       <c r="D23" s="11">
         <v>155.26391000000001</v>
       </c>
       <c r="E23" s="11">
         <v>147.634917</v>
       </c>
       <c r="F23" s="11">
         <v>167.60206500000001</v>
       </c>
       <c r="G23" s="11">
         <v>154.01520400000001</v>
       </c>
       <c r="H23" s="11">
         <v>158.02150499999999</v>
       </c>
       <c r="I23" s="11">
-        <v>163.651679000001</v>
+        <v>163.651679</v>
       </c>
       <c r="J23" s="11">
         <v>146.618042000001</v>
       </c>
       <c r="K23" s="11">
-        <v>164.344243000001</v>
+        <v>164.34424300000001</v>
       </c>
       <c r="L23" s="11">
         <v>145.994585</v>
       </c>
       <c r="M23" s="11">
         <v>165.407555</v>
       </c>
       <c r="N23" s="11">
         <v>168.36919399999999</v>
       </c>
       <c r="O23" s="11">
         <v>169.709058</v>
       </c>
       <c r="P23" s="12">
         <v>1906.6319570000001</v>
       </c>
     </row>
-    <row r="24" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A24" s="39" t="s">
+    <row r="24" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="47" t="s">
         <v>41</v>
       </c>
       <c r="B24" s="27" t="s">
         <v>42</v>
       </c>
       <c r="C24" s="5" t="s">
         <v>43</v>
       </c>
       <c r="D24" s="7">
         <v>1.257692</v>
       </c>
       <c r="E24" s="7">
         <v>1.44076</v>
       </c>
       <c r="F24" s="7">
         <v>1.841248</v>
       </c>
       <c r="G24" s="7">
         <v>1.638978</v>
       </c>
       <c r="H24" s="7">
         <v>2.550106</v>
       </c>
       <c r="I24" s="7">
         <v>3.1710349999999998</v>
       </c>
       <c r="J24" s="7">
         <v>3.1193460000000002</v>
       </c>
       <c r="K24" s="7">
         <v>3.5639690000000002</v>
       </c>
       <c r="L24" s="7">
         <v>3.1865790000000001</v>
       </c>
       <c r="M24" s="7">
         <v>2.563374</v>
       </c>
       <c r="N24" s="7">
         <v>2.385024</v>
       </c>
       <c r="O24" s="7">
         <v>1.8542069999999999</v>
       </c>
       <c r="P24" s="8">
         <v>28.572317999999999</v>
       </c>
     </row>
-    <row r="25" spans="1:16" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B25" s="25"/>
+    <row r="25" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="28"/>
+      <c r="B25" s="28"/>
       <c r="C25" s="5" t="s">
         <v>44</v>
       </c>
       <c r="D25" s="7">
         <v>1.785247</v>
       </c>
       <c r="E25" s="7">
         <v>1.6522699999999999</v>
       </c>
       <c r="F25" s="7">
         <v>1.7960039999999999</v>
       </c>
       <c r="G25" s="7">
         <v>1.7659419999999999</v>
       </c>
       <c r="H25" s="7">
         <v>2.1068180000000001</v>
       </c>
       <c r="I25" s="7">
         <v>1.948027</v>
       </c>
       <c r="J25" s="7">
         <v>1.912909</v>
       </c>
       <c r="K25" s="7">
         <v>2.0909330000000002</v>
       </c>
       <c r="L25" s="7">
         <v>1.7531939999999999</v>
       </c>
       <c r="M25" s="7">
         <v>1.7633700000000001</v>
       </c>
       <c r="N25" s="7">
         <v>1.7823180000000001</v>
       </c>
       <c r="O25" s="7">
         <v>1.4979530000000001</v>
       </c>
       <c r="P25" s="8">
         <v>21.854984999999999</v>
       </c>
     </row>
-    <row r="26" spans="1:16" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B26" s="26"/>
+    <row r="26" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="28"/>
+      <c r="B26" s="29"/>
       <c r="C26" s="9" t="s">
         <v>45</v>
       </c>
       <c r="D26" s="11">
         <v>3.0429390000000001</v>
       </c>
       <c r="E26" s="11">
         <v>3.0930300000000002</v>
       </c>
       <c r="F26" s="11">
         <v>3.6372520000000002</v>
       </c>
       <c r="G26" s="11">
         <v>3.4049200000000002</v>
       </c>
       <c r="H26" s="11">
         <v>4.6569240000000001</v>
       </c>
       <c r="I26" s="11">
         <v>5.1190619999999996</v>
       </c>
       <c r="J26" s="11">
         <v>5.0322550000000001</v>
       </c>
       <c r="K26" s="11">
         <v>5.6549019999999999</v>
       </c>
       <c r="L26" s="11">
         <v>4.9397729999999997</v>
       </c>
       <c r="M26" s="11">
         <v>4.3267439999999997</v>
       </c>
       <c r="N26" s="11">
         <v>4.1673419999999997</v>
       </c>
       <c r="O26" s="11">
         <v>3.35216</v>
       </c>
       <c r="P26" s="12">
         <v>50.427303000000002</v>
       </c>
     </row>
-    <row r="27" spans="1:16" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B27" s="28" t="s">
+    <row r="27" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="29"/>
+      <c r="B27" s="30" t="s">
         <v>46</v>
       </c>
-      <c r="C27" s="29"/>
+      <c r="C27" s="31"/>
       <c r="D27" s="11">
         <v>3.0429390000000001</v>
       </c>
       <c r="E27" s="11">
         <v>3.0930300000000002</v>
       </c>
       <c r="F27" s="11">
         <v>3.6372520000000002</v>
       </c>
       <c r="G27" s="11">
         <v>3.4049200000000002</v>
       </c>
       <c r="H27" s="11">
         <v>4.6569240000000001</v>
       </c>
       <c r="I27" s="11">
         <v>5.1190619999999996</v>
       </c>
       <c r="J27" s="11">
         <v>5.0322550000000001</v>
       </c>
       <c r="K27" s="11">
         <v>5.6549019999999999</v>
       </c>
       <c r="L27" s="11">
         <v>4.9397729999999997</v>
       </c>
       <c r="M27" s="11">
         <v>4.3267439999999997</v>
       </c>
       <c r="N27" s="11">
         <v>4.1673419999999997</v>
       </c>
       <c r="O27" s="11">
         <v>3.35216</v>
       </c>
       <c r="P27" s="12">
         <v>50.427303000000002</v>
       </c>
     </row>
-    <row r="28" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A28" s="39" t="s">
+    <row r="28" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="47" t="s">
         <v>47</v>
       </c>
       <c r="B28" s="27" t="s">
         <v>48</v>
       </c>
       <c r="C28" s="5" t="s">
         <v>49</v>
       </c>
       <c r="D28" s="7">
         <v>0.173621</v>
       </c>
       <c r="E28" s="7">
         <v>0.11620999999999999</v>
       </c>
       <c r="F28" s="7">
         <v>0.170539</v>
       </c>
       <c r="G28" s="7">
         <v>0.169377</v>
       </c>
       <c r="H28" s="7">
         <v>0.11687699999999999</v>
       </c>
       <c r="I28" s="7">
         <v>0.160687</v>
       </c>
       <c r="J28" s="7">
         <v>0.17107800000000001</v>
       </c>
       <c r="K28" s="7">
         <v>0.15737799999999999</v>
       </c>
       <c r="L28" s="7">
         <v>0.19489699999999999</v>
       </c>
       <c r="M28" s="7">
         <v>0.15253800000000001</v>
       </c>
       <c r="N28" s="7">
         <v>0.18302499999999999</v>
       </c>
       <c r="O28" s="7">
         <v>0.174236</v>
       </c>
       <c r="P28" s="8">
         <v>1.940463</v>
       </c>
     </row>
-    <row r="29" spans="1:16" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B29" s="25"/>
+    <row r="29" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="28"/>
+      <c r="B29" s="28"/>
       <c r="C29" s="5" t="s">
         <v>50</v>
       </c>
       <c r="D29" s="7">
         <v>7.0650000000000001E-3</v>
       </c>
       <c r="E29" s="7">
         <v>3.3305000000000001E-2</v>
       </c>
       <c r="F29" s="7">
         <v>3.6346000000000003E-2</v>
       </c>
       <c r="G29" s="7">
         <v>2.6568000000000001E-2</v>
       </c>
       <c r="H29" s="7">
         <v>2.8298E-2</v>
       </c>
       <c r="I29" s="7">
         <v>7.5781000000000001E-2</v>
       </c>
       <c r="J29" s="7">
         <v>9.2999999999999992E-3</v>
       </c>
       <c r="K29" s="7">
         <v>5.5965000000000001E-2</v>
       </c>
       <c r="L29" s="7">
         <v>1.2533000000000001E-2</v>
       </c>
       <c r="M29" s="7">
         <v>4.8675999999999997E-2</v>
       </c>
       <c r="N29" s="7">
         <v>3.9877000000000003E-2</v>
       </c>
       <c r="O29" s="7">
         <v>5.6328999999999997E-2</v>
       </c>
       <c r="P29" s="8">
         <v>0.43004300000000001</v>
       </c>
     </row>
-    <row r="30" spans="1:16" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B30" s="26"/>
+    <row r="30" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="28"/>
+      <c r="B30" s="29"/>
       <c r="C30" s="9" t="s">
         <v>51</v>
       </c>
       <c r="D30" s="11">
         <v>0.18068600000000001</v>
       </c>
       <c r="E30" s="11">
         <v>0.14951500000000001</v>
       </c>
       <c r="F30" s="11">
         <v>0.20688500000000001</v>
       </c>
       <c r="G30" s="11">
         <v>0.19594500000000001</v>
       </c>
       <c r="H30" s="11">
         <v>0.145175</v>
       </c>
       <c r="I30" s="11">
         <v>0.23646800000000001</v>
       </c>
       <c r="J30" s="11">
         <v>0.18037800000000001</v>
       </c>
       <c r="K30" s="11">
         <v>0.213343</v>
       </c>
       <c r="L30" s="11">
         <v>0.20743</v>
       </c>
       <c r="M30" s="11">
         <v>0.201214</v>
       </c>
       <c r="N30" s="11">
         <v>0.22290199999999999</v>
       </c>
       <c r="O30" s="11">
         <v>0.23056499999999999</v>
       </c>
       <c r="P30" s="12">
         <v>2.3705059999999998</v>
       </c>
     </row>
-    <row r="31" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A31" s="40"/>
+    <row r="31" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="28"/>
       <c r="B31" s="27" t="s">
         <v>52</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>53</v>
       </c>
       <c r="D31" s="7">
         <v>4.9280000000000001E-3</v>
       </c>
       <c r="E31" s="7">
         <v>4.5669999999999999E-3</v>
       </c>
       <c r="F31" s="7">
         <v>5.9680000000000002E-3</v>
       </c>
       <c r="G31" s="7">
         <v>2.996E-3</v>
       </c>
       <c r="H31" s="7">
         <v>5.0629999999999998E-3</v>
       </c>
       <c r="I31" s="7">
         <v>1.6180000000000001E-3</v>
       </c>
       <c r="J31" s="7">
         <v>6.4929999999999996E-3</v>
       </c>
       <c r="K31" s="7">
         <v>9.0270000000000003E-3</v>
       </c>
       <c r="L31" s="7">
         <v>7.0109999999999999E-3</v>
       </c>
       <c r="M31" s="7">
         <v>4.1320000000000003E-3</v>
       </c>
       <c r="N31" s="7">
         <v>3.6640000000000002E-3</v>
       </c>
       <c r="O31" s="7">
         <v>6.0150000000000004E-3</v>
       </c>
       <c r="P31" s="8">
         <v>6.1482000000000002E-2</v>
       </c>
     </row>
-    <row r="32" spans="1:16" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B32" s="25"/>
+    <row r="32" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="28"/>
+      <c r="B32" s="28"/>
       <c r="C32" s="5" t="s">
         <v>54</v>
       </c>
       <c r="D32" s="7">
         <v>5.9400000000000002E-4</v>
       </c>
       <c r="E32" s="7">
         <v>1.0089999999999999E-3</v>
       </c>
       <c r="F32" s="7">
         <v>1.3320000000000001E-3</v>
       </c>
       <c r="G32" s="6"/>
       <c r="H32" s="6"/>
       <c r="I32" s="7">
         <v>1.542E-3</v>
       </c>
       <c r="J32" s="7">
         <v>5.1900000000000004E-4</v>
       </c>
       <c r="K32" s="7">
         <v>5.0500000000000002E-4</v>
       </c>
       <c r="L32" s="7">
         <v>5.0500000000000002E-4</v>
       </c>
       <c r="M32" s="7">
         <v>1.5E-3</v>
       </c>
       <c r="N32" s="7">
         <v>1.5E-3</v>
       </c>
       <c r="O32" s="7">
         <v>4.7699999999999999E-4</v>
       </c>
       <c r="P32" s="8">
         <v>9.4830000000000001E-3</v>
       </c>
     </row>
-    <row r="33" spans="1:16" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B33" s="26"/>
+    <row r="33" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="28"/>
+      <c r="B33" s="29"/>
       <c r="C33" s="9" t="s">
         <v>55</v>
       </c>
       <c r="D33" s="11">
         <v>5.522E-3</v>
       </c>
       <c r="E33" s="11">
         <v>5.5760000000000002E-3</v>
       </c>
       <c r="F33" s="11">
         <v>7.3000000000000001E-3</v>
       </c>
       <c r="G33" s="11">
         <v>2.996E-3</v>
       </c>
       <c r="H33" s="11">
         <v>5.0629999999999998E-3</v>
       </c>
       <c r="I33" s="11">
         <v>3.16E-3</v>
       </c>
       <c r="J33" s="11">
         <v>7.012E-3</v>
       </c>
       <c r="K33" s="11">
         <v>9.5320000000000005E-3</v>
       </c>
       <c r="L33" s="11">
         <v>7.5160000000000001E-3</v>
       </c>
       <c r="M33" s="11">
         <v>5.6319999999999999E-3</v>
       </c>
       <c r="N33" s="11">
         <v>5.1640000000000002E-3</v>
       </c>
       <c r="O33" s="11">
         <v>6.4920000000000004E-3</v>
       </c>
       <c r="P33" s="12">
         <v>7.0965E-2</v>
       </c>
     </row>
-    <row r="34" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A34" s="40"/>
+    <row r="34" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="28"/>
       <c r="B34" s="27" t="s">
         <v>56</v>
       </c>
       <c r="C34" s="5" t="s">
         <v>57</v>
       </c>
       <c r="D34" s="6"/>
       <c r="E34" s="7">
         <v>6.1149999999999998E-3</v>
       </c>
       <c r="F34" s="7">
         <v>4.2459999999999998E-3</v>
       </c>
       <c r="G34" s="7">
         <v>2.6199999999999999E-3</v>
       </c>
       <c r="H34" s="7">
         <v>2.343E-3</v>
       </c>
       <c r="I34" s="7">
         <v>1.1100000000000001E-3</v>
       </c>
       <c r="J34" s="7">
         <v>1.0369999999999999E-3</v>
       </c>
       <c r="K34" s="7">
         <v>1.0859999999999999E-3</v>
       </c>
       <c r="L34" s="7">
         <v>1.109E-3</v>
       </c>
       <c r="M34" s="7">
         <v>4.8700000000000002E-4</v>
       </c>
       <c r="N34" s="7">
         <v>1.9610000000000001E-3</v>
       </c>
       <c r="O34" s="7">
         <v>2.6519999999999998E-3</v>
       </c>
       <c r="P34" s="8">
         <v>2.4766E-2</v>
       </c>
     </row>
-    <row r="35" spans="1:16" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B35" s="26"/>
+    <row r="35" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="28"/>
+      <c r="B35" s="29"/>
       <c r="C35" s="9" t="s">
         <v>58</v>
       </c>
       <c r="D35" s="10"/>
       <c r="E35" s="11">
         <v>6.1149999999999998E-3</v>
       </c>
       <c r="F35" s="11">
         <v>4.2459999999999998E-3</v>
       </c>
       <c r="G35" s="11">
         <v>2.6199999999999999E-3</v>
       </c>
       <c r="H35" s="11">
         <v>2.343E-3</v>
       </c>
       <c r="I35" s="11">
         <v>1.1100000000000001E-3</v>
       </c>
       <c r="J35" s="11">
         <v>1.0369999999999999E-3</v>
       </c>
       <c r="K35" s="11">
         <v>1.0859999999999999E-3</v>
       </c>
       <c r="L35" s="11">
         <v>1.109E-3</v>
       </c>
       <c r="M35" s="11">
         <v>4.8700000000000002E-4</v>
       </c>
       <c r="N35" s="11">
         <v>1.9610000000000001E-3</v>
       </c>
       <c r="O35" s="11">
         <v>2.6519999999999998E-3</v>
       </c>
       <c r="P35" s="12">
         <v>2.4766E-2</v>
       </c>
     </row>
-    <row r="36" spans="1:16" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B36" s="28" t="s">
+    <row r="36" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="29"/>
+      <c r="B36" s="30" t="s">
         <v>59</v>
       </c>
-      <c r="C36" s="29"/>
+      <c r="C36" s="31"/>
       <c r="D36" s="11">
         <v>0.18620800000000001</v>
       </c>
       <c r="E36" s="11">
         <v>0.16120599999999999</v>
       </c>
       <c r="F36" s="11">
         <v>0.21843099999999999</v>
       </c>
       <c r="G36" s="11">
         <v>0.20156099999999999</v>
       </c>
       <c r="H36" s="11">
         <v>0.15258099999999999</v>
       </c>
       <c r="I36" s="11">
         <v>0.24073800000000001</v>
       </c>
       <c r="J36" s="11">
         <v>0.18842700000000001</v>
       </c>
       <c r="K36" s="11">
         <v>0.22396099999999999</v>
       </c>
       <c r="L36" s="11">
         <v>0.216055</v>
       </c>
       <c r="M36" s="11">
         <v>0.20733299999999999</v>
       </c>
       <c r="N36" s="11">
         <v>0.23002700000000001</v>
       </c>
       <c r="O36" s="11">
         <v>0.23970900000000001</v>
       </c>
       <c r="P36" s="12">
         <v>2.466237</v>
       </c>
     </row>
-    <row r="37" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A37" s="39" t="s">
+    <row r="37" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="47" t="s">
         <v>60</v>
       </c>
       <c r="B37" s="27" t="s">
         <v>61</v>
       </c>
       <c r="C37" s="5" t="s">
         <v>62</v>
       </c>
       <c r="D37" s="7">
-        <v>0.14074800000000001</v>
-[...3 lines deleted...]
-      </c>
+        <v>6.0920000000000002E-2</v>
+      </c>
+      <c r="E37" s="6"/>
       <c r="F37" s="7">
-        <v>0.204426</v>
+        <v>7.5359999999999996E-2</v>
       </c>
       <c r="G37" s="7">
-        <v>0.17076</v>
-[...1 lines deleted...]
-      <c r="H37" s="6"/>
+        <v>7.4980000000000005E-2</v>
+      </c>
+      <c r="H37" s="7">
+        <v>3.0089999999999999E-2</v>
+      </c>
       <c r="I37" s="6"/>
       <c r="J37" s="6"/>
-      <c r="K37" s="6"/>
-      <c r="L37" s="6"/>
+      <c r="K37" s="7">
+        <v>1.4880000000000001E-2</v>
+      </c>
+      <c r="L37" s="7">
+        <v>9.1160000000000005E-2</v>
+      </c>
       <c r="M37" s="6"/>
       <c r="N37" s="6"/>
       <c r="O37" s="6"/>
       <c r="P37" s="8">
-        <v>0.703461</v>
-[...5 lines deleted...]
-      <c r="C38" s="5" t="s">
+        <v>0.34738999999999998</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="28"/>
+      <c r="B38" s="29"/>
+      <c r="C38" s="9" t="s">
         <v>63</v>
       </c>
-      <c r="D38" s="7">
-[...42 lines deleted...]
-      <c r="C39" s="9" t="s">
+      <c r="D38" s="11">
+        <v>6.0920000000000002E-2</v>
+      </c>
+      <c r="E38" s="10"/>
+      <c r="F38" s="11">
+        <v>7.5359999999999996E-2</v>
+      </c>
+      <c r="G38" s="11">
+        <v>7.4980000000000005E-2</v>
+      </c>
+      <c r="H38" s="11">
+        <v>3.0089999999999999E-2</v>
+      </c>
+      <c r="I38" s="10"/>
+      <c r="J38" s="10"/>
+      <c r="K38" s="11">
+        <v>1.4880000000000001E-2</v>
+      </c>
+      <c r="L38" s="11">
+        <v>9.1160000000000005E-2</v>
+      </c>
+      <c r="M38" s="10"/>
+      <c r="N38" s="10"/>
+      <c r="O38" s="10"/>
+      <c r="P38" s="12">
+        <v>0.34738999999999998</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="29"/>
+      <c r="B39" s="30" t="s">
         <v>64</v>
       </c>
+      <c r="C39" s="31"/>
       <c r="D39" s="11">
-        <v>2.6856879999999999</v>
-[...3 lines deleted...]
-      </c>
+        <v>6.0920000000000002E-2</v>
+      </c>
+      <c r="E39" s="10"/>
       <c r="F39" s="11">
-        <v>4.9650299999999996</v>
+        <v>7.5359999999999996E-2</v>
       </c>
       <c r="G39" s="11">
-        <v>2.6192440000000001</v>
+        <v>7.4980000000000005E-2</v>
       </c>
       <c r="H39" s="11">
-        <v>3.2177220000000002</v>
-[...6 lines deleted...]
-      </c>
+        <v>3.0089999999999999E-2</v>
+      </c>
+      <c r="I39" s="10"/>
+      <c r="J39" s="10"/>
       <c r="K39" s="11">
-        <v>2.6612300000000002</v>
+        <v>1.4880000000000001E-2</v>
       </c>
       <c r="L39" s="11">
-        <v>3.1676220000000002</v>
-[...9 lines deleted...]
-      </c>
+        <v>9.1160000000000005E-2</v>
+      </c>
+      <c r="M39" s="10"/>
+      <c r="N39" s="10"/>
+      <c r="O39" s="10"/>
       <c r="P39" s="12">
-        <v>44.536760999999998</v>
-[...3 lines deleted...]
-      <c r="A40" s="40"/>
+        <v>0.34738999999999998</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="47" t="s">
+        <v>65</v>
+      </c>
       <c r="B40" s="27" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>66</v>
-[...18 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="D40" s="6"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="6"/>
+      <c r="G40" s="6"/>
+      <c r="H40" s="6"/>
+      <c r="I40" s="6"/>
       <c r="J40" s="7">
-        <v>0.33633099999999999</v>
-[...15 lines deleted...]
-      </c>
+        <v>9.9500000000000001E-4</v>
+      </c>
+      <c r="K40" s="6"/>
+      <c r="L40" s="6"/>
+      <c r="M40" s="6"/>
+      <c r="N40" s="6"/>
+      <c r="O40" s="6"/>
       <c r="P40" s="8">
-        <v>4.703805</v>
-[...4 lines deleted...]
-      <c r="B41" s="25"/>
+        <v>9.9500000000000001E-4</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="28"/>
+      <c r="B41" s="28"/>
       <c r="C41" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="D41" s="7">
+        <v>4.947E-3</v>
+      </c>
+      <c r="E41" s="7">
+        <v>1.9889999999999999E-3</v>
+      </c>
+      <c r="F41" s="6"/>
+      <c r="G41" s="7">
+        <v>4.0390000000000001E-3</v>
+      </c>
+      <c r="H41" s="7">
+        <v>5.0020000000000004E-3</v>
+      </c>
+      <c r="I41" s="6"/>
+      <c r="J41" s="7">
+        <v>5.0020000000000004E-3</v>
+      </c>
+      <c r="K41" s="6"/>
+      <c r="L41" s="7">
+        <v>5.9839999999999997E-3</v>
+      </c>
+      <c r="M41" s="6"/>
+      <c r="N41" s="6"/>
+      <c r="O41" s="7">
+        <v>5.1029999999999999E-3</v>
+      </c>
+      <c r="P41" s="8">
+        <v>3.2065999999999997E-2</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="28"/>
+      <c r="B42" s="28"/>
+      <c r="C42" s="5" t="s">
         <v>67</v>
       </c>
-      <c r="D41" s="7">
-[...137 lines deleted...]
-      </c>
+      <c r="D42" s="7">
+        <v>4.9109999999999996E-3</v>
+      </c>
+      <c r="E42" s="6"/>
+      <c r="F42" s="7">
+        <v>4.9150000000000001E-3</v>
+      </c>
+      <c r="G42" s="6"/>
+      <c r="H42" s="6"/>
+      <c r="I42" s="6"/>
+      <c r="J42" s="6"/>
+      <c r="K42" s="6"/>
+      <c r="L42" s="7">
+        <v>4.986E-3</v>
+      </c>
+      <c r="M42" s="6"/>
+      <c r="N42" s="6"/>
+      <c r="O42" s="6"/>
+      <c r="P42" s="8">
+        <v>1.4812000000000001E-2</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="28"/>
+      <c r="B43" s="28"/>
+      <c r="C43" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D43" s="6"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="6"/>
+      <c r="G43" s="7">
+        <v>8.149E-3</v>
+      </c>
+      <c r="H43" s="6"/>
+      <c r="I43" s="6"/>
+      <c r="J43" s="7">
+        <v>1.0002E-2</v>
+      </c>
+      <c r="K43" s="6"/>
+      <c r="L43" s="7">
+        <v>1.0003E-2</v>
+      </c>
+      <c r="M43" s="6"/>
+      <c r="N43" s="6"/>
+      <c r="O43" s="6"/>
+      <c r="P43" s="8">
+        <v>2.8153999999999998E-2</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="28"/>
+      <c r="B44" s="28"/>
       <c r="C44" s="5" t="s">
-        <v>72</v>
-[...4 lines deleted...]
-      <c r="E44" s="6"/>
+        <v>44</v>
+      </c>
+      <c r="D44" s="6"/>
+      <c r="E44" s="7">
+        <v>5.3510000000000002E-2</v>
+      </c>
       <c r="F44" s="7">
-        <v>7.5359999999999996E-2</v>
+        <v>0.29090700000000003</v>
       </c>
       <c r="G44" s="7">
-        <v>7.4980000000000005E-2</v>
+        <v>0.12812999999999999</v>
       </c>
       <c r="H44" s="7">
-        <v>3.0089999999999999E-2</v>
+        <v>5.3615999999999997E-2</v>
       </c>
       <c r="I44" s="6"/>
       <c r="J44" s="6"/>
-      <c r="K44" s="7">
-[...4 lines deleted...]
-      </c>
+      <c r="K44" s="6"/>
+      <c r="L44" s="6"/>
       <c r="M44" s="6"/>
-      <c r="N44" s="6"/>
+      <c r="N44" s="7">
+        <v>0.10347199999999999</v>
+      </c>
       <c r="O44" s="6"/>
       <c r="P44" s="8">
-        <v>0.34738999999999998</v>
-[...76 lines deleted...]
-      </c>
+        <v>0.62963499999999994</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="28"/>
+      <c r="B45" s="28"/>
+      <c r="C45" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D45" s="7">
+        <v>1.2E-4</v>
+      </c>
+      <c r="E45" s="7">
+        <v>9.8999999999999994E-5</v>
+      </c>
+      <c r="F45" s="7">
+        <v>2.9700000000000001E-4</v>
+      </c>
+      <c r="G45" s="7">
+        <v>5.9579999999999998E-3</v>
+      </c>
+      <c r="H45" s="7">
+        <v>2.0890000000000001E-3</v>
+      </c>
+      <c r="I45" s="7">
+        <v>9.2069999999999999E-3</v>
+      </c>
+      <c r="J45" s="6"/>
+      <c r="K45" s="7">
+        <v>7.9000000000000001E-4</v>
+      </c>
+      <c r="L45" s="7">
+        <v>1.16E-4</v>
+      </c>
+      <c r="M45" s="7">
+        <v>7.979E-3</v>
+      </c>
+      <c r="N45" s="7">
+        <v>9.0650000000000001E-3</v>
+      </c>
+      <c r="O45" s="7">
+        <v>4.1450000000000002E-3</v>
+      </c>
+      <c r="P45" s="8">
+        <v>3.9864999999999998E-2</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="28"/>
+      <c r="B46" s="28"/>
+      <c r="C46" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D46" s="7">
+        <v>7.6498999999999998E-2</v>
+      </c>
+      <c r="E46" s="7">
+        <v>6.6994999999999999E-2</v>
+      </c>
+      <c r="F46" s="7">
+        <v>8.3146999999999999E-2</v>
+      </c>
+      <c r="G46" s="7">
+        <v>7.6041999999999998E-2</v>
+      </c>
+      <c r="H46" s="7">
+        <v>7.3979000000000003E-2</v>
+      </c>
+      <c r="I46" s="7">
+        <v>5.4080000000000003E-2</v>
+      </c>
+      <c r="J46" s="7">
+        <v>8.1159999999999996E-2</v>
+      </c>
+      <c r="K46" s="7">
+        <v>0.11440500000000001</v>
+      </c>
+      <c r="L46" s="7">
+        <v>6.9048999999999999E-2</v>
+      </c>
+      <c r="M46" s="7">
+        <v>9.6819000000000002E-2</v>
+      </c>
+      <c r="N46" s="7">
+        <v>6.8334000000000006E-2</v>
+      </c>
+      <c r="O46" s="7">
+        <v>7.6543E-2</v>
+      </c>
+      <c r="P46" s="8">
+        <v>0.937052</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="28"/>
+      <c r="B47" s="28"/>
       <c r="C47" s="5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D47" s="6"/>
-      <c r="E47" s="6"/>
+      <c r="E47" s="7">
+        <v>7.4100000000000001E-4</v>
+      </c>
       <c r="F47" s="6"/>
       <c r="G47" s="6"/>
       <c r="H47" s="6"/>
       <c r="I47" s="6"/>
       <c r="J47" s="7">
-        <v>9.9500000000000001E-4</v>
+        <v>7.4100000000000001E-4</v>
       </c>
       <c r="K47" s="6"/>
       <c r="L47" s="6"/>
       <c r="M47" s="6"/>
       <c r="N47" s="6"/>
       <c r="O47" s="6"/>
       <c r="P47" s="8">
-        <v>9.9500000000000001E-4</v>
-[...4 lines deleted...]
-      <c r="B48" s="25"/>
+        <v>1.482E-3</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="28"/>
+      <c r="B48" s="28"/>
       <c r="C48" s="5" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="D48" s="7">
-        <v>4.947E-3</v>
+        <v>1.1821999999999999E-2</v>
       </c>
       <c r="E48" s="7">
-        <v>1.9889999999999999E-3</v>
+        <v>2.9719999999999998E-3</v>
       </c>
       <c r="F48" s="6"/>
       <c r="G48" s="7">
-        <v>4.0390000000000001E-3</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.9859999999999999E-3</v>
+      </c>
+      <c r="H48" s="6"/>
       <c r="I48" s="6"/>
       <c r="J48" s="7">
-        <v>5.0020000000000004E-3</v>
-[...5 lines deleted...]
-      <c r="M48" s="6"/>
+        <v>3.0049999999999999E-3</v>
+      </c>
+      <c r="K48" s="7">
+        <v>1.505E-3</v>
+      </c>
+      <c r="L48" s="6"/>
+      <c r="M48" s="7">
+        <v>2.97E-3</v>
+      </c>
       <c r="N48" s="6"/>
       <c r="O48" s="7">
-        <v>5.1029999999999999E-3</v>
+        <v>4.4400000000000004E-3</v>
       </c>
       <c r="P48" s="8">
-        <v>3.2065999999999997E-2</v>
-[...4 lines deleted...]
-      <c r="B49" s="25"/>
+        <v>2.9700000000000001E-2</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="28"/>
+      <c r="B49" s="28"/>
       <c r="C49" s="5" t="s">
-        <v>77</v>
-[...3 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="D49" s="6"/>
       <c r="E49" s="6"/>
-      <c r="F49" s="7">
-[...1 lines deleted...]
-      </c>
+      <c r="F49" s="6"/>
       <c r="G49" s="6"/>
       <c r="H49" s="6"/>
       <c r="I49" s="6"/>
       <c r="J49" s="6"/>
       <c r="K49" s="6"/>
-      <c r="L49" s="7">
-[...1 lines deleted...]
-      </c>
+      <c r="L49" s="6"/>
       <c r="M49" s="6"/>
       <c r="N49" s="6"/>
-      <c r="O49" s="6"/>
+      <c r="O49" s="7">
+        <v>0</v>
+      </c>
       <c r="P49" s="8">
-        <v>1.4812000000000001E-2</v>
-[...4 lines deleted...]
-      <c r="B50" s="25"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="28"/>
+      <c r="B50" s="28"/>
       <c r="C50" s="5" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      <c r="F50" s="6"/>
+        <v>35</v>
+      </c>
+      <c r="D50" s="7">
+        <v>5.3969999999999999E-3</v>
+      </c>
+      <c r="E50" s="7">
+        <v>3.3860000000000001E-3</v>
+      </c>
+      <c r="F50" s="7">
+        <v>1.1143999999999999E-2</v>
+      </c>
       <c r="G50" s="7">
-        <v>8.149E-3</v>
-[...2 lines deleted...]
-      <c r="I50" s="6"/>
+        <v>2.1719999999999999E-3</v>
+      </c>
+      <c r="H50" s="7">
+        <v>9.1350000000000008E-3</v>
+      </c>
+      <c r="I50" s="7">
+        <v>5.1409999999999997E-3</v>
+      </c>
       <c r="J50" s="7">
-        <v>1.0002E-2</v>
-[...1 lines deleted...]
-      <c r="K50" s="6"/>
+        <v>9.2270000000000008E-3</v>
+      </c>
+      <c r="K50" s="7">
+        <v>3.189E-3</v>
+      </c>
       <c r="L50" s="7">
-        <v>1.0003E-2</v>
-[...3 lines deleted...]
-      <c r="O50" s="6"/>
+        <v>1.1283E-2</v>
+      </c>
+      <c r="M50" s="7">
+        <v>6.3610000000000003E-3</v>
+      </c>
+      <c r="N50" s="7">
+        <v>6.2249999999999996E-3</v>
+      </c>
+      <c r="O50" s="7">
+        <v>1.023E-2</v>
+      </c>
       <c r="P50" s="8">
-        <v>2.8153999999999998E-2</v>
-[...252 lines deleted...]
-      <c r="P57" s="8">
         <v>8.2890000000000005E-2</v>
       </c>
     </row>
-    <row r="58" spans="1:16" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="D58" s="11">
+    <row r="51" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="28"/>
+      <c r="B51" s="29"/>
+      <c r="C51" s="9" t="s">
+        <v>69</v>
+      </c>
+      <c r="D51" s="11">
         <v>0.103696</v>
       </c>
-      <c r="E58" s="11">
+      <c r="E51" s="11">
         <v>0.129692</v>
       </c>
-      <c r="F58" s="11">
+      <c r="F51" s="11">
         <v>0.39040999999999998</v>
       </c>
-      <c r="G58" s="11">
+      <c r="G51" s="11">
         <v>0.22747600000000001</v>
       </c>
-      <c r="H58" s="11">
+      <c r="H51" s="11">
         <v>0.143821</v>
       </c>
-      <c r="I58" s="11">
+      <c r="I51" s="11">
         <v>6.8428000000000003E-2</v>
       </c>
-      <c r="J58" s="11">
+      <c r="J51" s="11">
         <v>0.11013199999999999</v>
       </c>
-      <c r="K58" s="11">
+      <c r="K51" s="11">
         <v>0.119889</v>
       </c>
-      <c r="L58" s="11">
+      <c r="L51" s="11">
         <v>0.101421</v>
       </c>
-      <c r="M58" s="11">
+      <c r="M51" s="11">
         <v>0.11412899999999999</v>
       </c>
-      <c r="N58" s="11">
+      <c r="N51" s="11">
         <v>0.18709600000000001</v>
       </c>
-      <c r="O58" s="11">
+      <c r="O51" s="11">
         <v>0.10046099999999999</v>
       </c>
-      <c r="P58" s="12">
+      <c r="P51" s="12">
         <v>1.796651</v>
       </c>
     </row>
+    <row r="52" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="29"/>
+      <c r="B52" s="30" t="s">
+        <v>70</v>
+      </c>
+      <c r="C52" s="31"/>
+      <c r="D52" s="11">
+        <v>0.103696</v>
+      </c>
+      <c r="E52" s="11">
+        <v>0.129692</v>
+      </c>
+      <c r="F52" s="11">
+        <v>0.39040999999999998</v>
+      </c>
+      <c r="G52" s="11">
+        <v>0.22747600000000001</v>
+      </c>
+      <c r="H52" s="11">
+        <v>0.143821</v>
+      </c>
+      <c r="I52" s="11">
+        <v>6.8428000000000003E-2</v>
+      </c>
+      <c r="J52" s="11">
+        <v>0.11013199999999999</v>
+      </c>
+      <c r="K52" s="11">
+        <v>0.119889</v>
+      </c>
+      <c r="L52" s="11">
+        <v>0.101421</v>
+      </c>
+      <c r="M52" s="11">
+        <v>0.11412899999999999</v>
+      </c>
+      <c r="N52" s="11">
+        <v>0.18709600000000001</v>
+      </c>
+      <c r="O52" s="11">
+        <v>0.10046099999999999</v>
+      </c>
+      <c r="P52" s="12">
+        <v>1.796651</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="32" t="s">
+        <v>71</v>
+      </c>
+      <c r="B53" s="33"/>
+      <c r="C53" s="34"/>
+      <c r="D53" s="13">
+        <v>171.25346500000001</v>
+      </c>
+      <c r="E53" s="13">
+        <v>163.82995500000001</v>
+      </c>
+      <c r="F53" s="13">
+        <v>187.572641</v>
+      </c>
+      <c r="G53" s="13">
+        <v>175.71258800000001</v>
+      </c>
+      <c r="H53" s="13">
+        <v>182.65542400000001</v>
+      </c>
+      <c r="I53" s="13">
+        <v>193.959833</v>
+      </c>
+      <c r="J53" s="13">
+        <v>176.28008500000101</v>
+      </c>
+      <c r="K53" s="13">
+        <v>192.91844800000001</v>
+      </c>
+      <c r="L53" s="13">
+        <v>172.138532</v>
+      </c>
+      <c r="M53" s="13">
+        <v>187.28813199999999</v>
+      </c>
+      <c r="N53" s="13">
+        <v>189.135775</v>
+      </c>
+      <c r="O53" s="13">
+        <v>188.562986</v>
+      </c>
+      <c r="P53" s="14">
+        <v>2181.3078639999999</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="26"/>
+      <c r="B54" s="26"/>
+      <c r="C54" s="26"/>
+      <c r="D54" s="26"/>
+      <c r="E54" s="26"/>
+      <c r="F54" s="26"/>
+      <c r="G54" s="26"/>
+      <c r="H54" s="26"/>
+      <c r="I54" s="26"/>
+      <c r="J54" s="26"/>
+      <c r="K54" s="26"/>
+      <c r="L54" s="26"/>
+      <c r="M54" s="26"/>
+      <c r="N54" s="26"/>
+      <c r="O54" s="26"/>
+      <c r="P54" s="26"/>
+    </row>
+    <row r="55" spans="1:16" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="26"/>
+      <c r="B55" s="26"/>
+      <c r="C55" s="26"/>
+      <c r="D55" s="26"/>
+      <c r="E55" s="26"/>
+      <c r="F55" s="26"/>
+      <c r="G55" s="26"/>
+      <c r="H55" s="26"/>
+      <c r="I55" s="26"/>
+      <c r="J55" s="26"/>
+      <c r="K55" s="26"/>
+      <c r="L55" s="26"/>
+      <c r="M55" s="26"/>
+      <c r="N55" s="26"/>
+      <c r="O55" s="26"/>
+      <c r="P55" s="26"/>
+    </row>
+    <row r="56" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="B56" s="23"/>
+      <c r="C56" s="23"/>
+      <c r="D56" s="23"/>
+      <c r="E56" s="23"/>
+      <c r="F56" s="23"/>
+      <c r="G56" s="23"/>
+      <c r="H56" s="23"/>
+      <c r="I56" s="23"/>
+      <c r="J56" s="23"/>
+      <c r="K56" s="23"/>
+      <c r="L56" s="23"/>
+      <c r="M56" s="23"/>
+      <c r="N56" s="23"/>
+      <c r="O56" s="23"/>
+      <c r="P56" s="24"/>
+    </row>
+    <row r="57" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="22" t="s">
+        <v>73</v>
+      </c>
+      <c r="B57" s="23"/>
+      <c r="C57" s="23"/>
+      <c r="D57" s="23"/>
+      <c r="E57" s="23"/>
+      <c r="F57" s="23"/>
+      <c r="G57" s="23"/>
+      <c r="H57" s="23"/>
+      <c r="I57" s="23"/>
+      <c r="J57" s="23"/>
+      <c r="K57" s="23"/>
+      <c r="L57" s="23"/>
+      <c r="M57" s="23"/>
+      <c r="N57" s="23"/>
+      <c r="O57" s="23"/>
+      <c r="P57" s="24"/>
+    </row>
     <row r="59" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A59" s="41"/>
-[...202 lines deleted...]
-      <c r="P67" s="33"/>
+      <c r="A59" s="25" t="s">
+        <v>74</v>
+      </c>
+      <c r="B59" s="26"/>
+      <c r="C59" s="26"/>
+      <c r="D59" s="26"/>
+      <c r="E59" s="26"/>
+      <c r="F59" s="26"/>
+      <c r="G59" s="26"/>
+      <c r="H59" s="26"/>
+      <c r="I59" s="26"/>
+      <c r="J59" s="26"/>
+      <c r="K59" s="26"/>
+      <c r="L59" s="26"/>
+      <c r="M59" s="26"/>
+      <c r="N59" s="26"/>
+      <c r="O59" s="26"/>
+      <c r="P59" s="26"/>
+    </row>
+    <row r="60" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A60" s="26"/>
+      <c r="B60" s="26"/>
+      <c r="C60" s="26"/>
+      <c r="D60" s="26"/>
+      <c r="E60" s="26"/>
+      <c r="F60" s="26"/>
+      <c r="G60" s="26"/>
+      <c r="H60" s="26"/>
+      <c r="I60" s="26"/>
+      <c r="J60" s="26"/>
+      <c r="K60" s="26"/>
+      <c r="L60" s="26"/>
+      <c r="M60" s="26"/>
+      <c r="N60" s="26"/>
+      <c r="O60" s="26"/>
+      <c r="P60" s="26"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
-  <mergeCells count="39">
-[...15 lines deleted...]
-    <mergeCell ref="B46:C46"/>
+  <mergeCells count="35">
+    <mergeCell ref="A2:G2"/>
+    <mergeCell ref="H1:P3"/>
+    <mergeCell ref="A4:C5"/>
+    <mergeCell ref="D4:O4"/>
+    <mergeCell ref="P4:P5"/>
+    <mergeCell ref="A6:A13"/>
+    <mergeCell ref="B6:B7"/>
+    <mergeCell ref="B8:B10"/>
+    <mergeCell ref="B11:B12"/>
+    <mergeCell ref="B13:C13"/>
+    <mergeCell ref="A14:A23"/>
+    <mergeCell ref="B14:B16"/>
+    <mergeCell ref="B17:B20"/>
+    <mergeCell ref="B21:B22"/>
+    <mergeCell ref="B23:C23"/>
     <mergeCell ref="A24:A27"/>
     <mergeCell ref="B24:B26"/>
     <mergeCell ref="B27:C27"/>
     <mergeCell ref="A28:A36"/>
     <mergeCell ref="B28:B30"/>
     <mergeCell ref="B31:B33"/>
     <mergeCell ref="B34:B35"/>
     <mergeCell ref="B36:C36"/>
-    <mergeCell ref="A14:A23"/>
-[...13 lines deleted...]
-    <mergeCell ref="P4:P5"/>
+    <mergeCell ref="A37:A39"/>
+    <mergeCell ref="B37:B38"/>
+    <mergeCell ref="B39:C39"/>
+    <mergeCell ref="A40:A52"/>
+    <mergeCell ref="B40:B51"/>
+    <mergeCell ref="B52:C52"/>
+    <mergeCell ref="A53:C53"/>
+    <mergeCell ref="A54:P55"/>
+    <mergeCell ref="A56:P56"/>
+    <mergeCell ref="A57:P57"/>
+    <mergeCell ref="A59:P59"/>
+    <mergeCell ref="A60:P60"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <customProperties>
     <customPr name="GUID" r:id="rId1"/>
   </customProperties>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{49E08C5A-7D15-4143-9AE4-9959507AE7A7}">
   <dimension ref="A1:N17"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+    <sheetView showGridLines="0" workbookViewId="0">
       <pane xSplit="3" ySplit="5" topLeftCell="D6" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
       <selection pane="bottomRight" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="15.7109375" customWidth="1"/>
     <col min="2" max="2" width="8.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="18.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="13" width="10" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="18.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
-        <v>91</v>
+        <v>80</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
-      <c r="G1" s="16"/>
-[...6 lines deleted...]
-      <c r="N1" s="16"/>
+      <c r="G1" s="36"/>
+      <c r="H1" s="36"/>
+      <c r="I1" s="36"/>
+      <c r="J1" s="36"/>
+      <c r="K1" s="36"/>
+      <c r="L1" s="36"/>
+      <c r="M1" s="36"/>
+      <c r="N1" s="36"/>
     </row>
     <row r="2" spans="1:14" x14ac:dyDescent="0.2">
-      <c r="A2" s="15" t="s">
-[...14 lines deleted...]
-      <c r="N2" s="16"/>
+      <c r="A2" s="35" t="s">
+        <v>79</v>
+      </c>
+      <c r="B2" s="36"/>
+      <c r="C2" s="36"/>
+      <c r="D2" s="36"/>
+      <c r="E2" s="36"/>
+      <c r="F2" s="36"/>
+      <c r="G2" s="36"/>
+      <c r="H2" s="36"/>
+      <c r="I2" s="36"/>
+      <c r="J2" s="36"/>
+      <c r="K2" s="36"/>
+      <c r="L2" s="36"/>
+      <c r="M2" s="36"/>
+      <c r="N2" s="36"/>
     </row>
     <row r="3" spans="1:14" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A3" s="3"/>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
-      <c r="G3" s="17"/>
-[...6 lines deleted...]
-      <c r="N3" s="17"/>
+      <c r="G3" s="37"/>
+      <c r="H3" s="37"/>
+      <c r="I3" s="37"/>
+      <c r="J3" s="37"/>
+      <c r="K3" s="37"/>
+      <c r="L3" s="37"/>
+      <c r="M3" s="37"/>
+      <c r="N3" s="37"/>
     </row>
     <row r="4" spans="1:14" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="19"/>
-[...2 lines deleted...]
-      <c r="D4" s="21" t="s">
+      <c r="A4" s="39"/>
+      <c r="B4" s="39"/>
+      <c r="C4" s="39"/>
+      <c r="D4" s="41" t="s">
         <v>2</v>
       </c>
-      <c r="E4" s="22"/>
-[...8 lines deleted...]
-      <c r="N4" s="54" t="s">
+      <c r="E4" s="42"/>
+      <c r="F4" s="42"/>
+      <c r="G4" s="42"/>
+      <c r="H4" s="42"/>
+      <c r="I4" s="42"/>
+      <c r="J4" s="42"/>
+      <c r="K4" s="42"/>
+      <c r="L4" s="42"/>
+      <c r="M4" s="43"/>
+      <c r="N4" s="44" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="20"/>
-[...1 lines deleted...]
-      <c r="C5" s="20"/>
+      <c r="A5" s="40"/>
+      <c r="B5" s="40"/>
+      <c r="C5" s="40"/>
       <c r="D5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H5" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I5" s="4" t="s">
         <v>9</v>
       </c>
       <c r="J5" s="4" t="s">
         <v>10</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>15</v>
       </c>
-      <c r="N5" s="53"/>
+      <c r="N5" s="45"/>
     </row>
     <row r="6" spans="1:14" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="24" t="s">
+      <c r="A6" s="47" t="s">
         <v>27</v>
       </c>
       <c r="B6" s="27" t="s">
-        <v>89</v>
+        <v>78</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="D6" s="52">
+      <c r="D6" s="21">
         <v>52.122965999999998</v>
       </c>
-      <c r="E6" s="52">
+      <c r="E6" s="21">
         <v>39.452359999999999</v>
       </c>
-      <c r="F6" s="52">
+      <c r="F6" s="21">
         <v>43.885005</v>
       </c>
-      <c r="G6" s="52">
+      <c r="G6" s="21">
         <v>12.136818999999999</v>
       </c>
-      <c r="H6" s="52">
+      <c r="H6" s="21">
         <v>20.363206000000002</v>
       </c>
-      <c r="I6" s="52">
+      <c r="I6" s="21">
         <v>23.504010000000001</v>
       </c>
-      <c r="J6" s="52">
+      <c r="J6" s="21">
         <v>6.6290579999999997</v>
       </c>
-      <c r="K6" s="52">
+      <c r="K6" s="21">
         <v>6.9957000000000005E-2</v>
       </c>
-      <c r="L6" s="52">
+      <c r="L6" s="21">
         <v>3.1049E-2</v>
       </c>
-      <c r="M6" s="52">
+      <c r="M6" s="21">
         <v>6.9545999999999997E-2</v>
       </c>
-      <c r="N6" s="50">
+      <c r="N6" s="19">
         <v>198.26397600000001</v>
       </c>
     </row>
     <row r="7" spans="1:14" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="25"/>
-      <c r="B7" s="26"/>
+      <c r="A7" s="28"/>
+      <c r="B7" s="29"/>
       <c r="C7" s="9" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="D7" s="49">
+        <v>77</v>
+      </c>
+      <c r="D7" s="18">
         <v>52.122965999999998</v>
       </c>
-      <c r="E7" s="49">
+      <c r="E7" s="18">
         <v>39.452359999999999</v>
       </c>
-      <c r="F7" s="49">
+      <c r="F7" s="18">
         <v>43.885005</v>
       </c>
-      <c r="G7" s="49">
+      <c r="G7" s="18">
         <v>12.136818999999999</v>
       </c>
-      <c r="H7" s="49">
+      <c r="H7" s="18">
         <v>20.363206000000002</v>
       </c>
-      <c r="I7" s="49">
+      <c r="I7" s="18">
         <v>23.504010000000001</v>
       </c>
-      <c r="J7" s="49">
+      <c r="J7" s="18">
         <v>6.6290579999999997</v>
       </c>
-      <c r="K7" s="49">
+      <c r="K7" s="18">
         <v>6.9957000000000005E-2</v>
       </c>
-      <c r="L7" s="49">
+      <c r="L7" s="18">
         <v>3.1049E-2</v>
       </c>
-      <c r="M7" s="49">
+      <c r="M7" s="18">
         <v>6.9545999999999997E-2</v>
       </c>
-      <c r="N7" s="48">
+      <c r="N7" s="17">
         <v>198.26397600000001</v>
       </c>
     </row>
     <row r="8" spans="1:14" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="26"/>
-      <c r="B8" s="28" t="s">
+      <c r="A8" s="29"/>
+      <c r="B8" s="30" t="s">
         <v>40</v>
       </c>
-      <c r="C8" s="29"/>
-      <c r="D8" s="49">
+      <c r="C8" s="31"/>
+      <c r="D8" s="18">
         <v>52.122965999999998</v>
       </c>
-      <c r="E8" s="49">
+      <c r="E8" s="18">
         <v>39.452359999999999</v>
       </c>
-      <c r="F8" s="49">
+      <c r="F8" s="18">
         <v>43.885005</v>
       </c>
-      <c r="G8" s="49">
+      <c r="G8" s="18">
         <v>12.136818999999999</v>
       </c>
-      <c r="H8" s="49">
+      <c r="H8" s="18">
         <v>20.363206000000002</v>
       </c>
-      <c r="I8" s="49">
+      <c r="I8" s="18">
         <v>23.504010000000001</v>
       </c>
-      <c r="J8" s="49">
+      <c r="J8" s="18">
         <v>6.6290579999999997</v>
       </c>
-      <c r="K8" s="49">
+      <c r="K8" s="18">
         <v>6.9957000000000005E-2</v>
       </c>
-      <c r="L8" s="49">
+      <c r="L8" s="18">
         <v>3.1049E-2</v>
       </c>
-      <c r="M8" s="49">
+      <c r="M8" s="18">
         <v>6.9545999999999997E-2</v>
       </c>
-      <c r="N8" s="48">
+      <c r="N8" s="17">
         <v>198.26397600000001</v>
       </c>
     </row>
     <row r="9" spans="1:14" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="24" t="s">
+      <c r="A9" s="47" t="s">
         <v>41</v>
       </c>
       <c r="B9" s="27" t="s">
         <v>42</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="D9" s="52">
+        <v>76</v>
+      </c>
+      <c r="D9" s="21">
         <v>2.3223340000000001</v>
       </c>
-      <c r="E9" s="52">
+      <c r="E9" s="21">
         <v>5.0170279999999998</v>
       </c>
-      <c r="F9" s="52">
+      <c r="F9" s="21">
         <v>5.2219439999999997</v>
       </c>
-      <c r="G9" s="51" t="s">
-[...2 lines deleted...]
-      <c r="H9" s="52">
+      <c r="G9" s="20" t="s">
+        <v>75</v>
+      </c>
+      <c r="H9" s="21">
         <v>5.6500130000000004</v>
       </c>
-      <c r="I9" s="52">
+      <c r="I9" s="21">
         <v>7.7911159999999997</v>
       </c>
-      <c r="J9" s="51" t="s">
-[...2 lines deleted...]
-      <c r="K9" s="52">
+      <c r="J9" s="20" t="s">
+        <v>75</v>
+      </c>
+      <c r="K9" s="21">
         <v>8.0444639999999996</v>
       </c>
-      <c r="L9" s="51" t="s">
-[...5 lines deleted...]
-      <c r="N9" s="50">
+      <c r="L9" s="20" t="s">
+        <v>75</v>
+      </c>
+      <c r="M9" s="20" t="s">
+        <v>75</v>
+      </c>
+      <c r="N9" s="19">
         <v>34.046899000000003</v>
       </c>
     </row>
     <row r="10" spans="1:14" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="25"/>
-      <c r="B10" s="26"/>
+      <c r="A10" s="28"/>
+      <c r="B10" s="29"/>
       <c r="C10" s="9" t="s">
         <v>45</v>
       </c>
-      <c r="D10" s="49">
+      <c r="D10" s="18">
         <v>2.3223340000000001</v>
       </c>
-      <c r="E10" s="49">
+      <c r="E10" s="18">
         <v>5.0170279999999998</v>
       </c>
-      <c r="F10" s="49">
+      <c r="F10" s="18">
         <v>5.2219439999999997</v>
       </c>
       <c r="G10" s="10"/>
-      <c r="H10" s="49">
+      <c r="H10" s="18">
         <v>5.6500130000000004</v>
       </c>
-      <c r="I10" s="49">
+      <c r="I10" s="18">
         <v>7.7911159999999997</v>
       </c>
       <c r="J10" s="10"/>
-      <c r="K10" s="49">
+      <c r="K10" s="18">
         <v>8.0444639999999996</v>
       </c>
       <c r="L10" s="10"/>
       <c r="M10" s="10"/>
-      <c r="N10" s="48">
+      <c r="N10" s="17">
         <v>34.046899000000003</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="26"/>
-      <c r="B11" s="28" t="s">
+      <c r="A11" s="29"/>
+      <c r="B11" s="30" t="s">
         <v>46</v>
       </c>
-      <c r="C11" s="29"/>
-      <c r="D11" s="49">
+      <c r="C11" s="31"/>
+      <c r="D11" s="18">
         <v>2.3223340000000001</v>
       </c>
-      <c r="E11" s="49">
+      <c r="E11" s="18">
         <v>5.0170279999999998</v>
       </c>
-      <c r="F11" s="49">
+      <c r="F11" s="18">
         <v>5.2219439999999997</v>
       </c>
       <c r="G11" s="10"/>
-      <c r="H11" s="49">
+      <c r="H11" s="18">
         <v>5.6500130000000004</v>
       </c>
-      <c r="I11" s="49">
+      <c r="I11" s="18">
         <v>7.7911159999999997</v>
       </c>
       <c r="J11" s="10"/>
-      <c r="K11" s="49">
+      <c r="K11" s="18">
         <v>8.0444639999999996</v>
       </c>
       <c r="L11" s="10"/>
       <c r="M11" s="10"/>
-      <c r="N11" s="48">
+      <c r="N11" s="17">
         <v>34.046899000000003</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="30" t="s">
-[...4 lines deleted...]
-      <c r="D12" s="47">
+      <c r="A12" s="32" t="s">
+        <v>71</v>
+      </c>
+      <c r="B12" s="33"/>
+      <c r="C12" s="34"/>
+      <c r="D12" s="16">
         <v>54.445300000000003</v>
       </c>
-      <c r="E12" s="47">
+      <c r="E12" s="16">
         <v>44.469388000000002</v>
       </c>
-      <c r="F12" s="47">
+      <c r="F12" s="16">
         <v>49.106949</v>
       </c>
-      <c r="G12" s="47">
+      <c r="G12" s="16">
         <v>12.136818999999999</v>
       </c>
-      <c r="H12" s="47">
+      <c r="H12" s="16">
         <v>26.013218999999999</v>
       </c>
-      <c r="I12" s="47">
+      <c r="I12" s="16">
         <v>31.295126</v>
       </c>
-      <c r="J12" s="47">
+      <c r="J12" s="16">
         <v>6.6290579999999997</v>
       </c>
-      <c r="K12" s="47">
+      <c r="K12" s="16">
         <v>8.1144210000000001</v>
       </c>
-      <c r="L12" s="47">
+      <c r="L12" s="16">
         <v>3.1049E-2</v>
       </c>
-      <c r="M12" s="47">
+      <c r="M12" s="16">
         <v>6.9545999999999997E-2</v>
       </c>
-      <c r="N12" s="46">
+      <c r="N12" s="15">
         <v>232.31087500000001</v>
       </c>
     </row>
     <row r="13" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="33"/>
-[...12 lines deleted...]
-      <c r="N13" s="33"/>
+      <c r="A13" s="26"/>
+      <c r="B13" s="26"/>
+      <c r="C13" s="26"/>
+      <c r="D13" s="26"/>
+      <c r="E13" s="26"/>
+      <c r="F13" s="26"/>
+      <c r="G13" s="26"/>
+      <c r="H13" s="26"/>
+      <c r="I13" s="26"/>
+      <c r="J13" s="26"/>
+      <c r="K13" s="26"/>
+      <c r="L13" s="26"/>
+      <c r="M13" s="26"/>
+      <c r="N13" s="26"/>
     </row>
     <row r="14" spans="1:14" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="33"/>
-[...12 lines deleted...]
-      <c r="N14" s="33"/>
+      <c r="A14" s="26"/>
+      <c r="B14" s="26"/>
+      <c r="C14" s="26"/>
+      <c r="D14" s="26"/>
+      <c r="E14" s="26"/>
+      <c r="F14" s="26"/>
+      <c r="G14" s="26"/>
+      <c r="H14" s="26"/>
+      <c r="I14" s="26"/>
+      <c r="J14" s="26"/>
+      <c r="K14" s="26"/>
+      <c r="L14" s="26"/>
+      <c r="M14" s="26"/>
+      <c r="N14" s="26"/>
     </row>
     <row r="15" spans="1:14" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="45" t="s">
-[...14 lines deleted...]
-      <c r="N15" s="36"/>
+      <c r="A15" s="46" t="s">
+        <v>74</v>
+      </c>
+      <c r="B15" s="23"/>
+      <c r="C15" s="23"/>
+      <c r="D15" s="23"/>
+      <c r="E15" s="23"/>
+      <c r="F15" s="23"/>
+      <c r="G15" s="23"/>
+      <c r="H15" s="23"/>
+      <c r="I15" s="23"/>
+      <c r="J15" s="23"/>
+      <c r="K15" s="23"/>
+      <c r="L15" s="23"/>
+      <c r="M15" s="23"/>
+      <c r="N15" s="24"/>
     </row>
     <row r="17" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="33"/>
-[...12 lines deleted...]
-      <c r="N17" s="33"/>
+      <c r="A17" s="26"/>
+      <c r="B17" s="26"/>
+      <c r="C17" s="26"/>
+      <c r="D17" s="26"/>
+      <c r="E17" s="26"/>
+      <c r="F17" s="26"/>
+      <c r="G17" s="26"/>
+      <c r="H17" s="26"/>
+      <c r="I17" s="26"/>
+      <c r="J17" s="26"/>
+      <c r="K17" s="26"/>
+      <c r="L17" s="26"/>
+      <c r="M17" s="26"/>
+      <c r="N17" s="26"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="15">
-    <mergeCell ref="A2:F2"/>
-[...3 lines deleted...]
-    <mergeCell ref="N4:N5"/>
     <mergeCell ref="A12:C12"/>
     <mergeCell ref="A13:N14"/>
     <mergeCell ref="A15:N15"/>
     <mergeCell ref="A17:N17"/>
     <mergeCell ref="A6:A8"/>
     <mergeCell ref="B6:B7"/>
     <mergeCell ref="B8:C8"/>
     <mergeCell ref="A9:A11"/>
     <mergeCell ref="B9:B10"/>
     <mergeCell ref="B11:C11"/>
+    <mergeCell ref="A2:F2"/>
+    <mergeCell ref="G1:N3"/>
+    <mergeCell ref="A4:C5"/>
+    <mergeCell ref="D4:M4"/>
+    <mergeCell ref="N4:N5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <customProperties>
     <customPr name="GUID" r:id="rId1"/>
   </customProperties>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>