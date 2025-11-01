--- v0 (2025-10-11)
+++ v1 (2025-11-01)
@@ -1,67 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/customProperty2.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28324"/>
   <workbookPr defaultThemeVersion="123820"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\molle\Carpetas compartidas3\Planificación Comercial\MARIANA PUBLICA\Demandas WEB\VENTAS COMBUSTIBLES Merc.Int. - UTE\VENTAS MENSUALES Merc.Int._UTE\INFORMACION HISTÓRICA\INFORMACION HISTÓRICA_con_asfalto\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B9B07E0E-15AF-4BAC-AC03-104A79AC170E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-15" yWindow="-15" windowWidth="19530" windowHeight="4860" activeTab="1"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15990" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="MI_2019" sheetId="1" r:id="rId1"/>
     <sheet name="UTE_2019" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="0"/>
   <webPublishing codePage="1252"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="105" uniqueCount="79">
   <si>
     <t xml:space="preserve">Detalle de Ventas de Combustibles - Mercado Interno </t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>Total Año</t>
   </si>
   <si>
     <t>2019/01</t>
   </si>
   <si>
     <t>2019/02</t>
   </si>
   <si>
     <t>2019/03</t>
   </si>
   <si>
     <t>2019/04</t>
   </si>
   <si>
     <t>2019/05</t>
   </si>
   <si>
@@ -98,53 +106,50 @@
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>BUTANO</t>
     </r>
   </si>
   <si>
     <t>PROPANO</t>
   </si>
   <si>
-    <t>PROPANO INDUSTRIAL</t>
-[...1 lines deleted...]
-  <si>
     <t>SUPERGAS GRANEL</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>PROPANO</t>
     </r>
   </si>
   <si>
@@ -210,56 +215,50 @@
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>GAS OIL (1)</t>
     </r>
   </si>
   <si>
     <t>GASOLINAS (1)</t>
   </si>
   <si>
-    <t>PREMIUM 97 30-S</t>
-[...4 lines deleted...]
-  <si>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>GASOLINAS (1)</t>
     </r>
   </si>
   <si>
     <t>QUEROSENO</t>
   </si>
   <si>
@@ -462,137 +461,50 @@
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color rgb="FFFFFFFF"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color rgb="FFFFFFFF"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>SOLVENTES</t>
     </r>
   </si>
   <si>
-    <t>ASFALTOS</t>
-[...85 lines deleted...]
-  <si>
     <t>AZUFRE</t>
   </si>
   <si>
     <t>QUÍMICOS</t>
   </si>
   <si>
     <t>AZUFRE LÍQUIDO</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
@@ -658,112 +570,115 @@
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color rgb="FFFFFFFF"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color rgb="FFFFFFFF"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Consumo ANCAP y otros (2)</t>
     </r>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t xml:space="preserve"> Familia</t>
-[...7 lines deleted...]
-  <si>
     <t>(2) Incluye el consumo de ANCAP, ventas internas y donaciones.</t>
   </si>
   <si>
     <t>(1) Gasolinas y Gas Oil: puede incluir volúmenes de productos discontinuados.</t>
   </si>
   <si>
     <t>(en miles de m3 - corregidos a 15°C)</t>
   </si>
   <si>
     <t>informe elaborado y emitido por G.V.C.L. y E. - (P.C.)</t>
   </si>
   <si>
     <t xml:space="preserve">Detalle de Ventas de Combustibles - Mercado U.T.E. </t>
   </si>
   <si>
     <t>GAS OIL</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>GAS OIL</t>
     </r>
   </si>
   <si>
     <t>elaborado y emitido por G.V.C.L. y E. - (P.C.)</t>
   </si>
+  <si>
+    <t>(en miles de m3, corregidos a 15°C)</t>
+  </si>
+  <si>
+    <t>PROPANO INDUSTRIAL(GLP GRANEL)</t>
+  </si>
+  <si>
+    <t>PREMIUM 97</t>
+  </si>
+  <si>
+    <t>SUPER 95</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.000;\-#,##0.000;\ \ "/>
     <numFmt numFmtId="165" formatCode="#,##0.000;\-#,##0.000;\ "/>
     <numFmt numFmtId="166" formatCode="#,##0.000"/>
   </numFmts>
-  <fonts count="15" x14ac:knownFonts="1">
+  <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FFFFFFFF"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="8"/>
       <color rgb="FFFFFFFF"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color rgb="FF333399"/>
@@ -812,56 +727,50 @@
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color rgb="FFFFFFFF"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="10"/>
-[...4 lines deleted...]
-    <font>
       <i/>
       <sz val="7"/>
       <color theme="1"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="10">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF0F254C"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
@@ -873,51 +782,51 @@
       <patternFill patternType="solid">
         <fgColor rgb="FFE6E6E6"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF2F1F1"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF666699"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000080"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDFDFDF"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="22">
+  <borders count="23">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color rgb="FFFFC728"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FFC0C0C0"/>
       </left>
       <right/>
       <top style="medium">
         <color rgb="FFC0C0C0"/>
       </top>
       <bottom style="medium">
@@ -1066,70 +975,50 @@
         <color auto="1"/>
       </top>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color auto="1"/>
       </left>
       <right style="medium">
         <color auto="1"/>
       </right>
       <top style="medium">
         <color auto="1"/>
       </top>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
-      <top style="medium">
-[...18 lines deleted...]
-      <right/>
       <top/>
       <bottom style="medium">
         <color rgb="FFC0C0C0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color rgb="FFC0C0C0"/>
       </right>
       <top/>
       <bottom style="medium">
         <color rgb="FFC0C0C0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF93B1CD"/>
       </left>
       <right style="medium">
         <color rgb="FF93B1CD"/>
       </right>
       <top style="medium">
@@ -1140,229 +1029,279 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF93B1CD"/>
       </left>
       <right style="medium">
         <color rgb="FF93B1CD"/>
       </right>
       <top/>
       <bottom style="medium">
         <color rgb="FF93B1CD"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="medium">
+        <color rgb="FFCCCCCC"/>
+      </left>
+      <right style="medium">
+        <color rgb="FFCCCCCC"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color rgb="FFCCCCCC"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FFA2C4E0"/>
+      </left>
+      <right style="medium">
+        <color rgb="FFA2C4E0"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color rgb="FFA2C4E0"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FFC0C0C0"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color rgb="FFC0C0C0"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="62">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="10" xfId="0" applyFill="1" applyBorder="1"/>
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
-    </xf>
-[...31 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="7" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="166" fontId="11" fillId="3" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="166" fontId="10" fillId="6" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="166" fontId="11" fillId="6" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="166" fontId="10" fillId="9" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="166" fontId="11" fillId="9" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...21 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="4" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="6" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="9" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="4" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="8" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="4" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="18" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="19" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="3" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="3" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="165" fontId="10" fillId="6" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="6" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="16" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="20" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="21" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="8" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="21" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="15" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="16" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="10" fillId="9" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="9" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>14</xdr:col>
       <xdr:colOff>323850</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
       <xdr:colOff>666750</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="3 Imagen" descr="cid:image001.png@01CEF682.E79D4C30"/>
+        <xdr:cNvPr id="4" name="3 Imagen" descr="cid:image001.png@01CEF682.E79D4C30">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000004000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="12401550" y="190500"/>
           <a:ext cx="1009650" cy="228600"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -1370,51 +1309,57 @@
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>13</xdr:col>
       <xdr:colOff>314325</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>180975</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>552450</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>57150</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="1 Imagen" descr="cid:image001.png@01CEF682.E79D4C30"/>
+        <xdr:cNvPr id="2" name="1 Imagen" descr="cid:image001.png@01CEF682.E79D4C30">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="11725275" y="180975"/>
           <a:ext cx="1028700" cy="228600"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -1427,91 +1372,91 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1539,51 +1484,51 @@
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1709,3129 +1654,2815 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:P64"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:P58"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-      <pane xSplit="3" ySplit="5" topLeftCell="D44" activePane="bottomRight" state="frozen"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <pane xSplit="3" ySplit="5" topLeftCell="D6" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
-      <selection pane="bottomRight" activeCell="A59" sqref="A59:P60"/>
+      <selection pane="bottomRight" activeCell="S21" sqref="S21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="24.7109375" customWidth="1"/>
+    <col min="1" max="1" width="24.140625" customWidth="1"/>
     <col min="2" max="2" width="13.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="32.7109375" bestFit="1" customWidth="1"/>
     <col min="4" max="15" width="10" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="11.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="1" t="s">
+      <c r="A1" s="40" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
-      <c r="H1" s="12"/>
-[...7 lines deleted...]
-      <c r="P1" s="12"/>
+      <c r="H1" s="14"/>
+      <c r="I1" s="14"/>
+      <c r="J1" s="14"/>
+      <c r="K1" s="14"/>
+      <c r="L1" s="14"/>
+      <c r="M1" s="14"/>
+      <c r="N1" s="14"/>
+      <c r="O1" s="14"/>
+      <c r="P1" s="14"/>
     </row>
     <row r="2" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A2" s="43" t="s">
-[...16 lines deleted...]
-      <c r="P2" s="12"/>
+      <c r="A2" s="13" t="s">
+        <v>75</v>
+      </c>
+      <c r="B2" s="14"/>
+      <c r="C2" s="14"/>
+      <c r="D2" s="14"/>
+      <c r="E2" s="14"/>
+      <c r="F2" s="14"/>
+      <c r="G2" s="14"/>
+      <c r="H2" s="14"/>
+      <c r="I2" s="14"/>
+      <c r="J2" s="14"/>
+      <c r="K2" s="14"/>
+      <c r="L2" s="14"/>
+      <c r="M2" s="14"/>
+      <c r="N2" s="14"/>
+      <c r="O2" s="14"/>
+      <c r="P2" s="14"/>
     </row>
     <row r="3" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A3" s="3"/>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
-      <c r="H3" s="13"/>
-[...7 lines deleted...]
-      <c r="P3" s="13"/>
+      <c r="H3" s="35"/>
+      <c r="I3" s="35"/>
+      <c r="J3" s="35"/>
+      <c r="K3" s="35"/>
+      <c r="L3" s="35"/>
+      <c r="M3" s="35"/>
+      <c r="N3" s="35"/>
+      <c r="O3" s="35"/>
+      <c r="P3" s="35"/>
     </row>
     <row r="4" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="50" t="s">
-[...8 lines deleted...]
-      <c r="D4" s="45" t="s">
+      <c r="A4" s="41"/>
+      <c r="B4" s="36"/>
+      <c r="C4" s="36"/>
+      <c r="D4" s="15" t="s">
         <v>1</v>
       </c>
-      <c r="E4" s="46"/>
-[...10 lines deleted...]
-      <c r="P4" s="48" t="s">
+      <c r="E4" s="16"/>
+      <c r="F4" s="16"/>
+      <c r="G4" s="16"/>
+      <c r="H4" s="16"/>
+      <c r="I4" s="16"/>
+      <c r="J4" s="16"/>
+      <c r="K4" s="16"/>
+      <c r="L4" s="16"/>
+      <c r="M4" s="16"/>
+      <c r="N4" s="16"/>
+      <c r="O4" s="17"/>
+      <c r="P4" s="18" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="51"/>
-[...2 lines deleted...]
-      <c r="D5" s="4" t="s">
+      <c r="A5" s="37"/>
+      <c r="B5" s="37"/>
+      <c r="C5" s="37"/>
+      <c r="D5" s="42" t="s">
         <v>3</v>
       </c>
-      <c r="E5" s="4" t="s">
+      <c r="E5" s="42" t="s">
         <v>4</v>
       </c>
-      <c r="F5" s="4" t="s">
+      <c r="F5" s="42" t="s">
         <v>5</v>
       </c>
-      <c r="G5" s="4" t="s">
+      <c r="G5" s="42" t="s">
         <v>6</v>
       </c>
-      <c r="H5" s="4" t="s">
+      <c r="H5" s="42" t="s">
         <v>7</v>
       </c>
-      <c r="I5" s="4" t="s">
+      <c r="I5" s="42" t="s">
         <v>8</v>
       </c>
-      <c r="J5" s="4" t="s">
+      <c r="J5" s="42" t="s">
         <v>9</v>
       </c>
-      <c r="K5" s="4" t="s">
+      <c r="K5" s="42" t="s">
         <v>10</v>
       </c>
-      <c r="L5" s="4" t="s">
+      <c r="L5" s="42" t="s">
         <v>11</v>
       </c>
-      <c r="M5" s="4" t="s">
+      <c r="M5" s="42" t="s">
         <v>12</v>
       </c>
-      <c r="N5" s="4" t="s">
+      <c r="N5" s="42" t="s">
         <v>13</v>
       </c>
-      <c r="O5" s="4" t="s">
+      <c r="O5" s="42" t="s">
         <v>14</v>
       </c>
-      <c r="P5" s="49"/>
+      <c r="P5" s="19"/>
     </row>
     <row r="6" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="33" t="s">
+      <c r="A6" s="43" t="s">
         <v>15</v>
       </c>
-      <c r="B6" s="36" t="s">
+      <c r="B6" s="44" t="s">
         <v>16</v>
       </c>
-      <c r="C6" s="5" t="s">
+      <c r="C6" s="45" t="s">
         <v>17</v>
       </c>
-      <c r="D6" s="7">
+      <c r="D6" s="46">
         <v>9.4059999999999994E-3</v>
       </c>
-      <c r="E6" s="7">
+      <c r="E6" s="46">
         <v>4.4559999999999999E-3</v>
       </c>
-      <c r="F6" s="7">
+      <c r="F6" s="46">
         <v>6.0150000000000004E-3</v>
       </c>
-      <c r="G6" s="7">
+      <c r="G6" s="46">
         <v>7.7990000000000004E-3</v>
       </c>
-      <c r="H6" s="7">
+      <c r="H6" s="46">
         <v>1.0869999999999999E-2</v>
       </c>
-      <c r="I6" s="7">
+      <c r="I6" s="46">
         <v>8.8870000000000008E-3</v>
       </c>
-      <c r="J6" s="7">
+      <c r="J6" s="46">
         <v>5.8719999999999996E-3</v>
       </c>
-      <c r="K6" s="7">
+      <c r="K6" s="46">
         <v>9.3559999999999997E-3</v>
       </c>
-      <c r="L6" s="7">
+      <c r="L6" s="46">
         <v>9.0069999999999994E-3</v>
       </c>
-      <c r="M6" s="7">
+      <c r="M6" s="46">
         <v>5.0260000000000001E-3</v>
       </c>
-      <c r="N6" s="7">
+      <c r="N6" s="46">
         <v>5.5399999999999998E-3</v>
       </c>
-      <c r="O6" s="7">
+      <c r="O6" s="46">
         <v>8.8769999999999995E-3</v>
       </c>
-      <c r="P6" s="17">
+      <c r="P6" s="47">
         <v>9.1110999999999998E-2</v>
       </c>
     </row>
     <row r="7" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="34"/>
-[...1 lines deleted...]
-      <c r="C7" s="8" t="s">
+      <c r="A7" s="21"/>
+      <c r="B7" s="22"/>
+      <c r="C7" s="48" t="s">
         <v>18</v>
       </c>
-      <c r="D7" s="10">
+      <c r="D7" s="49">
         <v>9.4059999999999994E-3</v>
       </c>
-      <c r="E7" s="10">
+      <c r="E7" s="49">
         <v>4.4559999999999999E-3</v>
       </c>
-      <c r="F7" s="10">
+      <c r="F7" s="49">
         <v>6.0150000000000004E-3</v>
       </c>
-      <c r="G7" s="10">
+      <c r="G7" s="49">
         <v>7.7990000000000004E-3</v>
       </c>
-      <c r="H7" s="10">
+      <c r="H7" s="49">
         <v>1.0869999999999999E-2</v>
       </c>
-      <c r="I7" s="10">
+      <c r="I7" s="49">
         <v>8.8870000000000008E-3</v>
       </c>
-      <c r="J7" s="10">
+      <c r="J7" s="49">
         <v>5.8719999999999996E-3</v>
       </c>
-      <c r="K7" s="10">
+      <c r="K7" s="49">
         <v>9.3559999999999997E-3</v>
       </c>
-      <c r="L7" s="10">
+      <c r="L7" s="49">
         <v>9.0069999999999994E-3</v>
       </c>
-      <c r="M7" s="10">
+      <c r="M7" s="49">
         <v>5.0260000000000001E-3</v>
       </c>
-      <c r="N7" s="10">
+      <c r="N7" s="49">
         <v>5.5399999999999998E-3</v>
       </c>
-      <c r="O7" s="10">
+      <c r="O7" s="49">
         <v>8.8769999999999995E-3</v>
       </c>
-      <c r="P7" s="18">
+      <c r="P7" s="50">
         <v>9.1110999999999998E-2</v>
       </c>
     </row>
     <row r="8" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="34"/>
-      <c r="B8" s="36" t="s">
+      <c r="A8" s="21"/>
+      <c r="B8" s="44" t="s">
         <v>19</v>
       </c>
-      <c r="C8" s="5" t="s">
+      <c r="C8" s="45" t="s">
+        <v>76</v>
+      </c>
+      <c r="D8" s="46">
+        <v>0.35564699999999999</v>
+      </c>
+      <c r="E8" s="46">
+        <v>0.55107200000000001</v>
+      </c>
+      <c r="F8" s="46">
+        <v>0.68328800000000001</v>
+      </c>
+      <c r="G8" s="46">
+        <v>0.79090700000000003</v>
+      </c>
+      <c r="H8" s="46">
+        <v>0.84669000000000005</v>
+      </c>
+      <c r="I8" s="46">
+        <v>0.78832999999999998</v>
+      </c>
+      <c r="J8" s="46">
+        <v>0.73429900000000004</v>
+      </c>
+      <c r="K8" s="46">
+        <v>0.67077399999999998</v>
+      </c>
+      <c r="L8" s="46">
+        <v>0.64185800000000004</v>
+      </c>
+      <c r="M8" s="46">
+        <v>0.62888900000000003</v>
+      </c>
+      <c r="N8" s="46">
+        <v>0.45978400000000003</v>
+      </c>
+      <c r="O8" s="46">
+        <v>0.46096500000000001</v>
+      </c>
+      <c r="P8" s="47">
+        <v>7.6125030000000002</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="21"/>
+      <c r="B9" s="21"/>
+      <c r="C9" s="45" t="s">
         <v>20</v>
       </c>
-      <c r="D8" s="7">
-[...42 lines deleted...]
-      <c r="C9" s="5" t="s">
+      <c r="D9" s="46">
+        <v>2.6631300000000002</v>
+      </c>
+      <c r="E9" s="46">
+        <v>2.2203240000000002</v>
+      </c>
+      <c r="F9" s="46">
+        <v>3.5018389999999999</v>
+      </c>
+      <c r="G9" s="46">
+        <v>3.8640249999999998</v>
+      </c>
+      <c r="H9" s="46">
+        <v>4.3412740000000003</v>
+      </c>
+      <c r="I9" s="46">
+        <v>3.956286</v>
+      </c>
+      <c r="J9" s="46">
+        <v>4.5427770000000001</v>
+      </c>
+      <c r="K9" s="46">
+        <v>3.8718870000000001</v>
+      </c>
+      <c r="L9" s="46">
+        <v>3.1184509999999999</v>
+      </c>
+      <c r="M9" s="46">
+        <v>3.0904199999999999</v>
+      </c>
+      <c r="N9" s="46">
+        <v>2.5298989999999999</v>
+      </c>
+      <c r="O9" s="46">
+        <v>2.3262170000000002</v>
+      </c>
+      <c r="P9" s="47">
+        <v>40.026528999999996</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="21"/>
+      <c r="B10" s="22"/>
+      <c r="C10" s="48" t="s">
         <v>21</v>
       </c>
-      <c r="D9" s="7">
-[...42 lines deleted...]
-      <c r="C10" s="8" t="s">
+      <c r="D10" s="49">
+        <v>3.018777</v>
+      </c>
+      <c r="E10" s="49">
+        <v>2.7713960000000002</v>
+      </c>
+      <c r="F10" s="49">
+        <v>4.1851269999999996</v>
+      </c>
+      <c r="G10" s="49">
+        <v>4.6549319999999996</v>
+      </c>
+      <c r="H10" s="49">
+        <v>5.187964</v>
+      </c>
+      <c r="I10" s="49">
+        <v>4.7446159999999997</v>
+      </c>
+      <c r="J10" s="49">
+        <v>5.2770760000000001</v>
+      </c>
+      <c r="K10" s="49">
+        <v>4.5426609999999998</v>
+      </c>
+      <c r="L10" s="49">
+        <v>3.7603089999999999</v>
+      </c>
+      <c r="M10" s="49">
+        <v>3.719309</v>
+      </c>
+      <c r="N10" s="49">
+        <v>2.9896829999999999</v>
+      </c>
+      <c r="O10" s="49">
+        <v>2.787182</v>
+      </c>
+      <c r="P10" s="50">
+        <v>47.639032</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="21"/>
+      <c r="B11" s="44" t="s">
         <v>22</v>
       </c>
-      <c r="D10" s="10">
-[...41 lines deleted...]
-      <c r="B11" s="36" t="s">
+      <c r="C11" s="45" t="s">
+        <v>22</v>
+      </c>
+      <c r="D11" s="46">
+        <v>11.268715</v>
+      </c>
+      <c r="E11" s="46">
+        <v>9.553369</v>
+      </c>
+      <c r="F11" s="46">
+        <v>13.032487</v>
+      </c>
+      <c r="G11" s="46">
+        <v>12.521831000000001</v>
+      </c>
+      <c r="H11" s="46">
+        <v>17.971778</v>
+      </c>
+      <c r="I11" s="46">
+        <v>17.22334</v>
+      </c>
+      <c r="J11" s="46">
+        <v>25.308371000000001</v>
+      </c>
+      <c r="K11" s="46">
+        <v>21.942025000000001</v>
+      </c>
+      <c r="L11" s="46">
+        <v>16.963194000000001</v>
+      </c>
+      <c r="M11" s="46">
+        <v>15.076158</v>
+      </c>
+      <c r="N11" s="46">
+        <v>11.162165</v>
+      </c>
+      <c r="O11" s="46">
+        <v>11.605687</v>
+      </c>
+      <c r="P11" s="47">
+        <v>183.62912</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="21"/>
+      <c r="B12" s="22"/>
+      <c r="C12" s="48" t="s">
         <v>23</v>
       </c>
-      <c r="C11" s="5" t="s">
-[...2 lines deleted...]
-      <c r="D11" s="7">
+      <c r="D12" s="49">
         <v>11.268715</v>
       </c>
-      <c r="E11" s="7">
+      <c r="E12" s="49">
         <v>9.553369</v>
       </c>
-      <c r="F11" s="7">
+      <c r="F12" s="49">
         <v>13.032487</v>
       </c>
-      <c r="G11" s="7">
+      <c r="G12" s="49">
         <v>12.521831000000001</v>
       </c>
-      <c r="H11" s="7">
+      <c r="H12" s="49">
         <v>17.971778</v>
       </c>
-      <c r="I11" s="7">
+      <c r="I12" s="49">
         <v>17.22334</v>
       </c>
-      <c r="J11" s="7">
+      <c r="J12" s="49">
         <v>25.308371000000001</v>
       </c>
-      <c r="K11" s="7">
+      <c r="K12" s="49">
         <v>21.942025000000001</v>
       </c>
-      <c r="L11" s="7">
+      <c r="L12" s="49">
         <v>16.963194000000001</v>
       </c>
-      <c r="M11" s="7">
+      <c r="M12" s="49">
         <v>15.076158</v>
       </c>
-      <c r="N11" s="7">
+      <c r="N12" s="49">
         <v>11.162165</v>
       </c>
-      <c r="O11" s="7">
+      <c r="O12" s="49">
         <v>11.605687</v>
       </c>
-      <c r="P11" s="17">
+      <c r="P12" s="50">
         <v>183.62912</v>
       </c>
     </row>
-    <row r="12" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C12" s="8" t="s">
+    <row r="13" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="22"/>
+      <c r="B13" s="51" t="s">
         <v>24</v>
       </c>
-      <c r="D12" s="10">
-[...41 lines deleted...]
-      <c r="B13" s="37" t="s">
+      <c r="C13" s="52"/>
+      <c r="D13" s="49">
+        <v>14.296898000000001</v>
+      </c>
+      <c r="E13" s="49">
+        <v>12.329221</v>
+      </c>
+      <c r="F13" s="49">
+        <v>17.223628999999999</v>
+      </c>
+      <c r="G13" s="49">
+        <v>17.184562</v>
+      </c>
+      <c r="H13" s="49">
+        <v>23.170611999999998</v>
+      </c>
+      <c r="I13" s="49">
+        <v>21.976842999999999</v>
+      </c>
+      <c r="J13" s="49">
+        <v>30.591318999999999</v>
+      </c>
+      <c r="K13" s="49">
+        <v>26.494042</v>
+      </c>
+      <c r="L13" s="49">
+        <v>20.732510000000001</v>
+      </c>
+      <c r="M13" s="49">
+        <v>18.800492999999999</v>
+      </c>
+      <c r="N13" s="49">
+        <v>14.157387999999999</v>
+      </c>
+      <c r="O13" s="49">
+        <v>14.401745999999999</v>
+      </c>
+      <c r="P13" s="50">
+        <v>231.359263</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="43" t="s">
         <v>25</v>
       </c>
-      <c r="C13" s="38"/>
-[...41 lines deleted...]
-      <c r="A14" s="33" t="s">
+      <c r="B14" s="44" t="s">
         <v>26</v>
       </c>
-      <c r="B14" s="36" t="s">
+      <c r="C14" s="45" t="s">
         <v>27</v>
       </c>
-      <c r="C14" s="5" t="s">
+      <c r="D14" s="46">
+        <v>1.3327929999999999</v>
+      </c>
+      <c r="E14" s="46">
+        <v>0.99599299999900004</v>
+      </c>
+      <c r="F14" s="46">
+        <v>0.69737700000000002</v>
+      </c>
+      <c r="G14" s="46">
+        <v>0.74539500000000003</v>
+      </c>
+      <c r="H14" s="46">
+        <v>0.633548</v>
+      </c>
+      <c r="I14" s="46">
+        <v>0.66834000000000005</v>
+      </c>
+      <c r="J14" s="46">
+        <v>0.66119600000000001</v>
+      </c>
+      <c r="K14" s="46">
+        <v>0.68545900000000004</v>
+      </c>
+      <c r="L14" s="46">
+        <v>0.56841299999999995</v>
+      </c>
+      <c r="M14" s="46">
+        <v>0.77353700000000003</v>
+      </c>
+      <c r="N14" s="46">
+        <v>0.75784700000000005</v>
+      </c>
+      <c r="O14" s="46">
+        <v>0.87953499999999996</v>
+      </c>
+      <c r="P14" s="47">
+        <v>9.3994330000000001</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="21"/>
+      <c r="B15" s="21"/>
+      <c r="C15" s="45" t="s">
         <v>28</v>
       </c>
-      <c r="D14" s="7">
-[...42 lines deleted...]
-      <c r="C15" s="5" t="s">
+      <c r="D15" s="46">
+        <v>63.057505999999002</v>
+      </c>
+      <c r="E15" s="46">
+        <v>70.157561999999999</v>
+      </c>
+      <c r="F15" s="46">
+        <v>78.298755</v>
+      </c>
+      <c r="G15" s="46">
+        <v>87.609117999999995</v>
+      </c>
+      <c r="H15" s="46">
+        <v>83.139437999999004</v>
+      </c>
+      <c r="I15" s="46">
+        <v>63.754918000000004</v>
+      </c>
+      <c r="J15" s="46">
+        <v>72.323745000000002</v>
+      </c>
+      <c r="K15" s="46">
+        <v>75.044940999999</v>
+      </c>
+      <c r="L15" s="46">
+        <v>73.492262999999994</v>
+      </c>
+      <c r="M15" s="46">
+        <v>72.378426000000005</v>
+      </c>
+      <c r="N15" s="46">
+        <v>89.456175999999999</v>
+      </c>
+      <c r="O15" s="46">
+        <v>77.863915000000006</v>
+      </c>
+      <c r="P15" s="47">
+        <v>906.57676300000196</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="21"/>
+      <c r="B16" s="22"/>
+      <c r="C16" s="48" t="s">
         <v>29</v>
       </c>
-      <c r="D15" s="7">
-[...42 lines deleted...]
-      <c r="C16" s="8" t="s">
+      <c r="D16" s="49">
+        <v>64.390298999999004</v>
+      </c>
+      <c r="E16" s="49">
+        <v>71.153554999999997</v>
+      </c>
+      <c r="F16" s="49">
+        <v>78.996132000000003</v>
+      </c>
+      <c r="G16" s="49">
+        <v>88.354512999999997</v>
+      </c>
+      <c r="H16" s="49">
+        <v>83.772985999998994</v>
+      </c>
+      <c r="I16" s="49">
+        <v>64.423258000000004</v>
+      </c>
+      <c r="J16" s="49">
+        <v>72.984941000000006</v>
+      </c>
+      <c r="K16" s="49">
+        <v>75.730399999998994</v>
+      </c>
+      <c r="L16" s="49">
+        <v>74.060676000000001</v>
+      </c>
+      <c r="M16" s="49">
+        <v>73.151962999999995</v>
+      </c>
+      <c r="N16" s="49">
+        <v>90.214022999999997</v>
+      </c>
+      <c r="O16" s="49">
+        <v>78.743449999999996</v>
+      </c>
+      <c r="P16" s="50">
+        <v>915.97619600000201</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="21"/>
+      <c r="B17" s="44" t="s">
         <v>30</v>
       </c>
-      <c r="D16" s="10">
-[...41 lines deleted...]
-      <c r="B17" s="36" t="s">
+      <c r="C17" s="45" t="s">
+        <v>77</v>
+      </c>
+      <c r="D17" s="46">
+        <v>8.2530549999999998</v>
+      </c>
+      <c r="E17" s="46">
+        <v>7.6754549999990003</v>
+      </c>
+      <c r="F17" s="46">
+        <v>7.0811859999989997</v>
+      </c>
+      <c r="G17" s="46">
+        <v>7.5953790000000003</v>
+      </c>
+      <c r="H17" s="46">
+        <v>6.8122829999999999</v>
+      </c>
+      <c r="I17" s="46">
+        <v>6.1560920000000001</v>
+      </c>
+      <c r="J17" s="46">
+        <v>6.9550409999990004</v>
+      </c>
+      <c r="K17" s="46">
+        <v>7.1221230000000002</v>
+      </c>
+      <c r="L17" s="46">
+        <v>6.8228010000000001</v>
+      </c>
+      <c r="M17" s="46">
+        <v>7.5445919999999997</v>
+      </c>
+      <c r="N17" s="46">
+        <v>7.654153</v>
+      </c>
+      <c r="O17" s="46">
+        <v>9.2236689999999992</v>
+      </c>
+      <c r="P17" s="47">
+        <v>88.895829000000006</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="21"/>
+      <c r="B18" s="21"/>
+      <c r="C18" s="45" t="s">
+        <v>78</v>
+      </c>
+      <c r="D18" s="46">
+        <v>65.642111999999003</v>
+      </c>
+      <c r="E18" s="46">
+        <v>62.508263999999002</v>
+      </c>
+      <c r="F18" s="46">
+        <v>63.872349</v>
+      </c>
+      <c r="G18" s="46">
+        <v>65.576954999999998</v>
+      </c>
+      <c r="H18" s="46">
+        <v>62.373952999998998</v>
+      </c>
+      <c r="I18" s="46">
+        <v>55.875745000000002</v>
+      </c>
+      <c r="J18" s="46">
+        <v>63.451777999999997</v>
+      </c>
+      <c r="K18" s="46">
+        <v>64.322843000000006</v>
+      </c>
+      <c r="L18" s="46">
+        <v>62.145068999999999</v>
+      </c>
+      <c r="M18" s="46">
+        <v>66.267482999999999</v>
+      </c>
+      <c r="N18" s="46">
+        <v>67.593896000000001</v>
+      </c>
+      <c r="O18" s="46">
+        <v>74.153920999999997</v>
+      </c>
+      <c r="P18" s="47">
+        <v>773.784368000001</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="21"/>
+      <c r="B19" s="22"/>
+      <c r="C19" s="48" t="s">
         <v>31</v>
       </c>
-      <c r="C17" s="5" t="s">
+      <c r="D19" s="49">
+        <v>73.895166999999006</v>
+      </c>
+      <c r="E19" s="49">
+        <v>70.183718999999002</v>
+      </c>
+      <c r="F19" s="49">
+        <v>70.953535000000002</v>
+      </c>
+      <c r="G19" s="49">
+        <v>73.172334000000006</v>
+      </c>
+      <c r="H19" s="49">
+        <v>69.186235999998999</v>
+      </c>
+      <c r="I19" s="49">
+        <v>62.031837000000003</v>
+      </c>
+      <c r="J19" s="49">
+        <v>70.406818999999999</v>
+      </c>
+      <c r="K19" s="49">
+        <v>71.444965999999994</v>
+      </c>
+      <c r="L19" s="49">
+        <v>68.967870000000005</v>
+      </c>
+      <c r="M19" s="49">
+        <v>73.812074999999993</v>
+      </c>
+      <c r="N19" s="49">
+        <v>75.248048999999995</v>
+      </c>
+      <c r="O19" s="49">
+        <v>83.377589999999998</v>
+      </c>
+      <c r="P19" s="50">
+        <v>862.68019700000104</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="21"/>
+      <c r="B20" s="44" t="s">
         <v>32</v>
       </c>
-      <c r="D17" s="7">
-[...42 lines deleted...]
-      <c r="C18" s="5" t="s">
+      <c r="C20" s="45" t="s">
         <v>33</v>
       </c>
-      <c r="D18" s="7">
-[...42 lines deleted...]
-      <c r="C19" s="8" t="s">
+      <c r="D20" s="46">
+        <v>0.303012</v>
+      </c>
+      <c r="E20" s="46">
+        <v>0.30407899999999999</v>
+      </c>
+      <c r="F20" s="46">
+        <v>0.31730000000000003</v>
+      </c>
+      <c r="G20" s="46">
+        <v>0.43271199999999999</v>
+      </c>
+      <c r="H20" s="46">
+        <v>0.60286799999999996</v>
+      </c>
+      <c r="I20" s="46">
+        <v>0.643791</v>
+      </c>
+      <c r="J20" s="46">
+        <v>0.96275200000000005</v>
+      </c>
+      <c r="K20" s="46">
+        <v>0.801709</v>
+      </c>
+      <c r="L20" s="46">
+        <v>0.52384399999999998</v>
+      </c>
+      <c r="M20" s="46">
+        <v>0.43071999999999999</v>
+      </c>
+      <c r="N20" s="46">
+        <v>0.31584099999999998</v>
+      </c>
+      <c r="O20" s="46">
+        <v>0.257386</v>
+      </c>
+      <c r="P20" s="47">
+        <v>5.8960140000000001</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="21"/>
+      <c r="B21" s="22"/>
+      <c r="C21" s="48" t="s">
         <v>34</v>
       </c>
-      <c r="D19" s="10">
-[...41 lines deleted...]
-      <c r="B20" s="36" t="s">
+      <c r="D21" s="49">
+        <v>0.303012</v>
+      </c>
+      <c r="E21" s="49">
+        <v>0.30407899999999999</v>
+      </c>
+      <c r="F21" s="49">
+        <v>0.31730000000000003</v>
+      </c>
+      <c r="G21" s="49">
+        <v>0.43271199999999999</v>
+      </c>
+      <c r="H21" s="49">
+        <v>0.60286799999999996</v>
+      </c>
+      <c r="I21" s="49">
+        <v>0.643791</v>
+      </c>
+      <c r="J21" s="49">
+        <v>0.96275200000000005</v>
+      </c>
+      <c r="K21" s="49">
+        <v>0.801709</v>
+      </c>
+      <c r="L21" s="49">
+        <v>0.52384399999999998</v>
+      </c>
+      <c r="M21" s="49">
+        <v>0.43071999999999999</v>
+      </c>
+      <c r="N21" s="49">
+        <v>0.31584099999999998</v>
+      </c>
+      <c r="O21" s="49">
+        <v>0.257386</v>
+      </c>
+      <c r="P21" s="50">
+        <v>5.8960140000000001</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="22"/>
+      <c r="B22" s="51" t="s">
         <v>35</v>
       </c>
-      <c r="C20" s="5" t="s">
+      <c r="C22" s="52"/>
+      <c r="D22" s="49">
+        <v>138.58847800000001</v>
+      </c>
+      <c r="E22" s="49">
+        <v>141.64135300000001</v>
+      </c>
+      <c r="F22" s="49">
+        <v>150.26696699999999</v>
+      </c>
+      <c r="G22" s="49">
+        <v>161.95955900000101</v>
+      </c>
+      <c r="H22" s="49">
+        <v>153.56209000000001</v>
+      </c>
+      <c r="I22" s="49">
+        <v>127.09888599999999</v>
+      </c>
+      <c r="J22" s="49">
+        <v>144.35451200000099</v>
+      </c>
+      <c r="K22" s="49">
+        <v>147.97707500000001</v>
+      </c>
+      <c r="L22" s="49">
+        <v>143.552390000001</v>
+      </c>
+      <c r="M22" s="49">
+        <v>147.394758</v>
+      </c>
+      <c r="N22" s="49">
+        <v>165.77791300000001</v>
+      </c>
+      <c r="O22" s="49">
+        <v>162.37842600000101</v>
+      </c>
+      <c r="P22" s="50">
+        <v>1784.5524069999999</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="43" t="s">
         <v>36</v>
       </c>
-      <c r="D20" s="7">
-[...42 lines deleted...]
-      <c r="C21" s="8" t="s">
+      <c r="B23" s="44" t="s">
         <v>37</v>
       </c>
-      <c r="D21" s="10">
-[...41 lines deleted...]
-      <c r="B22" s="37" t="s">
+      <c r="C23" s="45" t="s">
         <v>38</v>
       </c>
-      <c r="C22" s="38"/>
-[...41 lines deleted...]
-      <c r="A23" s="33" t="s">
+      <c r="D23" s="46">
+        <v>1.343982</v>
+      </c>
+      <c r="E23" s="46">
+        <v>1.4090419999999999</v>
+      </c>
+      <c r="F23" s="46">
+        <v>1.62748</v>
+      </c>
+      <c r="G23" s="46">
+        <v>1.6230089999999999</v>
+      </c>
+      <c r="H23" s="46">
+        <v>2.5227900000000001</v>
+      </c>
+      <c r="I23" s="46">
+        <v>2.4754079999999998</v>
+      </c>
+      <c r="J23" s="46">
+        <v>3.6603140000000001</v>
+      </c>
+      <c r="K23" s="46">
+        <v>3.3277350000000001</v>
+      </c>
+      <c r="L23" s="46">
+        <v>2.9872130000000001</v>
+      </c>
+      <c r="M23" s="46">
+        <v>2.1354000000000002</v>
+      </c>
+      <c r="N23" s="46">
+        <v>1.518022</v>
+      </c>
+      <c r="O23" s="46">
+        <v>1.289487</v>
+      </c>
+      <c r="P23" s="47">
+        <v>25.919882000000001</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="21"/>
+      <c r="B24" s="21"/>
+      <c r="C24" s="45" t="s">
         <v>39</v>
       </c>
-      <c r="B23" s="36" t="s">
+      <c r="D24" s="46">
+        <v>2.176742</v>
+      </c>
+      <c r="E24" s="46">
+        <v>2.072784</v>
+      </c>
+      <c r="F24" s="46">
+        <v>2.0641240000000001</v>
+      </c>
+      <c r="G24" s="46">
+        <v>2.1387260000000001</v>
+      </c>
+      <c r="H24" s="46">
+        <v>2.1577510000000002</v>
+      </c>
+      <c r="I24" s="46">
+        <v>2.0587369999999998</v>
+      </c>
+      <c r="J24" s="46">
+        <v>2.7467259999999998</v>
+      </c>
+      <c r="K24" s="46">
+        <v>2.7881300000000002</v>
+      </c>
+      <c r="L24" s="46">
+        <v>3.152739</v>
+      </c>
+      <c r="M24" s="46">
+        <v>3.191754</v>
+      </c>
+      <c r="N24" s="46">
+        <v>2.7113330000000002</v>
+      </c>
+      <c r="O24" s="46">
+        <v>2.1837049999999998</v>
+      </c>
+      <c r="P24" s="47">
+        <v>29.443251</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="21"/>
+      <c r="B25" s="22"/>
+      <c r="C25" s="48" t="s">
         <v>40</v>
       </c>
-      <c r="C23" s="5" t="s">
+      <c r="D25" s="49">
+        <v>3.520724</v>
+      </c>
+      <c r="E25" s="49">
+        <v>3.4818259999999999</v>
+      </c>
+      <c r="F25" s="49">
+        <v>3.6916039999999999</v>
+      </c>
+      <c r="G25" s="49">
+        <v>3.7617349999999998</v>
+      </c>
+      <c r="H25" s="49">
+        <v>4.6805409999999998</v>
+      </c>
+      <c r="I25" s="49">
+        <v>4.5341449999999996</v>
+      </c>
+      <c r="J25" s="49">
+        <v>6.4070400000000003</v>
+      </c>
+      <c r="K25" s="49">
+        <v>6.1158650000000003</v>
+      </c>
+      <c r="L25" s="49">
+        <v>6.1399520000000001</v>
+      </c>
+      <c r="M25" s="49">
+        <v>5.3271540000000002</v>
+      </c>
+      <c r="N25" s="49">
+        <v>4.229355</v>
+      </c>
+      <c r="O25" s="49">
+        <v>3.4731920000000001</v>
+      </c>
+      <c r="P25" s="50">
+        <v>55.363132999999998</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="22"/>
+      <c r="B26" s="51" t="s">
         <v>41</v>
       </c>
-      <c r="D23" s="7">
-[...42 lines deleted...]
-      <c r="C24" s="5" t="s">
+      <c r="C26" s="52"/>
+      <c r="D26" s="49">
+        <v>3.520724</v>
+      </c>
+      <c r="E26" s="49">
+        <v>3.4818259999999999</v>
+      </c>
+      <c r="F26" s="49">
+        <v>3.6916039999999999</v>
+      </c>
+      <c r="G26" s="49">
+        <v>3.7617349999999998</v>
+      </c>
+      <c r="H26" s="49">
+        <v>4.6805409999999998</v>
+      </c>
+      <c r="I26" s="49">
+        <v>4.5341449999999996</v>
+      </c>
+      <c r="J26" s="49">
+        <v>6.4070400000000003</v>
+      </c>
+      <c r="K26" s="49">
+        <v>6.1158650000000003</v>
+      </c>
+      <c r="L26" s="49">
+        <v>6.1399520000000001</v>
+      </c>
+      <c r="M26" s="49">
+        <v>5.3271540000000002</v>
+      </c>
+      <c r="N26" s="49">
+        <v>4.229355</v>
+      </c>
+      <c r="O26" s="49">
+        <v>3.4731920000000001</v>
+      </c>
+      <c r="P26" s="50">
+        <v>55.363132999999998</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="43" t="s">
         <v>42</v>
       </c>
-      <c r="D24" s="7">
-[...42 lines deleted...]
-      <c r="C25" s="8" t="s">
+      <c r="B27" s="44" t="s">
         <v>43</v>
       </c>
-      <c r="D25" s="10">
-[...41 lines deleted...]
-      <c r="B26" s="37" t="s">
+      <c r="C27" s="45" t="s">
         <v>44</v>
       </c>
-      <c r="C26" s="38"/>
-[...41 lines deleted...]
-      <c r="A27" s="33" t="s">
+      <c r="D27" s="46">
+        <v>0.24269499999999999</v>
+      </c>
+      <c r="E27" s="46">
+        <v>0.12795200000000001</v>
+      </c>
+      <c r="F27" s="46">
+        <v>0.15557499999999999</v>
+      </c>
+      <c r="G27" s="46">
+        <v>0.176009</v>
+      </c>
+      <c r="H27" s="46">
+        <v>0.20455400000000001</v>
+      </c>
+      <c r="I27" s="46">
+        <v>7.8848000000000001E-2</v>
+      </c>
+      <c r="J27" s="46">
+        <v>0.15853</v>
+      </c>
+      <c r="K27" s="46">
+        <v>0.15073900000000001</v>
+      </c>
+      <c r="L27" s="46">
+        <v>0.120153</v>
+      </c>
+      <c r="M27" s="46">
+        <v>0.213092</v>
+      </c>
+      <c r="N27" s="46">
+        <v>0.157609</v>
+      </c>
+      <c r="O27" s="46">
+        <v>0.21748000000000001</v>
+      </c>
+      <c r="P27" s="47">
+        <v>2.0032359999999998</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="21"/>
+      <c r="B28" s="21"/>
+      <c r="C28" s="45" t="s">
         <v>45</v>
       </c>
-      <c r="B27" s="36" t="s">
+      <c r="D28" s="46">
+        <v>1.1528E-2</v>
+      </c>
+      <c r="E28" s="46">
+        <v>2.4115000000000001E-2</v>
+      </c>
+      <c r="F28" s="46">
+        <v>2.7824999999999999E-2</v>
+      </c>
+      <c r="G28" s="46">
+        <v>5.0380000000000001E-2</v>
+      </c>
+      <c r="H28" s="46">
+        <v>2.5009E-2</v>
+      </c>
+      <c r="I28" s="46">
+        <v>2.8257999999999998E-2</v>
+      </c>
+      <c r="J28" s="46">
+        <v>3.0585999999999999E-2</v>
+      </c>
+      <c r="K28" s="46">
+        <v>5.0194999999999997E-2</v>
+      </c>
+      <c r="L28" s="46">
+        <v>3.6553000000000002E-2</v>
+      </c>
+      <c r="M28" s="46">
+        <v>5.0741000000000001E-2</v>
+      </c>
+      <c r="N28" s="46">
+        <v>3.0474000000000001E-2</v>
+      </c>
+      <c r="O28" s="46">
+        <v>5.4501000000000001E-2</v>
+      </c>
+      <c r="P28" s="47">
+        <v>0.42016500000000001</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="21"/>
+      <c r="B29" s="22"/>
+      <c r="C29" s="48" t="s">
         <v>46</v>
       </c>
-      <c r="C27" s="5" t="s">
+      <c r="D29" s="49">
+        <v>0.25422299999999998</v>
+      </c>
+      <c r="E29" s="49">
+        <v>0.15206700000000001</v>
+      </c>
+      <c r="F29" s="49">
+        <v>0.18340000000000001</v>
+      </c>
+      <c r="G29" s="49">
+        <v>0.22638900000000001</v>
+      </c>
+      <c r="H29" s="49">
+        <v>0.22956299999999999</v>
+      </c>
+      <c r="I29" s="49">
+        <v>0.10710600000000001</v>
+      </c>
+      <c r="J29" s="49">
+        <v>0.18911600000000001</v>
+      </c>
+      <c r="K29" s="49">
+        <v>0.200934</v>
+      </c>
+      <c r="L29" s="49">
+        <v>0.15670600000000001</v>
+      </c>
+      <c r="M29" s="49">
+        <v>0.26383299999999998</v>
+      </c>
+      <c r="N29" s="49">
+        <v>0.188083</v>
+      </c>
+      <c r="O29" s="49">
+        <v>0.27198099999999997</v>
+      </c>
+      <c r="P29" s="50">
+        <v>2.4234010000000001</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="21"/>
+      <c r="B30" s="44" t="s">
         <v>47</v>
       </c>
-      <c r="D27" s="7">
-[...42 lines deleted...]
-      <c r="C28" s="5" t="s">
+      <c r="C30" s="45" t="s">
         <v>48</v>
       </c>
-      <c r="D28" s="7">
-[...42 lines deleted...]
-      <c r="C29" s="8" t="s">
+      <c r="D30" s="46">
+        <v>6.4060000000000002E-3</v>
+      </c>
+      <c r="E30" s="46">
+        <v>1.5313E-2</v>
+      </c>
+      <c r="F30" s="46">
+        <v>6.5250000000000004E-3</v>
+      </c>
+      <c r="G30" s="46">
+        <v>7.0889999999999998E-3</v>
+      </c>
+      <c r="H30" s="46">
+        <v>6.4619999999999999E-3</v>
+      </c>
+      <c r="I30" s="46">
+        <v>7.607E-3</v>
+      </c>
+      <c r="J30" s="46">
+        <v>3.382E-3</v>
+      </c>
+      <c r="K30" s="46">
+        <v>1.1076000000000001E-2</v>
+      </c>
+      <c r="L30" s="46">
+        <v>7.0670000000000004E-3</v>
+      </c>
+      <c r="M30" s="46">
+        <v>6.5789999999999998E-3</v>
+      </c>
+      <c r="N30" s="46">
+        <v>4.0870000000000004E-3</v>
+      </c>
+      <c r="O30" s="46">
+        <v>6.1500000000000001E-3</v>
+      </c>
+      <c r="P30" s="47">
+        <v>8.7743000000000002E-2</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="21"/>
+      <c r="B31" s="21"/>
+      <c r="C31" s="45" t="s">
         <v>49</v>
       </c>
-      <c r="D29" s="10">
-[...41 lines deleted...]
-      <c r="B30" s="36" t="s">
+      <c r="D31" s="46">
+        <v>1.518E-3</v>
+      </c>
+      <c r="E31" s="46">
+        <v>1.503E-3</v>
+      </c>
+      <c r="F31" s="46">
+        <v>5.0600000000000005E-4</v>
+      </c>
+      <c r="G31" s="46">
+        <v>5.3399999999999997E-4</v>
+      </c>
+      <c r="H31" s="46">
+        <v>1.5169999999999999E-3</v>
+      </c>
+      <c r="I31" s="46">
+        <v>4.5009999999999998E-3</v>
+      </c>
+      <c r="J31" s="46">
+        <v>1.482E-3</v>
+      </c>
+      <c r="K31" s="46">
+        <v>1.026E-3</v>
+      </c>
+      <c r="L31" s="46">
+        <v>3.0230000000000001E-3</v>
+      </c>
+      <c r="M31" s="46">
+        <v>5.0600000000000005E-4</v>
+      </c>
+      <c r="N31" s="46">
+        <v>1.49E-3</v>
+      </c>
+      <c r="O31" s="46">
+        <v>9.9799999999999997E-4</v>
+      </c>
+      <c r="P31" s="47">
+        <v>1.8603999999999999E-2</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="21"/>
+      <c r="B32" s="22"/>
+      <c r="C32" s="48" t="s">
         <v>50</v>
       </c>
-      <c r="C30" s="5" t="s">
+      <c r="D32" s="49">
+        <v>7.9240000000000005E-3</v>
+      </c>
+      <c r="E32" s="49">
+        <v>1.6816000000000001E-2</v>
+      </c>
+      <c r="F32" s="49">
+        <v>7.0309999999999999E-3</v>
+      </c>
+      <c r="G32" s="49">
+        <v>7.6229999999999996E-3</v>
+      </c>
+      <c r="H32" s="49">
+        <v>7.979E-3</v>
+      </c>
+      <c r="I32" s="49">
+        <v>1.2108000000000001E-2</v>
+      </c>
+      <c r="J32" s="49">
+        <v>4.8640000000000003E-3</v>
+      </c>
+      <c r="K32" s="49">
+        <v>1.2102E-2</v>
+      </c>
+      <c r="L32" s="49">
+        <v>1.009E-2</v>
+      </c>
+      <c r="M32" s="49">
+        <v>7.0850000000000002E-3</v>
+      </c>
+      <c r="N32" s="49">
+        <v>5.5770000000000004E-3</v>
+      </c>
+      <c r="O32" s="49">
+        <v>7.1479999999999998E-3</v>
+      </c>
+      <c r="P32" s="50">
+        <v>0.106347</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="21"/>
+      <c r="B33" s="44" t="s">
         <v>51</v>
       </c>
-      <c r="D30" s="7">
-[...42 lines deleted...]
-      <c r="C31" s="5" t="s">
+      <c r="C33" s="45" t="s">
         <v>52</v>
       </c>
-      <c r="D31" s="7">
-[...42 lines deleted...]
-      <c r="C32" s="8" t="s">
+      <c r="D33" s="46">
+        <v>3.9430000000000003E-3</v>
+      </c>
+      <c r="E33" s="46">
+        <v>3.9789999999999999E-3</v>
+      </c>
+      <c r="F33" s="46">
+        <v>5.9610000000000002E-3</v>
+      </c>
+      <c r="G33" s="46">
+        <v>5.8500000000000002E-4</v>
+      </c>
+      <c r="H33" s="46">
+        <v>6.2200000000000005E-4</v>
+      </c>
+      <c r="I33" s="46">
+        <v>3.993E-3</v>
+      </c>
+      <c r="J33" s="46">
+        <v>1.9740000000000001E-3</v>
+      </c>
+      <c r="K33" s="46">
+        <v>2.0119999999999999E-3</v>
+      </c>
+      <c r="L33" s="46">
+        <v>2.0019999999999999E-3</v>
+      </c>
+      <c r="M33" s="53"/>
+      <c r="N33" s="46">
+        <v>2.9819999999999998E-3</v>
+      </c>
+      <c r="O33" s="46">
+        <v>2.444E-3</v>
+      </c>
+      <c r="P33" s="47">
+        <v>3.0497E-2</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="21"/>
+      <c r="B34" s="21"/>
+      <c r="C34" s="45" t="s">
         <v>53</v>
       </c>
-      <c r="D32" s="10">
-[...41 lines deleted...]
-      <c r="B33" s="36" t="s">
+      <c r="D34" s="53"/>
+      <c r="E34" s="46">
+        <v>3.9509999999999997E-3</v>
+      </c>
+      <c r="F34" s="53"/>
+      <c r="G34" s="46">
+        <v>1.993E-3</v>
+      </c>
+      <c r="H34" s="53"/>
+      <c r="I34" s="46">
+        <v>2.588E-3</v>
+      </c>
+      <c r="J34" s="46">
+        <v>2.0019999999999999E-3</v>
+      </c>
+      <c r="K34" s="46">
+        <v>3.026E-3</v>
+      </c>
+      <c r="L34" s="46">
+        <v>2.0019999999999999E-3</v>
+      </c>
+      <c r="M34" s="53"/>
+      <c r="N34" s="53"/>
+      <c r="O34" s="53"/>
+      <c r="P34" s="47">
+        <v>1.5561999999999999E-2</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="21"/>
+      <c r="B35" s="22"/>
+      <c r="C35" s="48" t="s">
         <v>54</v>
       </c>
-      <c r="C33" s="5" t="s">
+      <c r="D35" s="49">
+        <v>3.9430000000000003E-3</v>
+      </c>
+      <c r="E35" s="49">
+        <v>7.9299999999999995E-3</v>
+      </c>
+      <c r="F35" s="49">
+        <v>5.9610000000000002E-3</v>
+      </c>
+      <c r="G35" s="49">
+        <v>2.578E-3</v>
+      </c>
+      <c r="H35" s="49">
+        <v>6.2200000000000005E-4</v>
+      </c>
+      <c r="I35" s="49">
+        <v>6.581E-3</v>
+      </c>
+      <c r="J35" s="49">
+        <v>3.9760000000000004E-3</v>
+      </c>
+      <c r="K35" s="49">
+        <v>5.0379999999999999E-3</v>
+      </c>
+      <c r="L35" s="49">
+        <v>4.0039999999999997E-3</v>
+      </c>
+      <c r="M35" s="54"/>
+      <c r="N35" s="49">
+        <v>2.9819999999999998E-3</v>
+      </c>
+      <c r="O35" s="49">
+        <v>2.444E-3</v>
+      </c>
+      <c r="P35" s="50">
+        <v>4.6059000000000003E-2</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="22"/>
+      <c r="B36" s="51" t="s">
         <v>55</v>
       </c>
-      <c r="D33" s="7">
-[...40 lines deleted...]
-      <c r="C34" s="5" t="s">
+      <c r="C36" s="52"/>
+      <c r="D36" s="49">
+        <v>0.26608999999999999</v>
+      </c>
+      <c r="E36" s="49">
+        <v>0.176813</v>
+      </c>
+      <c r="F36" s="49">
+        <v>0.19639200000000001</v>
+      </c>
+      <c r="G36" s="49">
+        <v>0.23658999999999999</v>
+      </c>
+      <c r="H36" s="49">
+        <v>0.23816399999999999</v>
+      </c>
+      <c r="I36" s="49">
+        <v>0.12579499999999999</v>
+      </c>
+      <c r="J36" s="49">
+        <v>0.19795599999999999</v>
+      </c>
+      <c r="K36" s="49">
+        <v>0.21807399999999999</v>
+      </c>
+      <c r="L36" s="49">
+        <v>0.17080000000000001</v>
+      </c>
+      <c r="M36" s="49">
+        <v>0.27091799999999999</v>
+      </c>
+      <c r="N36" s="49">
+        <v>0.19664200000000001</v>
+      </c>
+      <c r="O36" s="49">
+        <v>0.28157300000000002</v>
+      </c>
+      <c r="P36" s="50">
+        <v>2.5758070000000002</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="43" t="s">
         <v>56</v>
       </c>
-      <c r="D34" s="6"/>
-[...30 lines deleted...]
-      <c r="C35" s="8" t="s">
+      <c r="B37" s="44" t="s">
         <v>57</v>
       </c>
-      <c r="D35" s="10">
-[...39 lines deleted...]
-      <c r="B36" s="37" t="s">
+      <c r="C37" s="45" t="s">
         <v>58</v>
       </c>
-      <c r="C36" s="38"/>
-[...41 lines deleted...]
-      <c r="A37" s="33" t="s">
+      <c r="D37" s="46">
+        <v>0.10589999999999999</v>
+      </c>
+      <c r="E37" s="46">
+        <v>4.5440000000000001E-2</v>
+      </c>
+      <c r="F37" s="46">
+        <v>4.6195544387999998E-2</v>
+      </c>
+      <c r="G37" s="46">
+        <v>7.5689999999999993E-2</v>
+      </c>
+      <c r="H37" s="46">
+        <v>0.10592</v>
+      </c>
+      <c r="I37" s="46">
+        <v>9.1050000000000006E-2</v>
+      </c>
+      <c r="J37" s="46">
+        <v>9.0740000000000001E-2</v>
+      </c>
+      <c r="K37" s="46">
+        <v>9.0759999999999993E-2</v>
+      </c>
+      <c r="L37" s="46">
+        <v>7.5590000000000004E-2</v>
+      </c>
+      <c r="M37" s="46">
+        <v>6.0409999999999998E-2</v>
+      </c>
+      <c r="N37" s="46">
+        <v>9.1389999999999999E-2</v>
+      </c>
+      <c r="O37" s="46">
+        <v>6.0589999999999998E-2</v>
+      </c>
+      <c r="P37" s="47">
+        <v>0.93967554438800005</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="21"/>
+      <c r="B38" s="22"/>
+      <c r="C38" s="48" t="s">
         <v>59</v>
       </c>
-      <c r="B37" s="36" t="s">
+      <c r="D38" s="49">
+        <v>0.10589999999999999</v>
+      </c>
+      <c r="E38" s="49">
+        <v>4.5440000000000001E-2</v>
+      </c>
+      <c r="F38" s="49">
+        <v>4.6195544387999998E-2</v>
+      </c>
+      <c r="G38" s="49">
+        <v>7.5689999999999993E-2</v>
+      </c>
+      <c r="H38" s="49">
+        <v>0.10592</v>
+      </c>
+      <c r="I38" s="49">
+        <v>9.1050000000000006E-2</v>
+      </c>
+      <c r="J38" s="49">
+        <v>9.0740000000000001E-2</v>
+      </c>
+      <c r="K38" s="49">
+        <v>9.0759999999999993E-2</v>
+      </c>
+      <c r="L38" s="49">
+        <v>7.5590000000000004E-2</v>
+      </c>
+      <c r="M38" s="49">
+        <v>6.0409999999999998E-2</v>
+      </c>
+      <c r="N38" s="49">
+        <v>9.1389999999999999E-2</v>
+      </c>
+      <c r="O38" s="49">
+        <v>6.0589999999999998E-2</v>
+      </c>
+      <c r="P38" s="50">
+        <v>0.93967554438800005</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="22"/>
+      <c r="B39" s="51" t="s">
         <v>60</v>
       </c>
-      <c r="C37" s="5" t="s">
+      <c r="C39" s="52"/>
+      <c r="D39" s="49">
+        <v>0.10589999999999999</v>
+      </c>
+      <c r="E39" s="49">
+        <v>4.5440000000000001E-2</v>
+      </c>
+      <c r="F39" s="49">
+        <v>4.6195544387999998E-2</v>
+      </c>
+      <c r="G39" s="49">
+        <v>7.5689999999999993E-2</v>
+      </c>
+      <c r="H39" s="49">
+        <v>0.10592</v>
+      </c>
+      <c r="I39" s="49">
+        <v>9.1050000000000006E-2</v>
+      </c>
+      <c r="J39" s="49">
+        <v>9.0740000000000001E-2</v>
+      </c>
+      <c r="K39" s="49">
+        <v>9.0759999999999993E-2</v>
+      </c>
+      <c r="L39" s="49">
+        <v>7.5590000000000004E-2</v>
+      </c>
+      <c r="M39" s="49">
+        <v>6.0409999999999998E-2</v>
+      </c>
+      <c r="N39" s="49">
+        <v>9.1389999999999999E-2</v>
+      </c>
+      <c r="O39" s="49">
+        <v>6.0589999999999998E-2</v>
+      </c>
+      <c r="P39" s="50">
+        <v>0.93967554438800005</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="43" t="s">
         <v>61</v>
       </c>
-      <c r="D37" s="7">
-[...42 lines deleted...]
-      <c r="C38" s="5" t="s">
+      <c r="B40" s="44" t="s">
         <v>62</v>
       </c>
-      <c r="D38" s="7">
-[...42 lines deleted...]
-      <c r="C39" s="8" t="s">
+      <c r="C40" s="45" t="s">
+        <v>52</v>
+      </c>
+      <c r="D40" s="46">
+        <v>8.9280000000000002E-3</v>
+      </c>
+      <c r="E40" s="46">
+        <v>2.9550000000000002E-3</v>
+      </c>
+      <c r="F40" s="53"/>
+      <c r="G40" s="46">
+        <v>5.9680000000000002E-3</v>
+      </c>
+      <c r="H40" s="46">
+        <v>3.0049999999999999E-3</v>
+      </c>
+      <c r="I40" s="53"/>
+      <c r="J40" s="46">
+        <v>6.0309999999999999E-3</v>
+      </c>
+      <c r="K40" s="53"/>
+      <c r="L40" s="53"/>
+      <c r="M40" s="46">
+        <v>5.9560000000000004E-3</v>
+      </c>
+      <c r="N40" s="46">
+        <v>2.9849999999999998E-3</v>
+      </c>
+      <c r="O40" s="46">
+        <v>5.9789999999999999E-3</v>
+      </c>
+      <c r="P40" s="47">
+        <v>4.1806999999999997E-2</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="21"/>
+      <c r="B41" s="21"/>
+      <c r="C41" s="45" t="s">
         <v>63</v>
       </c>
-      <c r="D39" s="10">
-[...41 lines deleted...]
-      <c r="B40" s="36" t="s">
+      <c r="D41" s="46">
+        <v>4.9529999999999999E-3</v>
+      </c>
+      <c r="E41" s="53"/>
+      <c r="F41" s="53"/>
+      <c r="G41" s="53"/>
+      <c r="H41" s="53"/>
+      <c r="I41" s="53"/>
+      <c r="J41" s="53"/>
+      <c r="K41" s="53"/>
+      <c r="L41" s="53"/>
+      <c r="M41" s="53"/>
+      <c r="N41" s="46">
+        <v>4.9569999999999996E-3</v>
+      </c>
+      <c r="O41" s="53"/>
+      <c r="P41" s="47">
+        <v>9.9100000000000004E-3</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="21"/>
+      <c r="B42" s="21"/>
+      <c r="C42" s="45" t="s">
+        <v>38</v>
+      </c>
+      <c r="D42" s="53"/>
+      <c r="E42" s="53"/>
+      <c r="F42" s="53"/>
+      <c r="G42" s="46">
+        <v>9.8200000000000006E-3</v>
+      </c>
+      <c r="H42" s="53"/>
+      <c r="I42" s="53"/>
+      <c r="J42" s="46">
+        <v>9.9010000000000001E-3</v>
+      </c>
+      <c r="K42" s="46">
+        <v>9.9220000000000003E-3</v>
+      </c>
+      <c r="L42" s="46">
+        <v>4.9909999999999998E-3</v>
+      </c>
+      <c r="M42" s="53"/>
+      <c r="N42" s="53"/>
+      <c r="O42" s="53"/>
+      <c r="P42" s="47">
+        <v>3.4633999999999998E-2</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="21"/>
+      <c r="B43" s="21"/>
+      <c r="C43" s="45" t="s">
+        <v>39</v>
+      </c>
+      <c r="D43" s="53"/>
+      <c r="E43" s="53"/>
+      <c r="F43" s="53"/>
+      <c r="G43" s="53"/>
+      <c r="H43" s="53"/>
+      <c r="I43" s="53"/>
+      <c r="J43" s="53"/>
+      <c r="K43" s="53"/>
+      <c r="L43" s="46">
+        <v>2.6107999999999999E-2</v>
+      </c>
+      <c r="M43" s="53"/>
+      <c r="N43" s="46">
+        <v>5.4737000000000001E-2</v>
+      </c>
+      <c r="O43" s="53"/>
+      <c r="P43" s="47">
+        <v>8.0845E-2</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="21"/>
+      <c r="B44" s="21"/>
+      <c r="C44" s="45" t="s">
+        <v>27</v>
+      </c>
+      <c r="D44" s="46">
+        <v>6.0400000000000002E-3</v>
+      </c>
+      <c r="E44" s="46">
+        <v>1.9289999999999999E-3</v>
+      </c>
+      <c r="F44" s="46">
+        <v>2.6499999999999999E-4</v>
+      </c>
+      <c r="G44" s="46">
+        <v>6.0559999999999998E-3</v>
+      </c>
+      <c r="H44" s="46">
+        <v>1.7087000000000001E-2</v>
+      </c>
+      <c r="I44" s="46">
+        <v>1.193E-3</v>
+      </c>
+      <c r="J44" s="46">
+        <v>6.0179999999999999E-3</v>
+      </c>
+      <c r="K44" s="46">
+        <v>1.22E-4</v>
+      </c>
+      <c r="L44" s="46">
+        <v>1.6000000000000001E-4</v>
+      </c>
+      <c r="M44" s="46">
+        <v>1.0135E-2</v>
+      </c>
+      <c r="N44" s="46">
+        <v>5.7689999999999998E-3</v>
+      </c>
+      <c r="O44" s="46">
+        <v>7.4949999999999999E-3</v>
+      </c>
+      <c r="P44" s="47">
+        <v>6.2268999999999998E-2</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="21"/>
+      <c r="B45" s="21"/>
+      <c r="C45" s="45" t="s">
+        <v>28</v>
+      </c>
+      <c r="D45" s="46">
+        <v>7.1744000000000002E-2</v>
+      </c>
+      <c r="E45" s="46">
+        <v>9.3841999999999995E-2</v>
+      </c>
+      <c r="F45" s="46">
+        <v>7.7141000000000001E-2</v>
+      </c>
+      <c r="G45" s="46">
+        <v>7.1018999999999999E-2</v>
+      </c>
+      <c r="H45" s="46">
+        <v>9.2535000000000006E-2</v>
+      </c>
+      <c r="I45" s="46">
+        <v>0.106248</v>
+      </c>
+      <c r="J45" s="46">
+        <v>9.5585000000000003E-2</v>
+      </c>
+      <c r="K45" s="46">
+        <v>0.108351</v>
+      </c>
+      <c r="L45" s="46">
+        <v>0.10729</v>
+      </c>
+      <c r="M45" s="46">
+        <v>0.100699</v>
+      </c>
+      <c r="N45" s="46">
+        <v>9.4231999999999996E-2</v>
+      </c>
+      <c r="O45" s="46">
+        <v>9.5863000000000004E-2</v>
+      </c>
+      <c r="P45" s="47">
+        <v>1.114549</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="21"/>
+      <c r="B46" s="21"/>
+      <c r="C46" s="45" t="s">
+        <v>77</v>
+      </c>
+      <c r="D46" s="53"/>
+      <c r="E46" s="53"/>
+      <c r="F46" s="53"/>
+      <c r="G46" s="53"/>
+      <c r="H46" s="46">
+        <v>4.176E-3</v>
+      </c>
+      <c r="I46" s="46">
+        <v>1.034E-3</v>
+      </c>
+      <c r="J46" s="46">
+        <v>1.591E-3</v>
+      </c>
+      <c r="K46" s="46">
+        <v>8.0000000000000007E-5</v>
+      </c>
+      <c r="L46" s="46">
+        <v>1.2E-4</v>
+      </c>
+      <c r="M46" s="46">
+        <v>3.4000000000000002E-4</v>
+      </c>
+      <c r="N46" s="46">
+        <v>1.531E-3</v>
+      </c>
+      <c r="O46" s="46">
+        <v>2.0000000000000002E-5</v>
+      </c>
+      <c r="P46" s="47">
+        <v>8.8920000000000006E-3</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="21"/>
+      <c r="B47" s="21"/>
+      <c r="C47" s="45" t="s">
+        <v>33</v>
+      </c>
+      <c r="D47" s="53"/>
+      <c r="E47" s="46">
+        <v>2.97E-3</v>
+      </c>
+      <c r="F47" s="46">
+        <v>1.9759999999999999E-3</v>
+      </c>
+      <c r="G47" s="46">
+        <v>2.9919999999999999E-3</v>
+      </c>
+      <c r="H47" s="53"/>
+      <c r="I47" s="46">
+        <v>2.9919999999999999E-3</v>
+      </c>
+      <c r="J47" s="53"/>
+      <c r="K47" s="53"/>
+      <c r="L47" s="46">
+        <v>3.0170000000000002E-3</v>
+      </c>
+      <c r="M47" s="46">
+        <v>5.0109999999999998E-3</v>
+      </c>
+      <c r="N47" s="53"/>
+      <c r="O47" s="53"/>
+      <c r="P47" s="47">
+        <v>1.8957999999999999E-2</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="21"/>
+      <c r="B48" s="21"/>
+      <c r="C48" s="45" t="s">
+        <v>78</v>
+      </c>
+      <c r="D48" s="46">
+        <v>1.1459E-2</v>
+      </c>
+      <c r="E48" s="46">
+        <v>5.9090000000000002E-3</v>
+      </c>
+      <c r="F48" s="46">
+        <v>1.0846E-2</v>
+      </c>
+      <c r="G48" s="46">
+        <v>1.2055E-2</v>
+      </c>
+      <c r="H48" s="46">
+        <v>5.9800000000000001E-3</v>
+      </c>
+      <c r="I48" s="46">
+        <v>1.0977000000000001E-2</v>
+      </c>
+      <c r="J48" s="46">
+        <v>1.2690999999999999E-2</v>
+      </c>
+      <c r="K48" s="46">
+        <v>9.0279999999999996E-3</v>
+      </c>
+      <c r="L48" s="46">
+        <v>1.1154000000000001E-2</v>
+      </c>
+      <c r="M48" s="46">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="N48" s="46">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="O48" s="46">
+        <v>1.1949E-2</v>
+      </c>
+      <c r="P48" s="47">
+        <v>0.119048</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="21"/>
+      <c r="B49" s="22"/>
+      <c r="C49" s="48" t="s">
         <v>64</v>
       </c>
-      <c r="C40" s="5" t="s">
+      <c r="D49" s="49">
+        <v>0.10312399999999999</v>
+      </c>
+      <c r="E49" s="49">
+        <v>0.10760500000000001</v>
+      </c>
+      <c r="F49" s="49">
+        <v>9.0228000000000003E-2</v>
+      </c>
+      <c r="G49" s="49">
+        <v>0.10791000000000001</v>
+      </c>
+      <c r="H49" s="49">
+        <v>0.122783</v>
+      </c>
+      <c r="I49" s="49">
+        <v>0.122444</v>
+      </c>
+      <c r="J49" s="49">
+        <v>0.13181699999999999</v>
+      </c>
+      <c r="K49" s="49">
+        <v>0.12750300000000001</v>
+      </c>
+      <c r="L49" s="49">
+        <v>0.15284</v>
+      </c>
+      <c r="M49" s="49">
+        <v>0.13114100000000001</v>
+      </c>
+      <c r="N49" s="49">
+        <v>0.172211</v>
+      </c>
+      <c r="O49" s="49">
+        <v>0.121306</v>
+      </c>
+      <c r="P49" s="50">
+        <v>1.490912</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="22"/>
+      <c r="B50" s="51" t="s">
         <v>65</v>
       </c>
-      <c r="D40" s="7">
-[...42 lines deleted...]
-      <c r="C41" s="5" t="s">
+      <c r="C50" s="52"/>
+      <c r="D50" s="49">
+        <v>0.10312399999999999</v>
+      </c>
+      <c r="E50" s="49">
+        <v>0.10760500000000001</v>
+      </c>
+      <c r="F50" s="49">
+        <v>9.0228000000000003E-2</v>
+      </c>
+      <c r="G50" s="49">
+        <v>0.10791000000000001</v>
+      </c>
+      <c r="H50" s="49">
+        <v>0.122783</v>
+      </c>
+      <c r="I50" s="49">
+        <v>0.122444</v>
+      </c>
+      <c r="J50" s="49">
+        <v>0.13181699999999999</v>
+      </c>
+      <c r="K50" s="49">
+        <v>0.12750300000000001</v>
+      </c>
+      <c r="L50" s="49">
+        <v>0.15284</v>
+      </c>
+      <c r="M50" s="49">
+        <v>0.13114100000000001</v>
+      </c>
+      <c r="N50" s="49">
+        <v>0.172211</v>
+      </c>
+      <c r="O50" s="49">
+        <v>0.121306</v>
+      </c>
+      <c r="P50" s="50">
+        <v>1.490912</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="55" t="s">
         <v>66</v>
       </c>
-      <c r="D41" s="7">
-[...42 lines deleted...]
-      <c r="C42" s="8" t="s">
+      <c r="B51" s="56"/>
+      <c r="C51" s="57"/>
+      <c r="D51" s="58">
+        <v>156.881214</v>
+      </c>
+      <c r="E51" s="58">
+        <v>157.78225800000001</v>
+      </c>
+      <c r="F51" s="58">
+        <v>171.515015544389</v>
+      </c>
+      <c r="G51" s="58">
+        <v>183.32604600000101</v>
+      </c>
+      <c r="H51" s="58">
+        <v>181.88011</v>
+      </c>
+      <c r="I51" s="58">
+        <v>153.949163</v>
+      </c>
+      <c r="J51" s="58">
+        <v>181.77338400000099</v>
+      </c>
+      <c r="K51" s="58">
+        <v>181.02331899999999</v>
+      </c>
+      <c r="L51" s="58">
+        <v>170.824082000001</v>
+      </c>
+      <c r="M51" s="58">
+        <v>171.98487399999999</v>
+      </c>
+      <c r="N51" s="58">
+        <v>184.624899</v>
+      </c>
+      <c r="O51" s="58">
+        <v>180.71683300000001</v>
+      </c>
+      <c r="P51" s="59">
+        <v>2076.2811975443901</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="31"/>
+      <c r="B52" s="31"/>
+      <c r="C52" s="31"/>
+      <c r="D52" s="31"/>
+      <c r="E52" s="31"/>
+      <c r="F52" s="31"/>
+      <c r="G52" s="31"/>
+      <c r="H52" s="31"/>
+      <c r="I52" s="31"/>
+      <c r="J52" s="31"/>
+      <c r="K52" s="31"/>
+      <c r="L52" s="31"/>
+      <c r="M52" s="31"/>
+      <c r="N52" s="31"/>
+      <c r="O52" s="31"/>
+      <c r="P52" s="31"/>
+    </row>
+    <row r="53" spans="1:16" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="31"/>
+      <c r="B53" s="31"/>
+      <c r="C53" s="31"/>
+      <c r="D53" s="31"/>
+      <c r="E53" s="31"/>
+      <c r="F53" s="31"/>
+      <c r="G53" s="31"/>
+      <c r="H53" s="31"/>
+      <c r="I53" s="31"/>
+      <c r="J53" s="31"/>
+      <c r="K53" s="31"/>
+      <c r="L53" s="31"/>
+      <c r="M53" s="31"/>
+      <c r="N53" s="31"/>
+      <c r="O53" s="31"/>
+      <c r="P53" s="31"/>
+    </row>
+    <row r="54" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="60" t="s">
+        <v>68</v>
+      </c>
+      <c r="B54" s="26"/>
+      <c r="C54" s="26"/>
+      <c r="D54" s="26"/>
+      <c r="E54" s="26"/>
+      <c r="F54" s="26"/>
+      <c r="G54" s="26"/>
+      <c r="H54" s="26"/>
+      <c r="I54" s="26"/>
+      <c r="J54" s="26"/>
+      <c r="K54" s="26"/>
+      <c r="L54" s="26"/>
+      <c r="M54" s="26"/>
+      <c r="N54" s="26"/>
+      <c r="O54" s="26"/>
+      <c r="P54" s="27"/>
+    </row>
+    <row r="55" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="60" t="s">
         <v>67</v>
       </c>
-      <c r="D42" s="10">
-[...89 lines deleted...]
-      <c r="B44" s="36" t="s">
+      <c r="B55" s="26"/>
+      <c r="C55" s="26"/>
+      <c r="D55" s="26"/>
+      <c r="E55" s="26"/>
+      <c r="F55" s="26"/>
+      <c r="G55" s="26"/>
+      <c r="H55" s="26"/>
+      <c r="I55" s="26"/>
+      <c r="J55" s="26"/>
+      <c r="K55" s="26"/>
+      <c r="L55" s="26"/>
+      <c r="M55" s="26"/>
+      <c r="N55" s="26"/>
+      <c r="O55" s="26"/>
+      <c r="P55" s="27"/>
+    </row>
+    <row r="57" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A57" s="61" t="s">
         <v>70</v>
       </c>
-      <c r="C44" s="5" t="s">
-[...700 lines deleted...]
-      <c r="P64" s="14"/>
+      <c r="B57" s="31"/>
+      <c r="C57" s="31"/>
+      <c r="D57" s="31"/>
+      <c r="E57" s="31"/>
+      <c r="F57" s="31"/>
+      <c r="G57" s="31"/>
+      <c r="H57" s="31"/>
+      <c r="I57" s="31"/>
+      <c r="J57" s="31"/>
+      <c r="K57" s="31"/>
+      <c r="L57" s="31"/>
+      <c r="M57" s="31"/>
+      <c r="N57" s="31"/>
+      <c r="O57" s="31"/>
+      <c r="P57" s="31"/>
+    </row>
+    <row r="58" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="31"/>
+      <c r="B58" s="31"/>
+      <c r="C58" s="31"/>
+      <c r="D58" s="31"/>
+      <c r="E58" s="31"/>
+      <c r="F58" s="31"/>
+      <c r="G58" s="31"/>
+      <c r="H58" s="31"/>
+      <c r="I58" s="31"/>
+      <c r="J58" s="31"/>
+      <c r="K58" s="31"/>
+      <c r="L58" s="31"/>
+      <c r="M58" s="31"/>
+      <c r="N58" s="31"/>
+      <c r="O58" s="31"/>
+      <c r="P58" s="31"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
-  <mergeCells count="38">
-[...15 lines deleted...]
-    <mergeCell ref="B22:C22"/>
+  <mergeCells count="35">
+    <mergeCell ref="A40:A50"/>
+    <mergeCell ref="B40:B49"/>
+    <mergeCell ref="B50:C50"/>
+    <mergeCell ref="A51:C51"/>
+    <mergeCell ref="A52:P53"/>
+    <mergeCell ref="A54:P54"/>
+    <mergeCell ref="A55:P55"/>
+    <mergeCell ref="A57:P57"/>
+    <mergeCell ref="A58:P58"/>
+    <mergeCell ref="A37:A39"/>
+    <mergeCell ref="B37:B38"/>
+    <mergeCell ref="B39:C39"/>
     <mergeCell ref="A23:A26"/>
     <mergeCell ref="B23:B25"/>
     <mergeCell ref="B26:C26"/>
     <mergeCell ref="A27:A36"/>
     <mergeCell ref="B27:B29"/>
     <mergeCell ref="B30:B32"/>
     <mergeCell ref="B33:B35"/>
     <mergeCell ref="B36:C36"/>
-    <mergeCell ref="A37:A43"/>
-[...12 lines deleted...]
-    <mergeCell ref="A59:P60"/>
+    <mergeCell ref="A14:A22"/>
+    <mergeCell ref="B14:B16"/>
+    <mergeCell ref="B17:B19"/>
+    <mergeCell ref="B20:B21"/>
+    <mergeCell ref="B22:C22"/>
+    <mergeCell ref="A6:A13"/>
+    <mergeCell ref="B6:B7"/>
+    <mergeCell ref="B8:B10"/>
+    <mergeCell ref="B11:B12"/>
+    <mergeCell ref="B13:C13"/>
+    <mergeCell ref="D4:O4"/>
+    <mergeCell ref="P4:P5"/>
+    <mergeCell ref="H1:P3"/>
+    <mergeCell ref="A2:G2"/>
+    <mergeCell ref="A4:C5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
-  <drawing r:id="rId2"/>
+  <customProperties>
+    <customPr name="GUID" r:id="rId2"/>
+  </customProperties>
+  <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:O14"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+    <sheetView showGridLines="0" workbookViewId="0">
       <pane xSplit="3" ySplit="5" topLeftCell="D6" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
       <selection pane="bottomRight" activeCell="B30" sqref="B30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="24.7109375" style="21" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="16" max="16384" width="9.140625" style="21"/>
+    <col min="1" max="1" width="24.7109375" customWidth="1"/>
+    <col min="2" max="2" width="13.7109375" customWidth="1"/>
+    <col min="3" max="3" width="32.7109375" customWidth="1"/>
+    <col min="4" max="14" width="10" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="11.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="15" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
-        <v>87</v>
-[...14 lines deleted...]
-      <c r="O1" s="44"/>
+        <v>71</v>
+      </c>
+      <c r="B1" s="2"/>
+      <c r="C1" s="2"/>
+      <c r="D1" s="2"/>
+      <c r="E1" s="2"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="14"/>
+      <c r="I1" s="14"/>
+      <c r="J1" s="14"/>
+      <c r="K1" s="14"/>
+      <c r="L1" s="14"/>
+      <c r="M1" s="14"/>
+      <c r="N1" s="14"/>
+      <c r="O1" s="14"/>
     </row>
     <row r="2" spans="1:15" x14ac:dyDescent="0.2">
-      <c r="A2" s="43" t="s">
-[...15 lines deleted...]
-      <c r="O2" s="44"/>
+      <c r="A2" s="13" t="s">
+        <v>69</v>
+      </c>
+      <c r="B2" s="14"/>
+      <c r="C2" s="14"/>
+      <c r="D2" s="14"/>
+      <c r="E2" s="14"/>
+      <c r="F2" s="14"/>
+      <c r="G2" s="14"/>
+      <c r="H2" s="14"/>
+      <c r="I2" s="14"/>
+      <c r="J2" s="14"/>
+      <c r="K2" s="14"/>
+      <c r="L2" s="14"/>
+      <c r="M2" s="14"/>
+      <c r="N2" s="14"/>
+      <c r="O2" s="14"/>
     </row>
     <row r="3" spans="1:15" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A3" s="3"/>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
-      <c r="H3" s="57"/>
-[...6 lines deleted...]
-      <c r="O3" s="57"/>
+      <c r="H3" s="35"/>
+      <c r="I3" s="35"/>
+      <c r="J3" s="35"/>
+      <c r="K3" s="35"/>
+      <c r="L3" s="35"/>
+      <c r="M3" s="35"/>
+      <c r="N3" s="35"/>
+      <c r="O3" s="35"/>
     </row>
     <row r="4" spans="1:15" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="58"/>
-[...2 lines deleted...]
-      <c r="D4" s="45" t="s">
+      <c r="A4" s="36"/>
+      <c r="B4" s="36"/>
+      <c r="C4" s="36"/>
+      <c r="D4" s="15" t="s">
         <v>1</v>
       </c>
-      <c r="E4" s="46"/>
-[...9 lines deleted...]
-      <c r="O4" s="60" t="s">
+      <c r="E4" s="16"/>
+      <c r="F4" s="16"/>
+      <c r="G4" s="16"/>
+      <c r="H4" s="16"/>
+      <c r="I4" s="16"/>
+      <c r="J4" s="16"/>
+      <c r="K4" s="16"/>
+      <c r="L4" s="16"/>
+      <c r="M4" s="16"/>
+      <c r="N4" s="17"/>
+      <c r="O4" s="38" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:15" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="59"/>
-[...1 lines deleted...]
-      <c r="C5" s="59"/>
+      <c r="A5" s="37"/>
+      <c r="B5" s="37"/>
+      <c r="C5" s="37"/>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G5" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H5" s="4" t="s">
         <v>7</v>
       </c>
       <c r="I5" s="4" t="s">
         <v>8</v>
       </c>
       <c r="J5" s="4" t="s">
         <v>10</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>11</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>14</v>
       </c>
-      <c r="O5" s="61"/>
+      <c r="O5" s="39"/>
     </row>
     <row r="6" spans="1:15" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="33" t="s">
-[...8 lines deleted...]
-      <c r="D6" s="24">
+      <c r="A6" s="20" t="s">
+        <v>25</v>
+      </c>
+      <c r="B6" s="23" t="s">
+        <v>72</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" s="7">
         <v>11.441424</v>
       </c>
-      <c r="E6" s="24">
+      <c r="E6" s="7">
         <v>8.5028999999999993E-2</v>
       </c>
-      <c r="F6" s="24">
+      <c r="F6" s="7">
         <v>3.4882999999999997E-2</v>
       </c>
-      <c r="G6" s="24">
+      <c r="G6" s="7">
         <v>2.5793E-2</v>
       </c>
-      <c r="H6" s="24">
+      <c r="H6" s="7">
         <v>8.9619999999999995E-3</v>
       </c>
-      <c r="I6" s="24">
+      <c r="I6" s="7">
         <v>1.4522470000000001</v>
       </c>
-      <c r="J6" s="24">
+      <c r="J6" s="7">
         <v>2.5003000000000001E-2</v>
       </c>
-      <c r="K6" s="24">
+      <c r="K6" s="7">
         <v>4.2907900000000003</v>
       </c>
-      <c r="L6" s="24">
+      <c r="L6" s="7">
         <v>4.5385999999999997</v>
       </c>
-      <c r="M6" s="24">
+      <c r="M6" s="7">
         <v>9.9310000000000006E-3</v>
       </c>
-      <c r="N6" s="24">
+      <c r="N6" s="7">
         <v>2.9718999999999999E-2</v>
       </c>
-      <c r="O6" s="25">
+      <c r="O6" s="8">
         <v>21.942381000000001</v>
       </c>
     </row>
     <row r="7" spans="1:15" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="34"/>
-[...4 lines deleted...]
-      <c r="D7" s="26">
+      <c r="A7" s="21"/>
+      <c r="B7" s="22"/>
+      <c r="C7" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="D7" s="9">
         <v>11.441424</v>
       </c>
-      <c r="E7" s="26">
+      <c r="E7" s="9">
         <v>8.5028999999999993E-2</v>
       </c>
-      <c r="F7" s="26">
+      <c r="F7" s="9">
         <v>3.4882999999999997E-2</v>
       </c>
-      <c r="G7" s="26">
+      <c r="G7" s="9">
         <v>2.5793E-2</v>
       </c>
-      <c r="H7" s="26">
+      <c r="H7" s="9">
         <v>8.9619999999999995E-3</v>
       </c>
-      <c r="I7" s="26">
+      <c r="I7" s="9">
         <v>1.4522470000000001</v>
       </c>
-      <c r="J7" s="26">
+      <c r="J7" s="9">
         <v>2.5003000000000001E-2</v>
       </c>
-      <c r="K7" s="26">
+      <c r="K7" s="9">
         <v>4.2907900000000003</v>
       </c>
-      <c r="L7" s="26">
+      <c r="L7" s="9">
         <v>4.5385999999999997</v>
       </c>
-      <c r="M7" s="26">
+      <c r="M7" s="9">
         <v>9.9310000000000006E-3</v>
       </c>
-      <c r="N7" s="26">
+      <c r="N7" s="9">
         <v>2.9718999999999999E-2</v>
       </c>
-      <c r="O7" s="27">
+      <c r="O7" s="10">
         <v>21.942381000000001</v>
       </c>
     </row>
     <row r="8" spans="1:15" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="35"/>
-[...4 lines deleted...]
-      <c r="D8" s="26">
+      <c r="A8" s="22"/>
+      <c r="B8" s="24" t="s">
+        <v>35</v>
+      </c>
+      <c r="C8" s="25"/>
+      <c r="D8" s="9">
         <v>11.441424</v>
       </c>
-      <c r="E8" s="26">
+      <c r="E8" s="9">
         <v>8.5028999999999993E-2</v>
       </c>
-      <c r="F8" s="26">
+      <c r="F8" s="9">
         <v>3.4882999999999997E-2</v>
       </c>
-      <c r="G8" s="26">
+      <c r="G8" s="9">
         <v>2.5793E-2</v>
       </c>
-      <c r="H8" s="26">
+      <c r="H8" s="9">
         <v>8.9619999999999995E-3</v>
       </c>
-      <c r="I8" s="26">
+      <c r="I8" s="9">
         <v>1.4522470000000001</v>
       </c>
-      <c r="J8" s="26">
+      <c r="J8" s="9">
         <v>2.5003000000000001E-2</v>
       </c>
-      <c r="K8" s="26">
+      <c r="K8" s="9">
         <v>4.2907900000000003</v>
       </c>
-      <c r="L8" s="26">
+      <c r="L8" s="9">
         <v>4.5385999999999997</v>
       </c>
-      <c r="M8" s="26">
+      <c r="M8" s="9">
         <v>9.9310000000000006E-3</v>
       </c>
-      <c r="N8" s="26">
+      <c r="N8" s="9">
         <v>2.9718999999999999E-2</v>
       </c>
-      <c r="O8" s="27">
+      <c r="O8" s="10">
         <v>21.942381000000001</v>
       </c>
     </row>
     <row r="9" spans="1:15" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="39" t="s">
-[...4 lines deleted...]
-      <c r="D9" s="28">
+      <c r="A9" s="28" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" s="29"/>
+      <c r="C9" s="30"/>
+      <c r="D9" s="11">
         <v>11.441424</v>
       </c>
-      <c r="E9" s="28">
+      <c r="E9" s="11">
         <v>8.5028999999999993E-2</v>
       </c>
-      <c r="F9" s="28">
+      <c r="F9" s="11">
         <v>3.4882999999999997E-2</v>
       </c>
-      <c r="G9" s="28">
+      <c r="G9" s="11">
         <v>2.5793E-2</v>
       </c>
-      <c r="H9" s="28">
+      <c r="H9" s="11">
         <v>8.9619999999999995E-3</v>
       </c>
-      <c r="I9" s="28">
+      <c r="I9" s="11">
         <v>1.4522470000000001</v>
       </c>
-      <c r="J9" s="28">
+      <c r="J9" s="11">
         <v>2.5003000000000001E-2</v>
       </c>
-      <c r="K9" s="28">
+      <c r="K9" s="11">
         <v>4.2907900000000003</v>
       </c>
-      <c r="L9" s="28">
+      <c r="L9" s="11">
         <v>4.5385999999999997</v>
       </c>
-      <c r="M9" s="28">
+      <c r="M9" s="11">
         <v>9.9310000000000006E-3</v>
       </c>
-      <c r="N9" s="28">
+      <c r="N9" s="11">
         <v>2.9718999999999999E-2</v>
       </c>
-      <c r="O9" s="29">
+      <c r="O9" s="12">
         <v>21.942381000000001</v>
       </c>
     </row>
     <row r="10" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="42"/>
-[...13 lines deleted...]
-      <c r="O10" s="42"/>
+      <c r="A10" s="31"/>
+      <c r="B10" s="31"/>
+      <c r="C10" s="31"/>
+      <c r="D10" s="31"/>
+      <c r="E10" s="31"/>
+      <c r="F10" s="31"/>
+      <c r="G10" s="31"/>
+      <c r="H10" s="31"/>
+      <c r="I10" s="31"/>
+      <c r="J10" s="31"/>
+      <c r="K10" s="31"/>
+      <c r="L10" s="31"/>
+      <c r="M10" s="31"/>
+      <c r="N10" s="31"/>
+      <c r="O10" s="31"/>
     </row>
     <row r="11" spans="1:15" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="42"/>
-[...13 lines deleted...]
-      <c r="O11" s="42"/>
+      <c r="A11" s="31"/>
+      <c r="B11" s="31"/>
+      <c r="C11" s="31"/>
+      <c r="D11" s="31"/>
+      <c r="E11" s="31"/>
+      <c r="F11" s="31"/>
+      <c r="G11" s="31"/>
+      <c r="H11" s="31"/>
+      <c r="I11" s="31"/>
+      <c r="J11" s="31"/>
+      <c r="K11" s="31"/>
+      <c r="L11" s="31"/>
+      <c r="M11" s="31"/>
+      <c r="N11" s="31"/>
+      <c r="O11" s="31"/>
     </row>
     <row r="12" spans="1:15" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="54" t="s">
-[...15 lines deleted...]
-      <c r="O12" s="56"/>
+      <c r="A12" s="32" t="s">
+        <v>74</v>
+      </c>
+      <c r="B12" s="33"/>
+      <c r="C12" s="33"/>
+      <c r="D12" s="33"/>
+      <c r="E12" s="33"/>
+      <c r="F12" s="33"/>
+      <c r="G12" s="33"/>
+      <c r="H12" s="33"/>
+      <c r="I12" s="33"/>
+      <c r="J12" s="33"/>
+      <c r="K12" s="33"/>
+      <c r="L12" s="33"/>
+      <c r="M12" s="33"/>
+      <c r="N12" s="33"/>
+      <c r="O12" s="34"/>
     </row>
     <row r="14" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="42"/>
-[...13 lines deleted...]
-      <c r="O14" s="42"/>
+      <c r="A14" s="31"/>
+      <c r="B14" s="31"/>
+      <c r="C14" s="31"/>
+      <c r="D14" s="31"/>
+      <c r="E14" s="31"/>
+      <c r="F14" s="31"/>
+      <c r="G14" s="31"/>
+      <c r="H14" s="31"/>
+      <c r="I14" s="31"/>
+      <c r="J14" s="31"/>
+      <c r="K14" s="31"/>
+      <c r="L14" s="31"/>
+      <c r="M14" s="31"/>
+      <c r="N14" s="31"/>
+      <c r="O14" s="31"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="12">
     <mergeCell ref="A9:C9"/>
     <mergeCell ref="A10:O11"/>
     <mergeCell ref="A12:O12"/>
     <mergeCell ref="A14:O14"/>
     <mergeCell ref="H1:O3"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A4:C5"/>
     <mergeCell ref="D4:N4"/>
     <mergeCell ref="O4:O5"/>
     <mergeCell ref="A6:A8"/>
     <mergeCell ref="B6:B7"/>
     <mergeCell ref="B8:C8"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <customProperties>
+    <customPr name="GUID" r:id="rId1"/>
+  </customProperties>
+  <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>MI_2019</vt:lpstr>
       <vt:lpstr>UTE_2019</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>IBM Incorporated</Company>