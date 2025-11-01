--- v0 (2025-10-11)
+++ v1 (2025-11-01)
@@ -1,66 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28324"/>
   <workbookPr defaultThemeVersion="123820"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\molle\Carpetas compartidas3\Planificación Comercial\MARIANA PUBLICA\Demandas WEB\VENTAS COMBUSTIBLES Merc.Int. - UTE\VENTAS MENSUALES Merc.Int._UTE\INFORMACION HISTÓRICA\INFORMACION HISTÓRICA_con_asfalto\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BAED9056-83AA-4224-9C8A-D0CD987F3975}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-15" yWindow="-15" windowWidth="19530" windowHeight="4860" activeTab="1"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15990" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="MI_2014" sheetId="1" r:id="rId1"/>
     <sheet name="UTE_2014" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="0"/>
   <webPublishing codePage="1252"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119" uniqueCount="84">
   <si>
     <t xml:space="preserve">Detalle de Ventas de Combustibles - Mercado Interno </t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>Total Año</t>
   </si>
   <si>
     <t>2014/01</t>
   </si>
   <si>
     <t>2014/02</t>
   </si>
   <si>
     <t>2014/03</t>
   </si>
   <si>
     <t>2014/04</t>
   </si>
   <si>
     <t>2014/05</t>
   </si>
   <si>
@@ -97,53 +104,50 @@
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>BUTANO</t>
     </r>
   </si>
   <si>
     <t>PROPANO</t>
   </si>
   <si>
-    <t>PROPANO INDUSTRIAL</t>
-[...1 lines deleted...]
-  <si>
     <t>SUPERGAS GRANEL</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>PROPANO</t>
     </r>
   </si>
   <si>
@@ -209,56 +213,50 @@
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>GAS OIL (1)</t>
     </r>
   </si>
   <si>
     <t>GASOLINAS (1)</t>
   </si>
   <si>
-    <t>PREMIUM 97 30-S</t>
-[...4 lines deleted...]
-  <si>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>GASOLINAS (1)</t>
     </r>
   </si>
   <si>
     <t>QUEROSENO</t>
   </si>
   <si>
@@ -461,137 +459,50 @@
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color rgb="FFFFFFFF"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color rgb="FFFFFFFF"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>SOLVENTES</t>
     </r>
   </si>
   <si>
-    <t>ASFALTOS</t>
-[...85 lines deleted...]
-  <si>
     <t>AZUFRE</t>
   </si>
   <si>
     <t>QUÍMICOS</t>
   </si>
   <si>
     <t>AZUFRE LÍQUIDO</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
@@ -714,61 +625,73 @@
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>GAS OIL</t>
     </r>
   </si>
   <si>
     <t>FUEL OIL MOTORES</t>
   </si>
   <si>
     <t>elaborado y emitido por G.V.C.L. y E. - (P.C.)</t>
   </si>
+  <si>
+    <t>(en miles de m3, corregidos a 15°C)</t>
+  </si>
+  <si>
+    <t>PROPANO INDUSTRIAL(GLP GRANEL)</t>
+  </si>
+  <si>
+    <t>PREMIUM 97</t>
+  </si>
+  <si>
+    <t>SUPER 95</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.000;\-#,##0.000;\ \ "/>
     <numFmt numFmtId="165" formatCode="#,##0.000;\-#,##0.000;\ "/>
     <numFmt numFmtId="166" formatCode="#,##0.000"/>
   </numFmts>
-  <fonts count="15" x14ac:knownFonts="1">
+  <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FFFFFFFF"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="8"/>
       <color rgb="FFFFFFFF"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color rgb="FF333399"/>
@@ -817,56 +740,50 @@
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color rgb="FFFFFFFF"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="10"/>
-[...4 lines deleted...]
-    <font>
       <i/>
       <sz val="7"/>
       <color theme="1"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="10">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF0F254C"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
@@ -878,51 +795,51 @@
       <patternFill patternType="solid">
         <fgColor rgb="FFE6E6E6"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF2F1F1"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF666699"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000080"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDFDFDF"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="21">
+  <borders count="25">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color rgb="FFFFC728"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FFC0C0C0"/>
       </left>
       <right/>
       <top style="medium">
         <color rgb="FFC0C0C0"/>
       </top>
       <bottom style="medium">
@@ -1136,227 +1053,301 @@
       </left>
       <right style="medium">
         <color rgb="FF93B1CD"/>
       </right>
       <top style="medium">
         <color rgb="FF93B1CD"/>
       </top>
       <bottom style="medium">
         <color rgb="FF93B1CD"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF93B1CD"/>
       </left>
       <right style="medium">
         <color rgb="FF93B1CD"/>
       </right>
       <top/>
       <bottom style="medium">
         <color rgb="FF93B1CD"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FFCCCCCC"/>
+      </left>
+      <right style="medium">
+        <color rgb="FFCCCCCC"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color rgb="FFCCCCCC"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FFA2C4E0"/>
+      </left>
+      <right style="medium">
+        <color rgb="FFA2C4E0"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color rgb="FFA2C4E0"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FFC0C0C0"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color rgb="FFC0C0C0"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="60">
+  <cellXfs count="67">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="10" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="164" fontId="7" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
-    </xf>
-[...30 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="7" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="166" fontId="11" fillId="3" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="166" fontId="10" fillId="6" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="166" fontId="11" fillId="6" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="11" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="166" fontId="10" fillId="9" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="166" fontId="11" fillId="9" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="9" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="4" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="8" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="4" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="4" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="6" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...26 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="20" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="21" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="3" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="3" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="165" fontId="10" fillId="6" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="6" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="18" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="22" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="8" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="17" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="18" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="10" fillId="9" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="9" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>14</xdr:col>
       <xdr:colOff>314325</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>180975</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
       <xdr:colOff>657225</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="3 Imagen" descr="cid:image001.png@01CEF682.E79D4C30"/>
+        <xdr:cNvPr id="4" name="3 Imagen" descr="cid:image001.png@01CEF682.E79D4C30">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000004000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="12392025" y="180975"/>
           <a:ext cx="1009650" cy="228600"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -1364,51 +1355,57 @@
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>14</xdr:col>
       <xdr:colOff>361950</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>161925</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
       <xdr:colOff>609600</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="1 Imagen" descr="cid:image001.png@01CEF682.E79D4C30"/>
+        <xdr:cNvPr id="2" name="1 Imagen" descr="cid:image001.png@01CEF682.E79D4C30">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="12439650" y="161925"/>
           <a:ext cx="914400" cy="228600"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -1421,91 +1418,91 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1533,51 +1530,51 @@
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1703,3474 +1700,3110 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:P70"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:P62"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-      <pane xSplit="3" ySplit="5" topLeftCell="I42" activePane="bottomRight" state="frozen"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <pane xSplit="3" ySplit="5" topLeftCell="D6" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
-      <selection pane="bottomRight" activeCell="M49" sqref="M49"/>
+      <selection pane="bottomRight" activeCell="U13" sqref="U13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="24.7109375" customWidth="1"/>
+    <col min="1" max="1" width="23.7109375" customWidth="1"/>
     <col min="2" max="2" width="13.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="32.7109375" bestFit="1" customWidth="1"/>
     <col min="4" max="15" width="10" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="11.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="1" t="s">
+      <c r="A1" s="44" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
-      <c r="H1" s="11"/>
-[...7 lines deleted...]
-      <c r="P1" s="11"/>
+      <c r="H1" s="28"/>
+      <c r="I1" s="28"/>
+      <c r="J1" s="28"/>
+      <c r="K1" s="28"/>
+      <c r="L1" s="28"/>
+      <c r="M1" s="28"/>
+      <c r="N1" s="28"/>
+      <c r="O1" s="28"/>
+      <c r="P1" s="28"/>
     </row>
     <row r="2" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A2" s="30" t="s">
-[...16 lines deleted...]
-      <c r="P2" s="11"/>
+      <c r="A2" s="27" t="s">
+        <v>80</v>
+      </c>
+      <c r="B2" s="28"/>
+      <c r="C2" s="28"/>
+      <c r="D2" s="28"/>
+      <c r="E2" s="28"/>
+      <c r="F2" s="28"/>
+      <c r="G2" s="28"/>
+      <c r="H2" s="28"/>
+      <c r="I2" s="28"/>
+      <c r="J2" s="28"/>
+      <c r="K2" s="28"/>
+      <c r="L2" s="28"/>
+      <c r="M2" s="28"/>
+      <c r="N2" s="28"/>
+      <c r="O2" s="28"/>
+      <c r="P2" s="28"/>
     </row>
     <row r="3" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A3" s="3"/>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
-      <c r="H3" s="12"/>
-[...7 lines deleted...]
-      <c r="P3" s="12"/>
+      <c r="H3" s="38"/>
+      <c r="I3" s="38"/>
+      <c r="J3" s="38"/>
+      <c r="K3" s="38"/>
+      <c r="L3" s="38"/>
+      <c r="M3" s="38"/>
+      <c r="N3" s="38"/>
+      <c r="O3" s="38"/>
+      <c r="P3" s="38"/>
     </row>
     <row r="4" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="37" t="s">
+      <c r="A4" s="45"/>
+      <c r="B4" s="46"/>
+      <c r="C4" s="46"/>
+      <c r="D4" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="E4" s="30"/>
+      <c r="F4" s="30"/>
+      <c r="G4" s="30"/>
+      <c r="H4" s="30"/>
+      <c r="I4" s="30"/>
+      <c r="J4" s="30"/>
+      <c r="K4" s="30"/>
+      <c r="L4" s="30"/>
+      <c r="M4" s="30"/>
+      <c r="N4" s="30"/>
+      <c r="O4" s="31"/>
+      <c r="P4" s="32" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="47"/>
+      <c r="B5" s="47"/>
+      <c r="C5" s="47"/>
+      <c r="D5" s="48" t="s">
+        <v>3</v>
+      </c>
+      <c r="E5" s="48" t="s">
+        <v>4</v>
+      </c>
+      <c r="F5" s="48" t="s">
+        <v>5</v>
+      </c>
+      <c r="G5" s="48" t="s">
+        <v>6</v>
+      </c>
+      <c r="H5" s="48" t="s">
+        <v>7</v>
+      </c>
+      <c r="I5" s="48" t="s">
+        <v>8</v>
+      </c>
+      <c r="J5" s="48" t="s">
+        <v>9</v>
+      </c>
+      <c r="K5" s="48" t="s">
+        <v>10</v>
+      </c>
+      <c r="L5" s="48" t="s">
+        <v>11</v>
+      </c>
+      <c r="M5" s="48" t="s">
+        <v>12</v>
+      </c>
+      <c r="N5" s="48" t="s">
+        <v>13</v>
+      </c>
+      <c r="O5" s="48" t="s">
+        <v>14</v>
+      </c>
+      <c r="P5" s="33"/>
+    </row>
+    <row r="6" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="49" t="s">
+        <v>15</v>
+      </c>
+      <c r="B6" s="50" t="s">
+        <v>16</v>
+      </c>
+      <c r="C6" s="51" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" s="52">
+        <v>7.9290000000000003E-3</v>
+      </c>
+      <c r="E6" s="52">
+        <v>1.0089000000000001E-2</v>
+      </c>
+      <c r="F6" s="52">
+        <v>9.5580000000000005E-3</v>
+      </c>
+      <c r="G6" s="52">
+        <v>1.0617E-2</v>
+      </c>
+      <c r="H6" s="52">
+        <v>8.9390000000000008E-3</v>
+      </c>
+      <c r="I6" s="52">
+        <v>1.3103E-2</v>
+      </c>
+      <c r="J6" s="52">
+        <v>1.0227E-2</v>
+      </c>
+      <c r="K6" s="52">
+        <v>1.0638999999999999E-2</v>
+      </c>
+      <c r="L6" s="52">
+        <v>1.7920999999999999E-2</v>
+      </c>
+      <c r="M6" s="52">
+        <v>1.2508E-2</v>
+      </c>
+      <c r="N6" s="52">
+        <v>1.2097E-2</v>
+      </c>
+      <c r="O6" s="52">
+        <v>9.1959999999999993E-3</v>
+      </c>
+      <c r="P6" s="53">
+        <v>0.132823</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="18"/>
+      <c r="B7" s="19"/>
+      <c r="C7" s="54" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" s="55">
+        <v>7.9290000000000003E-3</v>
+      </c>
+      <c r="E7" s="55">
+        <v>1.0089000000000001E-2</v>
+      </c>
+      <c r="F7" s="55">
+        <v>9.5580000000000005E-3</v>
+      </c>
+      <c r="G7" s="55">
+        <v>1.0617E-2</v>
+      </c>
+      <c r="H7" s="55">
+        <v>8.9390000000000008E-3</v>
+      </c>
+      <c r="I7" s="55">
+        <v>1.3103E-2</v>
+      </c>
+      <c r="J7" s="55">
+        <v>1.0227E-2</v>
+      </c>
+      <c r="K7" s="55">
+        <v>1.0638999999999999E-2</v>
+      </c>
+      <c r="L7" s="55">
+        <v>1.7920999999999999E-2</v>
+      </c>
+      <c r="M7" s="55">
+        <v>1.2508E-2</v>
+      </c>
+      <c r="N7" s="55">
+        <v>1.2097E-2</v>
+      </c>
+      <c r="O7" s="55">
+        <v>9.1959999999999993E-3</v>
+      </c>
+      <c r="P7" s="56">
+        <v>0.132823</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="18"/>
+      <c r="B8" s="50" t="s">
+        <v>19</v>
+      </c>
+      <c r="C8" s="51" t="s">
         <v>81</v>
       </c>
-      <c r="B4" s="37" t="s">
+      <c r="D8" s="52">
+        <v>1.1884520000000001</v>
+      </c>
+      <c r="E8" s="52">
+        <v>1.1432059999999999</v>
+      </c>
+      <c r="F8" s="52">
+        <v>1.343086</v>
+      </c>
+      <c r="G8" s="52">
+        <v>1.535147</v>
+      </c>
+      <c r="H8" s="52">
+        <v>1.7957430000000001</v>
+      </c>
+      <c r="I8" s="52">
+        <v>1.5525150000000001</v>
+      </c>
+      <c r="J8" s="52">
+        <v>1.428364</v>
+      </c>
+      <c r="K8" s="52">
+        <v>1.6139950000000001</v>
+      </c>
+      <c r="L8" s="52">
+        <v>1.2078990000000001</v>
+      </c>
+      <c r="M8" s="52">
+        <v>0.99826000000000004</v>
+      </c>
+      <c r="N8" s="52">
+        <v>1.0672619999999999</v>
+      </c>
+      <c r="O8" s="52">
+        <v>1.2767170000000001</v>
+      </c>
+      <c r="P8" s="53">
+        <v>16.150645999999998</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="18"/>
+      <c r="B9" s="18"/>
+      <c r="C9" s="51" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" s="52">
+        <v>2.1858960000000001</v>
+      </c>
+      <c r="E9" s="52">
+        <v>2.1509860000000001</v>
+      </c>
+      <c r="F9" s="52">
+        <v>3.1109770000000001</v>
+      </c>
+      <c r="G9" s="52">
+        <v>3.814778</v>
+      </c>
+      <c r="H9" s="52">
+        <v>5.3595290000000002</v>
+      </c>
+      <c r="I9" s="52">
+        <v>5.408023</v>
+      </c>
+      <c r="J9" s="52">
+        <v>4.975905</v>
+      </c>
+      <c r="K9" s="52">
+        <v>3.530799</v>
+      </c>
+      <c r="L9" s="52">
+        <v>3.2094320000000001</v>
+      </c>
+      <c r="M9" s="52">
+        <v>2.7894890000000001</v>
+      </c>
+      <c r="N9" s="52">
+        <v>2.6029719999999998</v>
+      </c>
+      <c r="O9" s="52">
+        <v>2.6677209999999998</v>
+      </c>
+      <c r="P9" s="53">
+        <v>41.806507000000003</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="18"/>
+      <c r="B10" s="19"/>
+      <c r="C10" s="54" t="s">
+        <v>21</v>
+      </c>
+      <c r="D10" s="55">
+        <v>3.3743479999999999</v>
+      </c>
+      <c r="E10" s="55">
+        <v>3.2941919999999998</v>
+      </c>
+      <c r="F10" s="55">
+        <v>4.4540629999999997</v>
+      </c>
+      <c r="G10" s="55">
+        <v>5.3499249999999998</v>
+      </c>
+      <c r="H10" s="55">
+        <v>7.1552720000000001</v>
+      </c>
+      <c r="I10" s="55">
+        <v>6.9605379999999997</v>
+      </c>
+      <c r="J10" s="55">
+        <v>6.4042690000000002</v>
+      </c>
+      <c r="K10" s="55">
+        <v>5.1447940000000001</v>
+      </c>
+      <c r="L10" s="55">
+        <v>4.4173309999999999</v>
+      </c>
+      <c r="M10" s="55">
+        <v>3.7877489999999998</v>
+      </c>
+      <c r="N10" s="55">
+        <v>3.6702340000000002</v>
+      </c>
+      <c r="O10" s="55">
+        <v>3.9444379999999999</v>
+      </c>
+      <c r="P10" s="56">
+        <v>57.957152999999998</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="18"/>
+      <c r="B11" s="50" t="s">
+        <v>22</v>
+      </c>
+      <c r="C11" s="51" t="s">
+        <v>22</v>
+      </c>
+      <c r="D11" s="52">
+        <v>9.9040510000000008</v>
+      </c>
+      <c r="E11" s="52">
+        <v>10.393488</v>
+      </c>
+      <c r="F11" s="52">
+        <v>11.474891</v>
+      </c>
+      <c r="G11" s="52">
+        <v>13.269328</v>
+      </c>
+      <c r="H11" s="52">
+        <v>17.899258</v>
+      </c>
+      <c r="I11" s="52">
+        <v>21.380866000000001</v>
+      </c>
+      <c r="J11" s="52">
+        <v>21.786776</v>
+      </c>
+      <c r="K11" s="52">
+        <v>19.365220000000001</v>
+      </c>
+      <c r="L11" s="52">
+        <v>14.843602000000001</v>
+      </c>
+      <c r="M11" s="52">
+        <v>12.105632</v>
+      </c>
+      <c r="N11" s="52">
+        <v>11.135847999999999</v>
+      </c>
+      <c r="O11" s="52">
+        <v>11.176931</v>
+      </c>
+      <c r="P11" s="53">
+        <v>174.73589100000001</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="18"/>
+      <c r="B12" s="19"/>
+      <c r="C12" s="54" t="s">
+        <v>23</v>
+      </c>
+      <c r="D12" s="55">
+        <v>9.9040510000000008</v>
+      </c>
+      <c r="E12" s="55">
+        <v>10.393488</v>
+      </c>
+      <c r="F12" s="55">
+        <v>11.474891</v>
+      </c>
+      <c r="G12" s="55">
+        <v>13.269328</v>
+      </c>
+      <c r="H12" s="55">
+        <v>17.899258</v>
+      </c>
+      <c r="I12" s="55">
+        <v>21.380866000000001</v>
+      </c>
+      <c r="J12" s="55">
+        <v>21.786776</v>
+      </c>
+      <c r="K12" s="55">
+        <v>19.365220000000001</v>
+      </c>
+      <c r="L12" s="55">
+        <v>14.843602000000001</v>
+      </c>
+      <c r="M12" s="55">
+        <v>12.105632</v>
+      </c>
+      <c r="N12" s="55">
+        <v>11.135847999999999</v>
+      </c>
+      <c r="O12" s="55">
+        <v>11.176931</v>
+      </c>
+      <c r="P12" s="56">
+        <v>174.73589100000001</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="19"/>
+      <c r="B13" s="57" t="s">
+        <v>24</v>
+      </c>
+      <c r="C13" s="58"/>
+      <c r="D13" s="55">
+        <v>13.286327999999999</v>
+      </c>
+      <c r="E13" s="55">
+        <v>13.697768999999999</v>
+      </c>
+      <c r="F13" s="55">
+        <v>15.938511999999999</v>
+      </c>
+      <c r="G13" s="55">
+        <v>18.62987</v>
+      </c>
+      <c r="H13" s="55">
+        <v>25.063469000000001</v>
+      </c>
+      <c r="I13" s="55">
+        <v>28.354507000000002</v>
+      </c>
+      <c r="J13" s="55">
+        <v>28.201271999999999</v>
+      </c>
+      <c r="K13" s="55">
+        <v>24.520652999999999</v>
+      </c>
+      <c r="L13" s="55">
+        <v>19.278853999999999</v>
+      </c>
+      <c r="M13" s="55">
+        <v>15.905889</v>
+      </c>
+      <c r="N13" s="55">
+        <v>14.818179000000001</v>
+      </c>
+      <c r="O13" s="55">
+        <v>15.130565000000001</v>
+      </c>
+      <c r="P13" s="56">
+        <v>232.82586699999999</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="49" t="s">
+        <v>25</v>
+      </c>
+      <c r="B14" s="50" t="s">
+        <v>26</v>
+      </c>
+      <c r="C14" s="51" t="s">
+        <v>27</v>
+      </c>
+      <c r="D14" s="52">
+        <v>2.5815950000000001</v>
+      </c>
+      <c r="E14" s="52">
+        <v>2.0775839999999999</v>
+      </c>
+      <c r="F14" s="52">
+        <v>1.923646</v>
+      </c>
+      <c r="G14" s="52">
+        <v>2.0871369999999998</v>
+      </c>
+      <c r="H14" s="52">
+        <v>1.6382669999999999</v>
+      </c>
+      <c r="I14" s="52">
+        <v>1.023997</v>
+      </c>
+      <c r="J14" s="52">
+        <v>0.95696699999900003</v>
+      </c>
+      <c r="K14" s="52">
+        <v>0.88175999999999999</v>
+      </c>
+      <c r="L14" s="52">
+        <v>0.99225399999999997</v>
+      </c>
+      <c r="M14" s="52">
+        <v>0.848943</v>
+      </c>
+      <c r="N14" s="52">
+        <v>0.92041700000000004</v>
+      </c>
+      <c r="O14" s="52">
+        <v>1.1108</v>
+      </c>
+      <c r="P14" s="53">
+        <v>17.043367</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="18"/>
+      <c r="B15" s="18"/>
+      <c r="C15" s="51" t="s">
+        <v>28</v>
+      </c>
+      <c r="D15" s="52">
+        <v>59.338745000000003</v>
+      </c>
+      <c r="E15" s="52">
+        <v>57.194194000000003</v>
+      </c>
+      <c r="F15" s="52">
+        <v>72.206695999998999</v>
+      </c>
+      <c r="G15" s="52">
+        <v>89.310391999998998</v>
+      </c>
+      <c r="H15" s="52">
+        <v>76.065515999998993</v>
+      </c>
+      <c r="I15" s="52">
+        <v>73.351538000000005</v>
+      </c>
+      <c r="J15" s="52">
+        <v>69.026651000000001</v>
+      </c>
+      <c r="K15" s="52">
+        <v>73.313964999999996</v>
+      </c>
+      <c r="L15" s="52">
+        <v>73.186902000000003</v>
+      </c>
+      <c r="M15" s="52">
+        <v>78.392824000000005</v>
+      </c>
+      <c r="N15" s="52">
+        <v>77.613962999999004</v>
+      </c>
+      <c r="O15" s="52">
+        <v>76.118387999999001</v>
+      </c>
+      <c r="P15" s="53">
+        <v>875.11977400000001</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="18"/>
+      <c r="B16" s="19"/>
+      <c r="C16" s="54" t="s">
+        <v>29</v>
+      </c>
+      <c r="D16" s="55">
+        <v>61.920340000000003</v>
+      </c>
+      <c r="E16" s="55">
+        <v>59.271777999999998</v>
+      </c>
+      <c r="F16" s="55">
+        <v>74.130341999999004</v>
+      </c>
+      <c r="G16" s="55">
+        <v>91.397528999998997</v>
+      </c>
+      <c r="H16" s="55">
+        <v>77.703782999999007</v>
+      </c>
+      <c r="I16" s="55">
+        <v>74.375534999999999</v>
+      </c>
+      <c r="J16" s="55">
+        <v>69.983618000000007</v>
+      </c>
+      <c r="K16" s="55">
+        <v>74.195724999999996</v>
+      </c>
+      <c r="L16" s="55">
+        <v>74.179156000000006</v>
+      </c>
+      <c r="M16" s="55">
+        <v>79.241766999999996</v>
+      </c>
+      <c r="N16" s="55">
+        <v>78.534379999999004</v>
+      </c>
+      <c r="O16" s="55">
+        <v>77.229187999998999</v>
+      </c>
+      <c r="P16" s="56">
+        <v>892.163141</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="18"/>
+      <c r="B17" s="50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C17" s="51" t="s">
         <v>82</v>
       </c>
-      <c r="C4" s="39" t="s">
+      <c r="D17" s="52">
+        <v>6.263642999999</v>
+      </c>
+      <c r="E17" s="52">
+        <v>5.164536</v>
+      </c>
+      <c r="F17" s="52">
+        <v>4.8964119999999998</v>
+      </c>
+      <c r="G17" s="52">
+        <v>5.3754249999989998</v>
+      </c>
+      <c r="H17" s="52">
+        <v>4.897322</v>
+      </c>
+      <c r="I17" s="52">
+        <v>4.6909349999999996</v>
+      </c>
+      <c r="J17" s="52">
+        <v>5.0686530000000003</v>
+      </c>
+      <c r="K17" s="52">
+        <v>5.0561999999999996</v>
+      </c>
+      <c r="L17" s="52">
+        <v>5.5369339999999996</v>
+      </c>
+      <c r="M17" s="52">
+        <v>5.4679140000000004</v>
+      </c>
+      <c r="N17" s="52">
+        <v>5.204014999999</v>
+      </c>
+      <c r="O17" s="52">
+        <v>7.268014</v>
+      </c>
+      <c r="P17" s="53">
+        <v>64.890002999999993</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="18"/>
+      <c r="B18" s="18"/>
+      <c r="C18" s="51" t="s">
         <v>83</v>
       </c>
-      <c r="D4" s="32" t="s">
-[...157 lines deleted...]
-      <c r="B8" s="44" t="s">
+      <c r="D18" s="52">
+        <v>55.244349</v>
+      </c>
+      <c r="E18" s="52">
+        <v>49.295526000000002</v>
+      </c>
+      <c r="F18" s="52">
+        <v>51.740538000000001</v>
+      </c>
+      <c r="G18" s="52">
+        <v>54.503599999999999</v>
+      </c>
+      <c r="H18" s="52">
+        <v>51.791767999999003</v>
+      </c>
+      <c r="I18" s="52">
+        <v>49.263404000000001</v>
+      </c>
+      <c r="J18" s="52">
+        <v>52.076614999999997</v>
+      </c>
+      <c r="K18" s="52">
+        <v>52.719040999999002</v>
+      </c>
+      <c r="L18" s="52">
+        <v>55.524289000000003</v>
+      </c>
+      <c r="M18" s="52">
+        <v>57.537911000000001</v>
+      </c>
+      <c r="N18" s="52">
+        <v>52.903973999999003</v>
+      </c>
+      <c r="O18" s="52">
+        <v>66.914235000000005</v>
+      </c>
+      <c r="P18" s="53">
+        <v>649.51525000000004</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="18"/>
+      <c r="B19" s="19"/>
+      <c r="C19" s="54" t="s">
+        <v>31</v>
+      </c>
+      <c r="D19" s="55">
+        <v>61.507992000000002</v>
+      </c>
+      <c r="E19" s="55">
+        <v>54.460062000000001</v>
+      </c>
+      <c r="F19" s="55">
+        <v>56.636949999999999</v>
+      </c>
+      <c r="G19" s="55">
+        <v>59.879024999998997</v>
+      </c>
+      <c r="H19" s="55">
+        <v>56.689089999998998</v>
+      </c>
+      <c r="I19" s="55">
+        <v>53.954338999999997</v>
+      </c>
+      <c r="J19" s="55">
+        <v>57.145268000000002</v>
+      </c>
+      <c r="K19" s="55">
+        <v>57.775240999998999</v>
+      </c>
+      <c r="L19" s="55">
+        <v>61.061222999999998</v>
+      </c>
+      <c r="M19" s="55">
+        <v>63.005825000000002</v>
+      </c>
+      <c r="N19" s="55">
+        <v>58.107988999999002</v>
+      </c>
+      <c r="O19" s="55">
+        <v>74.182248999999999</v>
+      </c>
+      <c r="P19" s="56">
+        <v>714.40525300000002</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="18"/>
+      <c r="B20" s="50" t="s">
+        <v>32</v>
+      </c>
+      <c r="C20" s="51" t="s">
+        <v>33</v>
+      </c>
+      <c r="D20" s="52">
+        <v>0.476914</v>
+      </c>
+      <c r="E20" s="52">
+        <v>0.40117799999999998</v>
+      </c>
+      <c r="F20" s="52">
+        <v>0.48459200000000002</v>
+      </c>
+      <c r="G20" s="52">
+        <v>0.63573599999999997</v>
+      </c>
+      <c r="H20" s="52">
+        <v>0.89199300000000004</v>
+      </c>
+      <c r="I20" s="52">
+        <v>1.108412</v>
+      </c>
+      <c r="J20" s="52">
+        <v>1.30853</v>
+      </c>
+      <c r="K20" s="52">
+        <v>0.84708700000000003</v>
+      </c>
+      <c r="L20" s="52">
+        <v>0.59499500000000005</v>
+      </c>
+      <c r="M20" s="52">
+        <v>0.50892099999999996</v>
+      </c>
+      <c r="N20" s="52">
+        <v>0.37371199999999999</v>
+      </c>
+      <c r="O20" s="52">
+        <v>0.40842200000000001</v>
+      </c>
+      <c r="P20" s="53">
+        <v>8.0404920000000004</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="18"/>
+      <c r="B21" s="19"/>
+      <c r="C21" s="54" t="s">
+        <v>34</v>
+      </c>
+      <c r="D21" s="55">
+        <v>0.476914</v>
+      </c>
+      <c r="E21" s="55">
+        <v>0.40117799999999998</v>
+      </c>
+      <c r="F21" s="55">
+        <v>0.48459200000000002</v>
+      </c>
+      <c r="G21" s="55">
+        <v>0.63573599999999997</v>
+      </c>
+      <c r="H21" s="55">
+        <v>0.89199300000000004</v>
+      </c>
+      <c r="I21" s="55">
+        <v>1.108412</v>
+      </c>
+      <c r="J21" s="55">
+        <v>1.30853</v>
+      </c>
+      <c r="K21" s="55">
+        <v>0.84708700000000003</v>
+      </c>
+      <c r="L21" s="55">
+        <v>0.59499500000000005</v>
+      </c>
+      <c r="M21" s="55">
+        <v>0.50892099999999996</v>
+      </c>
+      <c r="N21" s="55">
+        <v>0.37371199999999999</v>
+      </c>
+      <c r="O21" s="55">
+        <v>0.40842200000000001</v>
+      </c>
+      <c r="P21" s="56">
+        <v>8.0404920000000004</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="19"/>
+      <c r="B22" s="57" t="s">
+        <v>35</v>
+      </c>
+      <c r="C22" s="58"/>
+      <c r="D22" s="55">
+        <v>123.90524600000001</v>
+      </c>
+      <c r="E22" s="55">
+        <v>114.13301800000001</v>
+      </c>
+      <c r="F22" s="55">
+        <v>131.25188399999999</v>
+      </c>
+      <c r="G22" s="55">
+        <v>151.91229000000001</v>
+      </c>
+      <c r="H22" s="55">
+        <v>135.28486599999999</v>
+      </c>
+      <c r="I22" s="55">
+        <v>129.43828600000001</v>
+      </c>
+      <c r="J22" s="55">
+        <v>128.43741600000001</v>
+      </c>
+      <c r="K22" s="55">
+        <v>132.81805299999999</v>
+      </c>
+      <c r="L22" s="55">
+        <v>135.835374</v>
+      </c>
+      <c r="M22" s="55">
+        <v>142.75651300000001</v>
+      </c>
+      <c r="N22" s="55">
+        <v>137.01608100000001</v>
+      </c>
+      <c r="O22" s="55">
+        <v>151.81985900000001</v>
+      </c>
+      <c r="P22" s="56">
+        <v>1614.608886</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="49" t="s">
+        <v>36</v>
+      </c>
+      <c r="B23" s="50" t="s">
+        <v>37</v>
+      </c>
+      <c r="C23" s="51" t="s">
+        <v>38</v>
+      </c>
+      <c r="D23" s="52">
+        <v>1.4859849999999999</v>
+      </c>
+      <c r="E23" s="52">
+        <v>1.670777</v>
+      </c>
+      <c r="F23" s="52">
+        <v>1.9129879999999999</v>
+      </c>
+      <c r="G23" s="52">
+        <v>2.4741960000000001</v>
+      </c>
+      <c r="H23" s="52">
+        <v>3.0170460000000001</v>
+      </c>
+      <c r="I23" s="52">
+        <v>3.9476960000000001</v>
+      </c>
+      <c r="J23" s="52">
+        <v>4.6126899999999997</v>
+      </c>
+      <c r="K23" s="52">
+        <v>3.7583280000000001</v>
+      </c>
+      <c r="L23" s="52">
+        <v>3.3014070000000002</v>
+      </c>
+      <c r="M23" s="52">
+        <v>2.3320919999999998</v>
+      </c>
+      <c r="N23" s="52">
+        <v>1.82806</v>
+      </c>
+      <c r="O23" s="52">
+        <v>1.741098</v>
+      </c>
+      <c r="P23" s="53">
+        <v>32.082363000000001</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="18"/>
+      <c r="B24" s="18"/>
+      <c r="C24" s="51" t="s">
+        <v>39</v>
+      </c>
+      <c r="D24" s="52">
+        <v>3.3205830000000001</v>
+      </c>
+      <c r="E24" s="52">
+        <v>3.210696</v>
+      </c>
+      <c r="F24" s="52">
+        <v>3.4591449999999999</v>
+      </c>
+      <c r="G24" s="52">
+        <v>3.9953249999999998</v>
+      </c>
+      <c r="H24" s="52">
+        <v>4.1150229999999999</v>
+      </c>
+      <c r="I24" s="52">
+        <v>3.8622079999999999</v>
+      </c>
+      <c r="J24" s="52">
+        <v>3.7996279999999998</v>
+      </c>
+      <c r="K24" s="52">
+        <v>3.7846109999999999</v>
+      </c>
+      <c r="L24" s="52">
+        <v>4.3305420000000003</v>
+      </c>
+      <c r="M24" s="52">
+        <v>3.7775799999999999</v>
+      </c>
+      <c r="N24" s="52">
+        <v>3.7690869999999999</v>
+      </c>
+      <c r="O24" s="52">
+        <v>3.9451689999999999</v>
+      </c>
+      <c r="P24" s="53">
+        <v>45.369596999999999</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="18"/>
+      <c r="B25" s="19"/>
+      <c r="C25" s="54" t="s">
+        <v>40</v>
+      </c>
+      <c r="D25" s="55">
+        <v>4.8065680000000004</v>
+      </c>
+      <c r="E25" s="55">
+        <v>4.8814729999999997</v>
+      </c>
+      <c r="F25" s="55">
+        <v>5.3721329999999998</v>
+      </c>
+      <c r="G25" s="55">
+        <v>6.4695210000000003</v>
+      </c>
+      <c r="H25" s="55">
+        <v>7.1320690000000004</v>
+      </c>
+      <c r="I25" s="55">
+        <v>7.8099040000000004</v>
+      </c>
+      <c r="J25" s="55">
+        <v>8.4123180000000009</v>
+      </c>
+      <c r="K25" s="55">
+        <v>7.5429389999999996</v>
+      </c>
+      <c r="L25" s="55">
+        <v>7.6319489999999996</v>
+      </c>
+      <c r="M25" s="55">
+        <v>6.1096719999999998</v>
+      </c>
+      <c r="N25" s="55">
+        <v>5.5971469999999997</v>
+      </c>
+      <c r="O25" s="55">
+        <v>5.686267</v>
+      </c>
+      <c r="P25" s="56">
+        <v>77.45196</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="19"/>
+      <c r="B26" s="57" t="s">
+        <v>41</v>
+      </c>
+      <c r="C26" s="58"/>
+      <c r="D26" s="55">
+        <v>4.8065680000000004</v>
+      </c>
+      <c r="E26" s="55">
+        <v>4.8814729999999997</v>
+      </c>
+      <c r="F26" s="55">
+        <v>5.3721329999999998</v>
+      </c>
+      <c r="G26" s="55">
+        <v>6.4695210000000003</v>
+      </c>
+      <c r="H26" s="55">
+        <v>7.1320690000000004</v>
+      </c>
+      <c r="I26" s="55">
+        <v>7.8099040000000004</v>
+      </c>
+      <c r="J26" s="55">
+        <v>8.4123180000000009</v>
+      </c>
+      <c r="K26" s="55">
+        <v>7.5429389999999996</v>
+      </c>
+      <c r="L26" s="55">
+        <v>7.6319489999999996</v>
+      </c>
+      <c r="M26" s="55">
+        <v>6.1096719999999998</v>
+      </c>
+      <c r="N26" s="55">
+        <v>5.5971469999999997</v>
+      </c>
+      <c r="O26" s="55">
+        <v>5.686267</v>
+      </c>
+      <c r="P26" s="56">
+        <v>77.45196</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="49" t="s">
+        <v>42</v>
+      </c>
+      <c r="B27" s="50" t="s">
+        <v>43</v>
+      </c>
+      <c r="C27" s="51" t="s">
+        <v>44</v>
+      </c>
+      <c r="D27" s="52">
+        <v>0.23017799999999999</v>
+      </c>
+      <c r="E27" s="52">
+        <v>0.14651500000000001</v>
+      </c>
+      <c r="F27" s="52">
+        <v>0.19933000000000001</v>
+      </c>
+      <c r="G27" s="52">
+        <v>0.24927199999999999</v>
+      </c>
+      <c r="H27" s="52">
+        <v>0.197075</v>
+      </c>
+      <c r="I27" s="52">
+        <v>0.20971699999999999</v>
+      </c>
+      <c r="J27" s="52">
+        <v>0.178559</v>
+      </c>
+      <c r="K27" s="52">
+        <v>0.25062600000000002</v>
+      </c>
+      <c r="L27" s="52">
+        <v>0.20328599999999999</v>
+      </c>
+      <c r="M27" s="52">
+        <v>0.30382300000000001</v>
+      </c>
+      <c r="N27" s="52">
+        <v>0.23714199999999999</v>
+      </c>
+      <c r="O27" s="52">
+        <v>0.240593</v>
+      </c>
+      <c r="P27" s="53">
+        <v>2.6461160000000001</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="18"/>
+      <c r="B28" s="18"/>
+      <c r="C28" s="51" t="s">
+        <v>45</v>
+      </c>
+      <c r="D28" s="52">
+        <v>2.6268E-2</v>
+      </c>
+      <c r="E28" s="52">
+        <v>4.8646000000000002E-2</v>
+      </c>
+      <c r="F28" s="52">
+        <v>5.5418000000000002E-2</v>
+      </c>
+      <c r="G28" s="52">
+        <v>1.9511000000000001E-2</v>
+      </c>
+      <c r="H28" s="52">
+        <v>4.8606999999999997E-2</v>
+      </c>
+      <c r="I28" s="52">
+        <v>5.1497000000000001E-2</v>
+      </c>
+      <c r="J28" s="52">
+        <v>3.424E-2</v>
+      </c>
+      <c r="K28" s="52">
+        <v>4.5012999999999997E-2</v>
+      </c>
+      <c r="L28" s="52">
+        <v>6.0252E-2</v>
+      </c>
+      <c r="M28" s="52">
+        <v>2.9510000000000002E-2</v>
+      </c>
+      <c r="N28" s="52">
+        <v>5.0763999999999997E-2</v>
+      </c>
+      <c r="O28" s="52">
+        <v>0.12648100000000001</v>
+      </c>
+      <c r="P28" s="53">
+        <v>0.59620700000000004</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="18"/>
+      <c r="B29" s="19"/>
+      <c r="C29" s="54" t="s">
+        <v>46</v>
+      </c>
+      <c r="D29" s="55">
+        <v>0.25644600000000001</v>
+      </c>
+      <c r="E29" s="55">
+        <v>0.195161</v>
+      </c>
+      <c r="F29" s="55">
+        <v>0.25474799999999997</v>
+      </c>
+      <c r="G29" s="55">
+        <v>0.26878299999999999</v>
+      </c>
+      <c r="H29" s="55">
+        <v>0.24568200000000001</v>
+      </c>
+      <c r="I29" s="55">
+        <v>0.261214</v>
+      </c>
+      <c r="J29" s="55">
+        <v>0.21279899999999999</v>
+      </c>
+      <c r="K29" s="55">
+        <v>0.29563899999999999</v>
+      </c>
+      <c r="L29" s="55">
+        <v>0.26353799999999999</v>
+      </c>
+      <c r="M29" s="55">
+        <v>0.33333299999999999</v>
+      </c>
+      <c r="N29" s="55">
+        <v>0.287906</v>
+      </c>
+      <c r="O29" s="55">
+        <v>0.36707400000000001</v>
+      </c>
+      <c r="P29" s="56">
+        <v>3.2423229999999998</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="18"/>
+      <c r="B30" s="50" t="s">
+        <v>47</v>
+      </c>
+      <c r="C30" s="51" t="s">
+        <v>48</v>
+      </c>
+      <c r="D30" s="52">
+        <v>1.1390000000000001E-2</v>
+      </c>
+      <c r="E30" s="52">
+        <v>2.0042999999999998E-2</v>
+      </c>
+      <c r="F30" s="52">
+        <v>1.158E-2</v>
+      </c>
+      <c r="G30" s="52">
+        <v>1.3565000000000001E-2</v>
+      </c>
+      <c r="H30" s="52">
+        <v>1.1900000000000001E-2</v>
+      </c>
+      <c r="I30" s="52">
+        <v>8.9339999999999992E-3</v>
+      </c>
+      <c r="J30" s="52">
+        <v>1.1903E-2</v>
+      </c>
+      <c r="K30" s="52">
+        <v>9.4330000000000004E-3</v>
+      </c>
+      <c r="L30" s="52">
+        <v>1.153E-2</v>
+      </c>
+      <c r="M30" s="52">
+        <v>1.1056E-2</v>
+      </c>
+      <c r="N30" s="52">
+        <v>1.6131E-2</v>
+      </c>
+      <c r="O30" s="52">
+        <v>9.2259999999999998E-3</v>
+      </c>
+      <c r="P30" s="53">
+        <v>0.14669099999999999</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="18"/>
+      <c r="B31" s="18"/>
+      <c r="C31" s="51" t="s">
+        <v>49</v>
+      </c>
+      <c r="D31" s="52">
+        <v>6.4510000000000001E-3</v>
+      </c>
+      <c r="E31" s="52">
+        <v>5.1229999999999999E-3</v>
+      </c>
+      <c r="F31" s="52">
+        <v>1.0329E-2</v>
+      </c>
+      <c r="G31" s="52">
+        <v>3.3899999999999998E-3</v>
+      </c>
+      <c r="H31" s="52">
+        <v>6.5919999999999998E-3</v>
+      </c>
+      <c r="I31" s="52">
+        <v>1.0985999999999999E-2</v>
+      </c>
+      <c r="J31" s="52">
+        <v>2.0939999999999999E-3</v>
+      </c>
+      <c r="K31" s="52">
+        <v>4.9589999999999999E-3</v>
+      </c>
+      <c r="L31" s="52">
+        <v>9.1929999999999998E-3</v>
+      </c>
+      <c r="M31" s="52">
+        <v>5.6270000000000001E-3</v>
+      </c>
+      <c r="N31" s="52">
+        <v>5.8190000000000004E-3</v>
+      </c>
+      <c r="O31" s="52">
+        <v>5.7089999999999997E-3</v>
+      </c>
+      <c r="P31" s="53">
+        <v>7.6272000000000006E-2</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="18"/>
+      <c r="B32" s="19"/>
+      <c r="C32" s="54" t="s">
+        <v>50</v>
+      </c>
+      <c r="D32" s="55">
+        <v>1.7840999999999999E-2</v>
+      </c>
+      <c r="E32" s="55">
+        <v>2.5166000000000001E-2</v>
+      </c>
+      <c r="F32" s="55">
+        <v>2.1909000000000001E-2</v>
+      </c>
+      <c r="G32" s="55">
+        <v>1.6955000000000001E-2</v>
+      </c>
+      <c r="H32" s="55">
+        <v>1.8492000000000001E-2</v>
+      </c>
+      <c r="I32" s="55">
+        <v>1.992E-2</v>
+      </c>
+      <c r="J32" s="55">
+        <v>1.3997000000000001E-2</v>
+      </c>
+      <c r="K32" s="55">
+        <v>1.4392E-2</v>
+      </c>
+      <c r="L32" s="55">
+        <v>2.0722999999999998E-2</v>
+      </c>
+      <c r="M32" s="55">
+        <v>1.6683E-2</v>
+      </c>
+      <c r="N32" s="55">
+        <v>2.1950000000000001E-2</v>
+      </c>
+      <c r="O32" s="55">
+        <v>1.4935E-2</v>
+      </c>
+      <c r="P32" s="56">
+        <v>0.22296299999999999</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="18"/>
+      <c r="B33" s="50" t="s">
+        <v>51</v>
+      </c>
+      <c r="C33" s="51" t="s">
+        <v>52</v>
+      </c>
+      <c r="D33" s="52">
+        <v>5.8380000000000003E-3</v>
+      </c>
+      <c r="E33" s="52">
+        <v>7.0270000000000003E-3</v>
+      </c>
+      <c r="F33" s="52">
+        <v>7.5160000000000001E-3</v>
+      </c>
+      <c r="G33" s="52">
+        <v>6.9379999999999997E-3</v>
+      </c>
+      <c r="H33" s="52">
+        <v>2.323E-3</v>
+      </c>
+      <c r="I33" s="52">
+        <v>2.359E-3</v>
+      </c>
+      <c r="J33" s="52">
+        <v>1.748E-3</v>
+      </c>
+      <c r="K33" s="52">
+        <v>3.637E-3</v>
+      </c>
+      <c r="L33" s="52">
+        <v>2.7070000000000002E-3</v>
+      </c>
+      <c r="M33" s="52">
+        <v>4.2009999999999999E-3</v>
+      </c>
+      <c r="N33" s="52">
+        <v>7.5510000000000004E-3</v>
+      </c>
+      <c r="O33" s="52">
+        <v>5.6150000000000002E-3</v>
+      </c>
+      <c r="P33" s="53">
+        <v>5.7459999999999997E-2</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="18"/>
+      <c r="B34" s="18"/>
+      <c r="C34" s="51" t="s">
+        <v>53</v>
+      </c>
+      <c r="D34" s="59"/>
+      <c r="E34" s="59"/>
+      <c r="F34" s="59"/>
+      <c r="G34" s="59"/>
+      <c r="H34" s="59"/>
+      <c r="I34" s="59"/>
+      <c r="J34" s="59"/>
+      <c r="K34" s="59"/>
+      <c r="L34" s="59"/>
+      <c r="M34" s="59"/>
+      <c r="N34" s="59"/>
+      <c r="O34" s="52">
+        <v>4.8310000000000002E-3</v>
+      </c>
+      <c r="P34" s="53">
+        <v>4.8310000000000002E-3</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="18"/>
+      <c r="B35" s="19"/>
+      <c r="C35" s="54" t="s">
+        <v>54</v>
+      </c>
+      <c r="D35" s="55">
+        <v>5.8380000000000003E-3</v>
+      </c>
+      <c r="E35" s="55">
+        <v>7.0270000000000003E-3</v>
+      </c>
+      <c r="F35" s="55">
+        <v>7.5160000000000001E-3</v>
+      </c>
+      <c r="G35" s="55">
+        <v>6.9379999999999997E-3</v>
+      </c>
+      <c r="H35" s="55">
+        <v>2.323E-3</v>
+      </c>
+      <c r="I35" s="55">
+        <v>2.359E-3</v>
+      </c>
+      <c r="J35" s="55">
+        <v>1.748E-3</v>
+      </c>
+      <c r="K35" s="55">
+        <v>3.637E-3</v>
+      </c>
+      <c r="L35" s="55">
+        <v>2.7070000000000002E-3</v>
+      </c>
+      <c r="M35" s="55">
+        <v>4.2009999999999999E-3</v>
+      </c>
+      <c r="N35" s="55">
+        <v>7.5510000000000004E-3</v>
+      </c>
+      <c r="O35" s="55">
+        <v>1.0446E-2</v>
+      </c>
+      <c r="P35" s="56">
+        <v>6.2290999999999999E-2</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="19"/>
+      <c r="B36" s="57" t="s">
+        <v>55</v>
+      </c>
+      <c r="C36" s="58"/>
+      <c r="D36" s="55">
+        <v>0.28012500000000001</v>
+      </c>
+      <c r="E36" s="55">
+        <v>0.227354</v>
+      </c>
+      <c r="F36" s="55">
+        <v>0.28417300000000001</v>
+      </c>
+      <c r="G36" s="55">
+        <v>0.29267599999999999</v>
+      </c>
+      <c r="H36" s="55">
+        <v>0.26649699999999998</v>
+      </c>
+      <c r="I36" s="55">
+        <v>0.28349299999999999</v>
+      </c>
+      <c r="J36" s="55">
+        <v>0.228544</v>
+      </c>
+      <c r="K36" s="55">
+        <v>0.313668</v>
+      </c>
+      <c r="L36" s="55">
+        <v>0.286968</v>
+      </c>
+      <c r="M36" s="55">
+        <v>0.354217</v>
+      </c>
+      <c r="N36" s="55">
+        <v>0.31740699999999999</v>
+      </c>
+      <c r="O36" s="55">
+        <v>0.392455</v>
+      </c>
+      <c r="P36" s="56">
+        <v>3.527577</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="49" t="s">
+        <v>56</v>
+      </c>
+      <c r="B37" s="50" t="s">
+        <v>57</v>
+      </c>
+      <c r="C37" s="51" t="s">
+        <v>58</v>
+      </c>
+      <c r="D37" s="52">
+        <v>0.16399</v>
+      </c>
+      <c r="E37" s="52">
+        <v>0.15526000000000001</v>
+      </c>
+      <c r="F37" s="52">
+        <v>3.4130000000000001E-2</v>
+      </c>
+      <c r="G37" s="52">
+        <v>8.3790000000000003E-2</v>
+      </c>
+      <c r="H37" s="52">
+        <v>0.11215</v>
+      </c>
+      <c r="I37" s="52">
+        <v>4.199E-2</v>
+      </c>
+      <c r="J37" s="52">
+        <v>9.7059999999999994E-2</v>
+      </c>
+      <c r="K37" s="52">
+        <v>4.1759999999999999E-2</v>
+      </c>
+      <c r="L37" s="52">
+        <v>0.13951</v>
+      </c>
+      <c r="M37" s="52">
+        <v>0.20099</v>
+      </c>
+      <c r="N37" s="52">
+        <v>7.1559999999999999E-2</v>
+      </c>
+      <c r="O37" s="52">
+        <v>9.0190000000000006E-2</v>
+      </c>
+      <c r="P37" s="53">
+        <v>1.23238</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="18"/>
+      <c r="B38" s="19"/>
+      <c r="C38" s="54" t="s">
+        <v>59</v>
+      </c>
+      <c r="D38" s="55">
+        <v>0.16399</v>
+      </c>
+      <c r="E38" s="55">
+        <v>0.15526000000000001</v>
+      </c>
+      <c r="F38" s="55">
+        <v>3.4130000000000001E-2</v>
+      </c>
+      <c r="G38" s="55">
+        <v>8.3790000000000003E-2</v>
+      </c>
+      <c r="H38" s="55">
+        <v>0.11215</v>
+      </c>
+      <c r="I38" s="55">
+        <v>4.199E-2</v>
+      </c>
+      <c r="J38" s="55">
+        <v>9.7059999999999994E-2</v>
+      </c>
+      <c r="K38" s="55">
+        <v>4.1759999999999999E-2</v>
+      </c>
+      <c r="L38" s="55">
+        <v>0.13951</v>
+      </c>
+      <c r="M38" s="55">
+        <v>0.20099</v>
+      </c>
+      <c r="N38" s="55">
+        <v>7.1559999999999999E-2</v>
+      </c>
+      <c r="O38" s="55">
+        <v>9.0190000000000006E-2</v>
+      </c>
+      <c r="P38" s="56">
+        <v>1.23238</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="19"/>
+      <c r="B39" s="57" t="s">
+        <v>60</v>
+      </c>
+      <c r="C39" s="58"/>
+      <c r="D39" s="55">
+        <v>0.16399</v>
+      </c>
+      <c r="E39" s="55">
+        <v>0.15526000000000001</v>
+      </c>
+      <c r="F39" s="55">
+        <v>3.4130000000000001E-2</v>
+      </c>
+      <c r="G39" s="55">
+        <v>8.3790000000000003E-2</v>
+      </c>
+      <c r="H39" s="55">
+        <v>0.11215</v>
+      </c>
+      <c r="I39" s="55">
+        <v>4.199E-2</v>
+      </c>
+      <c r="J39" s="55">
+        <v>9.7059999999999994E-2</v>
+      </c>
+      <c r="K39" s="55">
+        <v>4.1759999999999999E-2</v>
+      </c>
+      <c r="L39" s="55">
+        <v>0.13951</v>
+      </c>
+      <c r="M39" s="55">
+        <v>0.20099</v>
+      </c>
+      <c r="N39" s="55">
+        <v>7.1559999999999999E-2</v>
+      </c>
+      <c r="O39" s="55">
+        <v>9.0190000000000006E-2</v>
+      </c>
+      <c r="P39" s="56">
+        <v>1.23238</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="49" t="s">
+        <v>61</v>
+      </c>
+      <c r="B40" s="50" t="s">
+        <v>62</v>
+      </c>
+      <c r="C40" s="51" t="s">
+        <v>44</v>
+      </c>
+      <c r="D40" s="59"/>
+      <c r="E40" s="59"/>
+      <c r="F40" s="59"/>
+      <c r="G40" s="59"/>
+      <c r="H40" s="59"/>
+      <c r="I40" s="52">
+        <v>1.0009999999999999E-3</v>
+      </c>
+      <c r="J40" s="59"/>
+      <c r="K40" s="59"/>
+      <c r="L40" s="59"/>
+      <c r="M40" s="59"/>
+      <c r="N40" s="59"/>
+      <c r="O40" s="59"/>
+      <c r="P40" s="53">
+        <v>1.0009999999999999E-3</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="18"/>
+      <c r="B41" s="18"/>
+      <c r="C41" s="51" t="s">
+        <v>52</v>
+      </c>
+      <c r="D41" s="52">
+        <v>2.977E-3</v>
+      </c>
+      <c r="E41" s="59"/>
+      <c r="F41" s="52">
+        <v>8.9029999999999995E-3</v>
+      </c>
+      <c r="G41" s="59"/>
+      <c r="H41" s="52">
+        <v>1.9759999999999999E-3</v>
+      </c>
+      <c r="I41" s="52">
+        <v>2.4910000000000002E-3</v>
+      </c>
+      <c r="J41" s="52">
+        <v>1.9880000000000002E-3</v>
+      </c>
+      <c r="K41" s="52">
+        <v>3.0100000000000001E-3</v>
+      </c>
+      <c r="L41" s="59"/>
+      <c r="M41" s="52">
+        <v>2.4789999999999999E-3</v>
+      </c>
+      <c r="N41" s="59"/>
+      <c r="O41" s="52">
+        <v>7.9410000000000001E-3</v>
+      </c>
+      <c r="P41" s="53">
+        <v>3.1765000000000002E-2</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="18"/>
+      <c r="B42" s="18"/>
+      <c r="C42" s="51" t="s">
+        <v>63</v>
+      </c>
+      <c r="D42" s="52">
+        <v>0.15175</v>
+      </c>
+      <c r="E42" s="59"/>
+      <c r="F42" s="52">
+        <v>0.15263199999999999</v>
+      </c>
+      <c r="G42" s="52">
+        <v>0.24323</v>
+      </c>
+      <c r="H42" s="52">
+        <v>0.265484</v>
+      </c>
+      <c r="I42" s="59"/>
+      <c r="J42" s="52">
+        <v>0.25533499999999998</v>
+      </c>
+      <c r="K42" s="52">
+        <v>0.13732800000000001</v>
+      </c>
+      <c r="L42" s="52">
+        <v>0.17687900000000001</v>
+      </c>
+      <c r="M42" s="59"/>
+      <c r="N42" s="59"/>
+      <c r="O42" s="52">
+        <v>0.207756</v>
+      </c>
+      <c r="P42" s="53">
+        <v>1.5903940000000001</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="18"/>
+      <c r="B43" s="18"/>
+      <c r="C43" s="51" t="s">
+        <v>64</v>
+      </c>
+      <c r="D43" s="52">
+        <v>9.6864000000000006E-2</v>
+      </c>
+      <c r="E43" s="52">
+        <v>0.25451200000000002</v>
+      </c>
+      <c r="F43" s="52">
+        <v>0.100937</v>
+      </c>
+      <c r="G43" s="52">
+        <v>9.7226000000000007E-2</v>
+      </c>
+      <c r="H43" s="52">
+        <v>0.20588999999999999</v>
+      </c>
+      <c r="I43" s="59"/>
+      <c r="J43" s="52">
+        <v>0.20402899999999999</v>
+      </c>
+      <c r="K43" s="59"/>
+      <c r="L43" s="59"/>
+      <c r="M43" s="59"/>
+      <c r="N43" s="59"/>
+      <c r="O43" s="59"/>
+      <c r="P43" s="53">
+        <v>0.95945800000000003</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="18"/>
+      <c r="B44" s="18"/>
+      <c r="C44" s="51" t="s">
+        <v>38</v>
+      </c>
+      <c r="D44" s="52">
+        <v>7.0749999999999997E-3</v>
+      </c>
+      <c r="E44" s="59"/>
+      <c r="F44" s="59"/>
+      <c r="G44" s="52">
+        <v>9.0600000000000003E-3</v>
+      </c>
+      <c r="H44" s="59"/>
+      <c r="I44" s="52">
+        <v>1.0017E-2</v>
+      </c>
+      <c r="J44" s="59"/>
+      <c r="K44" s="52">
+        <v>9.9850000000000008E-3</v>
+      </c>
+      <c r="L44" s="59"/>
+      <c r="M44" s="59"/>
+      <c r="N44" s="59"/>
+      <c r="O44" s="52">
+        <v>6.8729999999999998E-3</v>
+      </c>
+      <c r="P44" s="53">
+        <v>4.301E-2</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="18"/>
+      <c r="B45" s="18"/>
+      <c r="C45" s="51" t="s">
+        <v>39</v>
+      </c>
+      <c r="D45" s="52">
+        <v>1.162439</v>
+      </c>
+      <c r="E45" s="52">
+        <v>1.88666</v>
+      </c>
+      <c r="F45" s="52">
+        <v>1.878995</v>
+      </c>
+      <c r="G45" s="52">
+        <v>1.6501060000000001</v>
+      </c>
+      <c r="H45" s="52">
+        <v>1.6856519999999999</v>
+      </c>
+      <c r="I45" s="52">
+        <v>0.94118400000000002</v>
+      </c>
+      <c r="J45" s="52">
+        <v>1.3908959999999999</v>
+      </c>
+      <c r="K45" s="52">
+        <v>0.36303600000000003</v>
+      </c>
+      <c r="L45" s="52">
+        <v>0.61882599999999999</v>
+      </c>
+      <c r="M45" s="52">
+        <v>1.146118</v>
+      </c>
+      <c r="N45" s="52">
+        <v>0.94098099999999996</v>
+      </c>
+      <c r="O45" s="52">
+        <v>0.973997</v>
+      </c>
+      <c r="P45" s="53">
+        <v>14.63889</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="18"/>
+      <c r="B46" s="18"/>
+      <c r="C46" s="51" t="s">
+        <v>27</v>
+      </c>
+      <c r="D46" s="52">
+        <v>2.6489999999999999E-3</v>
+      </c>
+      <c r="E46" s="52">
+        <v>4.9700000000000005E-4</v>
+      </c>
+      <c r="F46" s="52">
+        <v>3.7399999999999998E-4</v>
+      </c>
+      <c r="G46" s="52">
+        <v>1.271E-3</v>
+      </c>
+      <c r="H46" s="52">
+        <v>1.4999999999999999E-4</v>
+      </c>
+      <c r="I46" s="52">
+        <v>7.9799999999999999E-4</v>
+      </c>
+      <c r="J46" s="52">
+        <v>2.41E-4</v>
+      </c>
+      <c r="K46" s="52">
+        <v>2.0409999999999998E-3</v>
+      </c>
+      <c r="L46" s="52">
+        <v>2.4800000000000001E-4</v>
+      </c>
+      <c r="M46" s="52">
+        <v>2.12E-4</v>
+      </c>
+      <c r="N46" s="52">
+        <v>3.2899999999999997E-4</v>
+      </c>
+      <c r="O46" s="52">
+        <v>1.1440000000000001E-3</v>
+      </c>
+      <c r="P46" s="53">
+        <v>9.9539999999999993E-3</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="18"/>
+      <c r="B47" s="18"/>
+      <c r="C47" s="51" t="s">
+        <v>28</v>
+      </c>
+      <c r="D47" s="52">
+        <v>4.9452999999999997E-2</v>
+      </c>
+      <c r="E47" s="52">
+        <v>7.1103E-2</v>
+      </c>
+      <c r="F47" s="52">
+        <v>6.0003000000000001E-2</v>
+      </c>
+      <c r="G47" s="52">
+        <v>4.7527E-2</v>
+      </c>
+      <c r="H47" s="52">
+        <v>3.1245999999999999E-2</v>
+      </c>
+      <c r="I47" s="52">
+        <v>5.9013000000000003E-2</v>
+      </c>
+      <c r="J47" s="52">
+        <v>7.1842000000000003E-2</v>
+      </c>
+      <c r="K47" s="52">
+        <v>6.4589999999999995E-2</v>
+      </c>
+      <c r="L47" s="52">
+        <v>4.7384999999999997E-2</v>
+      </c>
+      <c r="M47" s="52">
+        <v>4.7044000000000002E-2</v>
+      </c>
+      <c r="N47" s="52">
+        <v>4.8785000000000002E-2</v>
+      </c>
+      <c r="O47" s="52">
+        <v>9.3615000000000004E-2</v>
+      </c>
+      <c r="P47" s="53">
+        <v>0.69160600000000005</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="18"/>
+      <c r="B48" s="18"/>
+      <c r="C48" s="51" t="s">
+        <v>45</v>
+      </c>
+      <c r="D48" s="59"/>
+      <c r="E48" s="59"/>
+      <c r="F48" s="52">
+        <v>9.7499999999999996E-4</v>
+      </c>
+      <c r="G48" s="59"/>
+      <c r="H48" s="59"/>
+      <c r="I48" s="59"/>
+      <c r="J48" s="59"/>
+      <c r="K48" s="59"/>
+      <c r="L48" s="52">
+        <v>9.8999999999999999E-4</v>
+      </c>
+      <c r="M48" s="59"/>
+      <c r="N48" s="59"/>
+      <c r="O48" s="59"/>
+      <c r="P48" s="53">
+        <v>1.9650000000000002E-3</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="18"/>
+      <c r="B49" s="18"/>
+      <c r="C49" s="51" t="s">
         <v>19</v>
       </c>
-      <c r="C8" s="5" t="s">
+      <c r="D49" s="59"/>
+      <c r="E49" s="59"/>
+      <c r="F49" s="59"/>
+      <c r="G49" s="59"/>
+      <c r="H49" s="59"/>
+      <c r="I49" s="59"/>
+      <c r="J49" s="52">
+        <v>3.8471999999999999E-2</v>
+      </c>
+      <c r="K49" s="59"/>
+      <c r="L49" s="59"/>
+      <c r="M49" s="59"/>
+      <c r="N49" s="59"/>
+      <c r="O49" s="59"/>
+      <c r="P49" s="53">
+        <v>3.8471999999999999E-2</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="18"/>
+      <c r="B50" s="18"/>
+      <c r="C50" s="51" t="s">
+        <v>33</v>
+      </c>
+      <c r="D50" s="59"/>
+      <c r="E50" s="52">
+        <v>2.9750000000000002E-3</v>
+      </c>
+      <c r="F50" s="59"/>
+      <c r="G50" s="52">
+        <v>2.9610000000000001E-3</v>
+      </c>
+      <c r="H50" s="52">
+        <v>5.0029999999999996E-3</v>
+      </c>
+      <c r="I50" s="59"/>
+      <c r="J50" s="59"/>
+      <c r="K50" s="52">
+        <v>3.003E-3</v>
+      </c>
+      <c r="L50" s="59"/>
+      <c r="M50" s="52">
+        <v>2.9840000000000001E-3</v>
+      </c>
+      <c r="N50" s="52">
+        <v>4.9589999999999999E-3</v>
+      </c>
+      <c r="O50" s="59"/>
+      <c r="P50" s="53">
+        <v>2.1885000000000002E-2</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="18"/>
+      <c r="B51" s="18"/>
+      <c r="C51" s="51" t="s">
+        <v>83</v>
+      </c>
+      <c r="D51" s="52">
+        <v>1.1021E-2</v>
+      </c>
+      <c r="E51" s="52">
+        <v>9.9889999999999996E-3</v>
+      </c>
+      <c r="F51" s="52">
+        <v>6.7819999999999998E-3</v>
+      </c>
+      <c r="G51" s="52">
+        <v>1.2515999999999999E-2</v>
+      </c>
+      <c r="H51" s="52">
+        <v>7.2589999999999998E-3</v>
+      </c>
+      <c r="I51" s="52">
+        <v>1.5682000000000001E-2</v>
+      </c>
+      <c r="J51" s="52">
+        <v>1.0285000000000001E-2</v>
+      </c>
+      <c r="K51" s="52">
+        <v>9.6229999999999996E-3</v>
+      </c>
+      <c r="L51" s="52">
+        <v>9.9909999999999999E-3</v>
+      </c>
+      <c r="M51" s="52">
+        <v>1.3292E-2</v>
+      </c>
+      <c r="N51" s="52">
+        <v>8.43E-3</v>
+      </c>
+      <c r="O51" s="52">
+        <v>1.1204E-2</v>
+      </c>
+      <c r="P51" s="53">
+        <v>0.12607399999999999</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="18"/>
+      <c r="B52" s="18"/>
+      <c r="C52" s="51" t="s">
         <v>20</v>
       </c>
-      <c r="D8" s="7">
-[...1474 lines deleted...]
-      <c r="C40" s="5" t="s">
+      <c r="D52" s="59"/>
+      <c r="E52" s="59"/>
+      <c r="F52" s="59"/>
+      <c r="G52" s="59"/>
+      <c r="H52" s="59"/>
+      <c r="I52" s="59"/>
+      <c r="J52" s="59"/>
+      <c r="K52" s="59"/>
+      <c r="L52" s="52">
+        <v>6.1399999999999996E-4</v>
+      </c>
+      <c r="M52" s="59"/>
+      <c r="N52" s="59"/>
+      <c r="O52" s="52">
+        <v>1.132E-3</v>
+      </c>
+      <c r="P52" s="53">
+        <v>1.7459999999999999E-3</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="18"/>
+      <c r="B53" s="19"/>
+      <c r="C53" s="54" t="s">
         <v>65</v>
       </c>
-      <c r="D40" s="7">
-[...42 lines deleted...]
-      <c r="C41" s="5" t="s">
+      <c r="D53" s="55">
+        <v>1.4842280000000001</v>
+      </c>
+      <c r="E53" s="55">
+        <v>2.2257359999999999</v>
+      </c>
+      <c r="F53" s="55">
+        <v>2.2096010000000001</v>
+      </c>
+      <c r="G53" s="55">
+        <v>2.0638969999999999</v>
+      </c>
+      <c r="H53" s="55">
+        <v>2.2026599999999998</v>
+      </c>
+      <c r="I53" s="55">
+        <v>1.030186</v>
+      </c>
+      <c r="J53" s="55">
+        <v>1.973088</v>
+      </c>
+      <c r="K53" s="55">
+        <v>0.59261600000000003</v>
+      </c>
+      <c r="L53" s="55">
+        <v>0.85493300000000005</v>
+      </c>
+      <c r="M53" s="55">
+        <v>1.212129</v>
+      </c>
+      <c r="N53" s="55">
+        <v>1.003484</v>
+      </c>
+      <c r="O53" s="55">
+        <v>1.3036620000000001</v>
+      </c>
+      <c r="P53" s="56">
+        <v>18.156220000000001</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="19"/>
+      <c r="B54" s="57" t="s">
         <v>66</v>
       </c>
-      <c r="D41" s="7">
-[...42 lines deleted...]
-      <c r="C42" s="8" t="s">
+      <c r="C54" s="58"/>
+      <c r="D54" s="55">
+        <v>1.4842280000000001</v>
+      </c>
+      <c r="E54" s="55">
+        <v>2.2257359999999999</v>
+      </c>
+      <c r="F54" s="55">
+        <v>2.2096010000000001</v>
+      </c>
+      <c r="G54" s="55">
+        <v>2.0638969999999999</v>
+      </c>
+      <c r="H54" s="55">
+        <v>2.2026599999999998</v>
+      </c>
+      <c r="I54" s="55">
+        <v>1.030186</v>
+      </c>
+      <c r="J54" s="55">
+        <v>1.973088</v>
+      </c>
+      <c r="K54" s="55">
+        <v>0.59261600000000003</v>
+      </c>
+      <c r="L54" s="55">
+        <v>0.85493300000000005</v>
+      </c>
+      <c r="M54" s="55">
+        <v>1.212129</v>
+      </c>
+      <c r="N54" s="55">
+        <v>1.003484</v>
+      </c>
+      <c r="O54" s="55">
+        <v>1.3036620000000001</v>
+      </c>
+      <c r="P54" s="56">
+        <v>18.156220000000001</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="60" t="s">
         <v>67</v>
       </c>
-      <c r="D42" s="9">
-[...92 lines deleted...]
-      <c r="C44" s="5" t="s">
+      <c r="B55" s="61"/>
+      <c r="C55" s="62"/>
+      <c r="D55" s="63">
+        <v>143.92648500000001</v>
+      </c>
+      <c r="E55" s="63">
+        <v>135.32060999999999</v>
+      </c>
+      <c r="F55" s="63">
+        <v>155.09043299999999</v>
+      </c>
+      <c r="G55" s="63">
+        <v>179.452044</v>
+      </c>
+      <c r="H55" s="63">
+        <v>170.061711</v>
+      </c>
+      <c r="I55" s="63">
+        <v>166.95836600000001</v>
+      </c>
+      <c r="J55" s="63">
+        <v>167.34969799999999</v>
+      </c>
+      <c r="K55" s="63">
+        <v>165.829689</v>
+      </c>
+      <c r="L55" s="63">
+        <v>164.02758800000001</v>
+      </c>
+      <c r="M55" s="63">
+        <v>166.53941</v>
+      </c>
+      <c r="N55" s="63">
+        <v>158.823858</v>
+      </c>
+      <c r="O55" s="63">
+        <v>174.42299800000001</v>
+      </c>
+      <c r="P55" s="64">
+        <v>1947.8028899999999</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="26"/>
+      <c r="B56" s="26"/>
+      <c r="C56" s="26"/>
+      <c r="D56" s="26"/>
+      <c r="E56" s="26"/>
+      <c r="F56" s="26"/>
+      <c r="G56" s="26"/>
+      <c r="H56" s="26"/>
+      <c r="I56" s="26"/>
+      <c r="J56" s="26"/>
+      <c r="K56" s="26"/>
+      <c r="L56" s="26"/>
+      <c r="M56" s="26"/>
+      <c r="N56" s="26"/>
+      <c r="O56" s="26"/>
+      <c r="P56" s="26"/>
+    </row>
+    <row r="57" spans="1:16" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="26"/>
+      <c r="B57" s="26"/>
+      <c r="C57" s="26"/>
+      <c r="D57" s="26"/>
+      <c r="E57" s="26"/>
+      <c r="F57" s="26"/>
+      <c r="G57" s="26"/>
+      <c r="H57" s="26"/>
+      <c r="I57" s="26"/>
+      <c r="J57" s="26"/>
+      <c r="K57" s="26"/>
+      <c r="L57" s="26"/>
+      <c r="M57" s="26"/>
+      <c r="N57" s="26"/>
+      <c r="O57" s="26"/>
+      <c r="P57" s="26"/>
+    </row>
+    <row r="58" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="65" t="s">
+        <v>72</v>
+      </c>
+      <c r="B58" s="15"/>
+      <c r="C58" s="15"/>
+      <c r="D58" s="15"/>
+      <c r="E58" s="15"/>
+      <c r="F58" s="15"/>
+      <c r="G58" s="15"/>
+      <c r="H58" s="15"/>
+      <c r="I58" s="15"/>
+      <c r="J58" s="15"/>
+      <c r="K58" s="15"/>
+      <c r="L58" s="15"/>
+      <c r="M58" s="15"/>
+      <c r="N58" s="15"/>
+      <c r="O58" s="15"/>
+      <c r="P58" s="16"/>
+    </row>
+    <row r="59" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="65" t="s">
         <v>71</v>
       </c>
-      <c r="D44" s="7">
-[...132 lines deleted...]
-      <c r="A47" s="41" t="s">
+      <c r="B59" s="15"/>
+      <c r="C59" s="15"/>
+      <c r="D59" s="15"/>
+      <c r="E59" s="15"/>
+      <c r="F59" s="15"/>
+      <c r="G59" s="15"/>
+      <c r="H59" s="15"/>
+      <c r="I59" s="15"/>
+      <c r="J59" s="15"/>
+      <c r="K59" s="15"/>
+      <c r="L59" s="15"/>
+      <c r="M59" s="15"/>
+      <c r="N59" s="15"/>
+      <c r="O59" s="15"/>
+      <c r="P59" s="16"/>
+    </row>
+    <row r="61" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A61" s="66" t="s">
         <v>74</v>
       </c>
-      <c r="B47" s="44" t="s">
-[...741 lines deleted...]
-      <c r="P70" s="13"/>
+      <c r="B61" s="26"/>
+      <c r="C61" s="26"/>
+      <c r="D61" s="26"/>
+      <c r="E61" s="26"/>
+      <c r="F61" s="26"/>
+      <c r="G61" s="26"/>
+      <c r="H61" s="26"/>
+      <c r="I61" s="26"/>
+      <c r="J61" s="26"/>
+      <c r="K61" s="26"/>
+      <c r="L61" s="26"/>
+      <c r="M61" s="26"/>
+      <c r="N61" s="26"/>
+      <c r="O61" s="26"/>
+      <c r="P61" s="26"/>
+    </row>
+    <row r="62" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A62" s="26"/>
+      <c r="B62" s="26"/>
+      <c r="C62" s="26"/>
+      <c r="D62" s="26"/>
+      <c r="E62" s="26"/>
+      <c r="F62" s="26"/>
+      <c r="G62" s="26"/>
+      <c r="H62" s="26"/>
+      <c r="I62" s="26"/>
+      <c r="J62" s="26"/>
+      <c r="K62" s="26"/>
+      <c r="L62" s="26"/>
+      <c r="M62" s="26"/>
+      <c r="N62" s="26"/>
+      <c r="O62" s="26"/>
+      <c r="P62" s="26"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
-  <mergeCells count="38">
-[...13 lines deleted...]
-    <mergeCell ref="B46:C46"/>
+  <mergeCells count="35">
+    <mergeCell ref="D4:O4"/>
+    <mergeCell ref="P4:P5"/>
+    <mergeCell ref="H1:P3"/>
+    <mergeCell ref="A2:G2"/>
+    <mergeCell ref="A4:C5"/>
+    <mergeCell ref="A6:A13"/>
+    <mergeCell ref="B6:B7"/>
+    <mergeCell ref="B8:B10"/>
+    <mergeCell ref="B11:B12"/>
+    <mergeCell ref="B13:C13"/>
+    <mergeCell ref="A14:A22"/>
+    <mergeCell ref="B14:B16"/>
+    <mergeCell ref="B17:B19"/>
+    <mergeCell ref="B20:B21"/>
+    <mergeCell ref="B22:C22"/>
     <mergeCell ref="A23:A26"/>
     <mergeCell ref="B23:B25"/>
     <mergeCell ref="B26:C26"/>
     <mergeCell ref="A27:A36"/>
     <mergeCell ref="B27:B29"/>
     <mergeCell ref="B30:B32"/>
     <mergeCell ref="B33:B35"/>
     <mergeCell ref="B36:C36"/>
-    <mergeCell ref="A14:A22"/>
-[...14 lines deleted...]
-    <mergeCell ref="C4:C5"/>
+    <mergeCell ref="A37:A39"/>
+    <mergeCell ref="B37:B38"/>
+    <mergeCell ref="B39:C39"/>
+    <mergeCell ref="A40:A54"/>
+    <mergeCell ref="B40:B53"/>
+    <mergeCell ref="B54:C54"/>
+    <mergeCell ref="A55:C55"/>
+    <mergeCell ref="A56:P57"/>
+    <mergeCell ref="A58:P58"/>
+    <mergeCell ref="A59:P59"/>
+    <mergeCell ref="A61:P61"/>
+    <mergeCell ref="A62:P62"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <customProperties>
+    <customPr name="GUID" r:id="rId1"/>
+  </customProperties>
+  <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:P18"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+    <sheetView showGridLines="0" workbookViewId="0">
       <pane xSplit="3" ySplit="5" topLeftCell="D6" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
       <selection pane="bottomRight" activeCell="D7" sqref="D7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="24.7109375" style="21" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="17" max="16384" width="9.140625" style="21"/>
+    <col min="1" max="1" width="24.7109375" customWidth="1"/>
+    <col min="2" max="2" width="13.7109375" customWidth="1"/>
+    <col min="3" max="3" width="32.7109375" customWidth="1"/>
+    <col min="4" max="15" width="10" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="11.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
-        <v>88</v>
-[...15 lines deleted...]
-      <c r="P1" s="31"/>
+        <v>75</v>
+      </c>
+      <c r="B1" s="2"/>
+      <c r="C1" s="2"/>
+      <c r="D1" s="2"/>
+      <c r="E1" s="2"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="28"/>
+      <c r="I1" s="28"/>
+      <c r="J1" s="28"/>
+      <c r="K1" s="28"/>
+      <c r="L1" s="28"/>
+      <c r="M1" s="28"/>
+      <c r="N1" s="28"/>
+      <c r="O1" s="28"/>
+      <c r="P1" s="28"/>
     </row>
     <row r="2" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A2" s="30" t="s">
-[...16 lines deleted...]
-      <c r="P2" s="31"/>
+      <c r="A2" s="27" t="s">
+        <v>73</v>
+      </c>
+      <c r="B2" s="28"/>
+      <c r="C2" s="28"/>
+      <c r="D2" s="28"/>
+      <c r="E2" s="28"/>
+      <c r="F2" s="28"/>
+      <c r="G2" s="28"/>
+      <c r="H2" s="28"/>
+      <c r="I2" s="28"/>
+      <c r="J2" s="28"/>
+      <c r="K2" s="28"/>
+      <c r="L2" s="28"/>
+      <c r="M2" s="28"/>
+      <c r="N2" s="28"/>
+      <c r="O2" s="28"/>
+      <c r="P2" s="28"/>
     </row>
     <row r="3" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A3" s="3"/>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
-      <c r="H3" s="57"/>
-[...7 lines deleted...]
-      <c r="P3" s="57"/>
+      <c r="H3" s="38"/>
+      <c r="I3" s="38"/>
+      <c r="J3" s="38"/>
+      <c r="K3" s="38"/>
+      <c r="L3" s="38"/>
+      <c r="M3" s="38"/>
+      <c r="N3" s="38"/>
+      <c r="O3" s="38"/>
+      <c r="P3" s="38"/>
     </row>
     <row r="4" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="37" t="s">
-[...8 lines deleted...]
-      <c r="D4" s="32" t="s">
+      <c r="A4" s="34" t="s">
+        <v>68</v>
+      </c>
+      <c r="B4" s="34" t="s">
+        <v>69</v>
+      </c>
+      <c r="C4" s="36" t="s">
+        <v>70</v>
+      </c>
+      <c r="D4" s="29" t="s">
         <v>1</v>
       </c>
-      <c r="E4" s="33"/>
-[...10 lines deleted...]
-      <c r="P4" s="58" t="s">
+      <c r="E4" s="30"/>
+      <c r="F4" s="30"/>
+      <c r="G4" s="30"/>
+      <c r="H4" s="30"/>
+      <c r="I4" s="30"/>
+      <c r="J4" s="30"/>
+      <c r="K4" s="30"/>
+      <c r="L4" s="30"/>
+      <c r="M4" s="30"/>
+      <c r="N4" s="30"/>
+      <c r="O4" s="31"/>
+      <c r="P4" s="39" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="38"/>
-[...1 lines deleted...]
-      <c r="C5" s="40"/>
+      <c r="A5" s="35"/>
+      <c r="B5" s="35"/>
+      <c r="C5" s="37"/>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G5" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H5" s="4" t="s">
         <v>7</v>
       </c>
       <c r="I5" s="4" t="s">
         <v>8</v>
       </c>
       <c r="J5" s="4" t="s">
         <v>9</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>10</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>11</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>14</v>
       </c>
-      <c r="P5" s="59"/>
+      <c r="P5" s="40"/>
     </row>
     <row r="6" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="41" t="s">
-[...8 lines deleted...]
-      <c r="D6" s="23">
+      <c r="A6" s="17" t="s">
+        <v>25</v>
+      </c>
+      <c r="B6" s="20" t="s">
+        <v>76</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" s="8">
         <v>63.861656000000004</v>
       </c>
-      <c r="E6" s="23">
+      <c r="E6" s="8">
         <v>12.171018999999999</v>
       </c>
-      <c r="F6" s="23">
+      <c r="F6" s="8">
         <v>4.7268379999999999</v>
       </c>
-      <c r="G6" s="23">
+      <c r="G6" s="8">
         <v>2.3947E-2</v>
       </c>
-      <c r="H6" s="23">
+      <c r="H6" s="8">
         <v>1.13374</v>
       </c>
-      <c r="I6" s="23">
+      <c r="I6" s="8">
         <v>2.0055E-2</v>
       </c>
-      <c r="J6" s="23">
+      <c r="J6" s="8">
         <v>6.3836170000000001</v>
       </c>
-      <c r="K6" s="23">
+      <c r="K6" s="8">
         <v>0</v>
       </c>
-      <c r="L6" s="23">
+      <c r="L6" s="8">
         <v>1.473884</v>
       </c>
-      <c r="M6" s="23">
+      <c r="M6" s="8">
         <v>7.4288999999999994E-2</v>
       </c>
-      <c r="N6" s="23">
+      <c r="N6" s="8">
         <v>0.26081199999999999</v>
       </c>
-      <c r="O6" s="23">
+      <c r="O6" s="8">
         <v>3.2001000000000002E-2</v>
       </c>
-      <c r="P6" s="24">
+      <c r="P6" s="9">
         <v>90.161857999999995</v>
       </c>
     </row>
     <row r="7" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="42"/>
-[...4 lines deleted...]
-      <c r="D7" s="25">
+      <c r="A7" s="18"/>
+      <c r="B7" s="19"/>
+      <c r="C7" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="D7" s="10">
         <v>63.861656000000004</v>
       </c>
-      <c r="E7" s="25">
+      <c r="E7" s="10">
         <v>12.171018999999999</v>
       </c>
-      <c r="F7" s="25">
+      <c r="F7" s="10">
         <v>4.7268379999999999</v>
       </c>
-      <c r="G7" s="25">
+      <c r="G7" s="10">
         <v>2.3947E-2</v>
       </c>
-      <c r="H7" s="25">
+      <c r="H7" s="10">
         <v>1.13374</v>
       </c>
-      <c r="I7" s="25">
+      <c r="I7" s="10">
         <v>2.0055E-2</v>
       </c>
-      <c r="J7" s="25">
+      <c r="J7" s="10">
         <v>6.3836170000000001</v>
       </c>
-      <c r="K7" s="25">
+      <c r="K7" s="10">
         <v>0</v>
       </c>
-      <c r="L7" s="25">
+      <c r="L7" s="10">
         <v>1.473884</v>
       </c>
-      <c r="M7" s="25">
+      <c r="M7" s="10">
         <v>7.4288999999999994E-2</v>
       </c>
-      <c r="N7" s="25">
+      <c r="N7" s="10">
         <v>0.26081199999999999</v>
       </c>
-      <c r="O7" s="25">
+      <c r="O7" s="10">
         <v>3.2001000000000002E-2</v>
       </c>
-      <c r="P7" s="26">
+      <c r="P7" s="11">
         <v>90.161857999999995</v>
       </c>
     </row>
     <row r="8" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="43"/>
-[...4 lines deleted...]
-      <c r="D8" s="25">
+      <c r="A8" s="19"/>
+      <c r="B8" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="C8" s="22"/>
+      <c r="D8" s="10">
         <v>63.861656000000004</v>
       </c>
-      <c r="E8" s="25">
+      <c r="E8" s="10">
         <v>12.171018999999999</v>
       </c>
-      <c r="F8" s="25">
+      <c r="F8" s="10">
         <v>4.7268379999999999</v>
       </c>
-      <c r="G8" s="25">
+      <c r="G8" s="10">
         <v>2.3947E-2</v>
       </c>
-      <c r="H8" s="25">
+      <c r="H8" s="10">
         <v>1.13374</v>
       </c>
-      <c r="I8" s="25">
+      <c r="I8" s="10">
         <v>2.0055E-2</v>
       </c>
-      <c r="J8" s="25">
+      <c r="J8" s="10">
         <v>6.3836170000000001</v>
       </c>
-      <c r="K8" s="25">
+      <c r="K8" s="10">
         <v>0</v>
       </c>
-      <c r="L8" s="25">
+      <c r="L8" s="10">
         <v>1.473884</v>
       </c>
-      <c r="M8" s="25">
+      <c r="M8" s="10">
         <v>7.4288999999999994E-2</v>
       </c>
-      <c r="N8" s="25">
+      <c r="N8" s="10">
         <v>0.26081199999999999</v>
       </c>
-      <c r="O8" s="25">
+      <c r="O8" s="10">
         <v>3.2001000000000002E-2</v>
       </c>
-      <c r="P8" s="26">
+      <c r="P8" s="11">
         <v>90.161857999999995</v>
       </c>
     </row>
     <row r="9" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="41" t="s">
-[...8 lines deleted...]
-      <c r="D9" s="23">
+      <c r="A9" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B9" s="20" t="s">
+        <v>37</v>
+      </c>
+      <c r="C9" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="D9" s="8">
         <v>9.3138489999999994</v>
       </c>
       <c r="E9" s="6"/>
-      <c r="F9" s="23">
+      <c r="F9" s="8">
         <v>16.188953999999999</v>
       </c>
       <c r="G9" s="6"/>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
-      <c r="M9" s="23">
+      <c r="M9" s="8">
         <v>3.5371600000000001</v>
       </c>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
-      <c r="P9" s="24">
+      <c r="P9" s="9">
         <v>29.039963</v>
       </c>
     </row>
     <row r="10" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="42"/>
-[...4 lines deleted...]
-      <c r="D10" s="23">
+      <c r="A10" s="18"/>
+      <c r="B10" s="18"/>
+      <c r="C10" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="D10" s="8">
         <v>23.542908000000001</v>
       </c>
-      <c r="E10" s="23">
+      <c r="E10" s="8">
         <v>21.369620999999999</v>
       </c>
-      <c r="F10" s="23">
+      <c r="F10" s="8">
         <v>19.598870999999999</v>
       </c>
-      <c r="G10" s="23">
+      <c r="G10" s="8">
         <v>2.3589000000000002</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
-      <c r="J10" s="23">
+      <c r="J10" s="8">
         <v>7.2086399999999999</v>
       </c>
-      <c r="K10" s="23">
+      <c r="K10" s="8">
         <v>7.9464249999999996</v>
       </c>
       <c r="L10" s="6"/>
       <c r="M10" s="6"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
-      <c r="P10" s="24">
+      <c r="P10" s="9">
         <v>82.025364999999994</v>
       </c>
     </row>
     <row r="11" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="42"/>
-[...4 lines deleted...]
-      <c r="D11" s="25">
+      <c r="A11" s="18"/>
+      <c r="B11" s="19"/>
+      <c r="C11" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="10">
         <v>32.856757000000002</v>
       </c>
-      <c r="E11" s="25">
+      <c r="E11" s="10">
         <v>21.369620999999999</v>
       </c>
-      <c r="F11" s="25">
+      <c r="F11" s="10">
         <v>35.787824999999998</v>
       </c>
-      <c r="G11" s="25">
+      <c r="G11" s="10">
         <v>2.3589000000000002</v>
       </c>
-      <c r="H11" s="27"/>
-[...1 lines deleted...]
-      <c r="J11" s="25">
+      <c r="H11" s="12"/>
+      <c r="I11" s="12"/>
+      <c r="J11" s="10">
         <v>7.2086399999999999</v>
       </c>
-      <c r="K11" s="25">
+      <c r="K11" s="10">
         <v>7.9464249999999996</v>
       </c>
-      <c r="L11" s="27"/>
-      <c r="M11" s="25">
+      <c r="L11" s="12"/>
+      <c r="M11" s="10">
         <v>3.5371600000000001</v>
       </c>
-      <c r="N11" s="27"/>
-[...1 lines deleted...]
-      <c r="P11" s="26">
+      <c r="N11" s="12"/>
+      <c r="O11" s="12"/>
+      <c r="P11" s="11">
         <v>111.06532799999999</v>
       </c>
     </row>
     <row r="12" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="43"/>
-[...4 lines deleted...]
-      <c r="D12" s="25">
+      <c r="A12" s="19"/>
+      <c r="B12" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="C12" s="22"/>
+      <c r="D12" s="10">
         <v>32.856757000000002</v>
       </c>
-      <c r="E12" s="25">
+      <c r="E12" s="10">
         <v>21.369620999999999</v>
       </c>
-      <c r="F12" s="25">
+      <c r="F12" s="10">
         <v>35.787824999999998</v>
       </c>
-      <c r="G12" s="25">
+      <c r="G12" s="10">
         <v>2.3589000000000002</v>
       </c>
-      <c r="H12" s="27"/>
-[...1 lines deleted...]
-      <c r="J12" s="25">
+      <c r="H12" s="12"/>
+      <c r="I12" s="12"/>
+      <c r="J12" s="10">
         <v>7.2086399999999999</v>
       </c>
-      <c r="K12" s="25">
+      <c r="K12" s="10">
         <v>7.9464249999999996</v>
       </c>
-      <c r="L12" s="27"/>
-      <c r="M12" s="25">
+      <c r="L12" s="12"/>
+      <c r="M12" s="10">
         <v>3.5371600000000001</v>
       </c>
-      <c r="N12" s="27"/>
-[...1 lines deleted...]
-      <c r="P12" s="26">
+      <c r="N12" s="12"/>
+      <c r="O12" s="12"/>
+      <c r="P12" s="11">
         <v>111.06532799999999</v>
       </c>
     </row>
     <row r="13" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="50" t="s">
-[...4 lines deleted...]
-      <c r="D13" s="28">
+      <c r="A13" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="B13" s="24"/>
+      <c r="C13" s="25"/>
+      <c r="D13" s="13">
         <v>96.718412999999998</v>
       </c>
-      <c r="E13" s="28">
+      <c r="E13" s="13">
         <v>33.540640000000003</v>
       </c>
-      <c r="F13" s="28">
+      <c r="F13" s="13">
         <v>40.514662999999999</v>
       </c>
-      <c r="G13" s="28">
+      <c r="G13" s="13">
         <v>2.3828469999999999</v>
       </c>
-      <c r="H13" s="28">
+      <c r="H13" s="13">
         <v>1.13374</v>
       </c>
-      <c r="I13" s="28">
+      <c r="I13" s="13">
         <v>2.0055E-2</v>
       </c>
-      <c r="J13" s="28">
+      <c r="J13" s="13">
         <v>13.592257</v>
       </c>
-      <c r="K13" s="28">
+      <c r="K13" s="13">
         <v>7.9464249999999996</v>
       </c>
-      <c r="L13" s="28">
+      <c r="L13" s="13">
         <v>1.473884</v>
       </c>
-      <c r="M13" s="28">
+      <c r="M13" s="13">
         <v>3.6114489999999999</v>
       </c>
-      <c r="N13" s="28">
+      <c r="N13" s="13">
         <v>0.26081199999999999</v>
       </c>
-      <c r="O13" s="28">
+      <c r="O13" s="13">
         <v>3.2001000000000002E-2</v>
       </c>
-      <c r="P13" s="29">
+      <c r="P13" s="14">
         <v>201.22718599999999</v>
       </c>
     </row>
     <row r="14" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="53"/>
-[...14 lines deleted...]
-      <c r="P14" s="53"/>
+      <c r="A14" s="26"/>
+      <c r="B14" s="26"/>
+      <c r="C14" s="26"/>
+      <c r="D14" s="26"/>
+      <c r="E14" s="26"/>
+      <c r="F14" s="26"/>
+      <c r="G14" s="26"/>
+      <c r="H14" s="26"/>
+      <c r="I14" s="26"/>
+      <c r="J14" s="26"/>
+      <c r="K14" s="26"/>
+      <c r="L14" s="26"/>
+      <c r="M14" s="26"/>
+      <c r="N14" s="26"/>
+      <c r="O14" s="26"/>
+      <c r="P14" s="26"/>
     </row>
     <row r="15" spans="1:16" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="53"/>
-[...14 lines deleted...]
-      <c r="P15" s="53"/>
+      <c r="A15" s="26"/>
+      <c r="B15" s="26"/>
+      <c r="C15" s="26"/>
+      <c r="D15" s="26"/>
+      <c r="E15" s="26"/>
+      <c r="F15" s="26"/>
+      <c r="G15" s="26"/>
+      <c r="H15" s="26"/>
+      <c r="I15" s="26"/>
+      <c r="J15" s="26"/>
+      <c r="K15" s="26"/>
+      <c r="L15" s="26"/>
+      <c r="M15" s="26"/>
+      <c r="N15" s="26"/>
+      <c r="O15" s="26"/>
+      <c r="P15" s="26"/>
     </row>
     <row r="16" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="54" t="s">
-[...16 lines deleted...]
-      <c r="P16" s="56"/>
+      <c r="A16" s="41" t="s">
+        <v>79</v>
+      </c>
+      <c r="B16" s="42"/>
+      <c r="C16" s="42"/>
+      <c r="D16" s="42"/>
+      <c r="E16" s="42"/>
+      <c r="F16" s="42"/>
+      <c r="G16" s="42"/>
+      <c r="H16" s="42"/>
+      <c r="I16" s="42"/>
+      <c r="J16" s="42"/>
+      <c r="K16" s="42"/>
+      <c r="L16" s="42"/>
+      <c r="M16" s="42"/>
+      <c r="N16" s="42"/>
+      <c r="O16" s="42"/>
+      <c r="P16" s="43"/>
     </row>
     <row r="18" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="53"/>
-[...14 lines deleted...]
-      <c r="P18" s="53"/>
+      <c r="A18" s="26"/>
+      <c r="B18" s="26"/>
+      <c r="C18" s="26"/>
+      <c r="D18" s="26"/>
+      <c r="E18" s="26"/>
+      <c r="F18" s="26"/>
+      <c r="G18" s="26"/>
+      <c r="H18" s="26"/>
+      <c r="I18" s="26"/>
+      <c r="J18" s="26"/>
+      <c r="K18" s="26"/>
+      <c r="L18" s="26"/>
+      <c r="M18" s="26"/>
+      <c r="N18" s="26"/>
+      <c r="O18" s="26"/>
+      <c r="P18" s="26"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="17">
-    <mergeCell ref="H1:P3"/>
-[...5 lines deleted...]
-    <mergeCell ref="P4:P5"/>
     <mergeCell ref="A13:C13"/>
     <mergeCell ref="A14:P15"/>
     <mergeCell ref="A16:P16"/>
     <mergeCell ref="A18:P18"/>
     <mergeCell ref="A6:A8"/>
     <mergeCell ref="B6:B7"/>
     <mergeCell ref="B8:C8"/>
     <mergeCell ref="A9:A12"/>
     <mergeCell ref="B9:B11"/>
     <mergeCell ref="B12:C12"/>
+    <mergeCell ref="H1:P3"/>
+    <mergeCell ref="A2:G2"/>
+    <mergeCell ref="A4:A5"/>
+    <mergeCell ref="B4:B5"/>
+    <mergeCell ref="C4:C5"/>
+    <mergeCell ref="D4:O4"/>
+    <mergeCell ref="P4:P5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <customProperties>
+    <customPr name="GUID" r:id="rId1"/>
+  </customProperties>
+  <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>MI_2014</vt:lpstr>
       <vt:lpstr>UTE_2014</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>IBM Incorporated</Company>