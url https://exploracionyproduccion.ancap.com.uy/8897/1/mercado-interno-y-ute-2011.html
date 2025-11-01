--- v0 (2025-10-11)
+++ v1 (2025-11-01)
@@ -1,66 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28324"/>
   <workbookPr defaultThemeVersion="123820"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\molle\Carpetas compartidas3\Planificación Comercial\MARIANA PUBLICA\Demandas WEB\VENTAS COMBUSTIBLES Merc.Int. - UTE\VENTAS MENSUALES Merc.Int._UTE\INFORMACION HISTÓRICA\INFORMACION HISTÓRICA_con_asfalto\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{60B2D175-992A-4D28-9864-DCCE2C10F0A2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-15" yWindow="4845" windowWidth="19530" windowHeight="4905" activeTab="1"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15990" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="MI_2011" sheetId="1" r:id="rId1"/>
     <sheet name="UTE_2011" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="0"/>
   <webPublishing codePage="1252"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="129" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113" uniqueCount="82">
   <si>
     <t xml:space="preserve">Detalle de Ventas de Combustibles - Mercado Interno </t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>Total Año</t>
   </si>
   <si>
     <t>2011/01</t>
   </si>
   <si>
     <t>2011/02</t>
   </si>
   <si>
     <t>2011/03</t>
   </si>
   <si>
     <t>2011/04</t>
   </si>
   <si>
     <t>2011/05</t>
   </si>
   <si>
@@ -97,53 +104,50 @@
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>BUTANO</t>
     </r>
   </si>
   <si>
     <t>PROPANO</t>
   </si>
   <si>
-    <t>PROPANO INDUSTRIAL</t>
-[...1 lines deleted...]
-  <si>
     <t>SUPERGAS GRANEL</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>PROPANO</t>
     </r>
   </si>
   <si>
@@ -212,56 +216,50 @@
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>GAS OIL (1)</t>
     </r>
   </si>
   <si>
     <t>GASOLINAS (1)</t>
   </si>
   <si>
     <t>ESPECIAL 87 S.P.</t>
   </si>
   <si>
-    <t>PREMIUM 97 30-S</t>
-[...4 lines deleted...]
-  <si>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>GASOLINAS (1)</t>
     </r>
   </si>
   <si>
     <t>QUEROSENO</t>
   </si>
   <si>
@@ -486,137 +484,50 @@
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color rgb="FFFFFFFF"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color rgb="FFFFFFFF"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>SOLVENTES</t>
     </r>
   </si>
   <si>
-    <t>ASFALTOS</t>
-[...85 lines deleted...]
-  <si>
     <t>Consumo ANCAP y otros (2)</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
@@ -638,53 +549,50 @@
         <b/>
         <sz val="8"/>
         <color rgb="FFFFFFFF"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Consumo ANCAP y otros (2)</t>
     </r>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t xml:space="preserve"> Familia</t>
   </si>
   <si>
     <t>Línea</t>
   </si>
   <si>
     <t>Producto</t>
   </si>
   <si>
     <t>(2) Incluye el consumo de ANCAP, ventas internas y donaciones.</t>
   </si>
   <si>
-    <t>(1) Gasolinas y Gas Oil:  puede incluir volúmenes de productos discontinuados.</t>
-[...1 lines deleted...]
-  <si>
     <t>(en miles de m3 - corregidos a 15°C)</t>
   </si>
   <si>
     <t>informe elaborado y emitido por G.V.C.L. y E. - (P.C.)</t>
   </si>
   <si>
     <t xml:space="preserve">Detalle de Ventas de Combustibles - Mercado U.T.E. </t>
   </si>
   <si>
     <t>GAS OIL</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color indexed="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total </t>
     </r>
     <r>
       <rPr>
         <b/>
@@ -746,61 +654,76 @@
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color indexed="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color indexed="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>NEGROS</t>
     </r>
   </si>
   <si>
     <t>elaborado y emitido por G.V.C.L. y E. - (P.C.)</t>
   </si>
+  <si>
+    <t>(en miles de m3, corregidos a 15°C)</t>
+  </si>
+  <si>
+    <t>PROPANO INDUSTRIAL(GLP GRANEL)</t>
+  </si>
+  <si>
+    <t>PREMIUM 97</t>
+  </si>
+  <si>
+    <t>SUPER 95</t>
+  </si>
+  <si>
+    <t>(1) Gasolinas y Gas Oil: puede incluir volúmenes de productos discontinuados.</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.000;\-#,##0.000;\ \ "/>
     <numFmt numFmtId="165" formatCode="#,##0.000;\-#,##0.000;\ "/>
     <numFmt numFmtId="166" formatCode="#,##0.000"/>
   </numFmts>
-  <fonts count="17" x14ac:knownFonts="1">
+  <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FFFFFFFF"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="8"/>
       <color rgb="FFFFFFFF"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color rgb="FF333399"/>
@@ -849,56 +772,50 @@
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color rgb="FFFFFFFF"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="10"/>
-[...4 lines deleted...]
-    <font>
       <i/>
       <sz val="7"/>
       <color theme="1"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color indexed="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="10">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -924,51 +841,51 @@
       <patternFill patternType="solid">
         <fgColor rgb="FFE6E6E6"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF2F1F1"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF666699"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000080"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDFDFDF"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="21">
+  <borders count="25">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color rgb="FFFFC728"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FFC0C0C0"/>
       </left>
       <right/>
       <top style="medium">
         <color rgb="FFC0C0C0"/>
       </top>
       <bottom style="medium">
@@ -1182,244 +1099,302 @@
       </left>
       <right style="medium">
         <color rgb="FF93B1CD"/>
       </right>
       <top style="medium">
         <color rgb="FF93B1CD"/>
       </top>
       <bottom style="medium">
         <color rgb="FF93B1CD"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF93B1CD"/>
       </left>
       <right style="medium">
         <color rgb="FF93B1CD"/>
       </right>
       <top/>
       <bottom style="medium">
         <color rgb="FF93B1CD"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FFCCCCCC"/>
+      </left>
+      <right style="medium">
+        <color rgb="FFCCCCCC"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color rgb="FFCCCCCC"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FFA2C4E0"/>
+      </left>
+      <right style="medium">
+        <color rgb="FFA2C4E0"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color rgb="FFA2C4E0"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FFC0C0C0"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color rgb="FFC0C0C0"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="65">
+  <cellXfs count="68">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="10" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="164" fontId="7" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="11" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="165" fontId="10" fillId="6" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...24 lines deleted...]
-    </xf>
     <xf numFmtId="166" fontId="7" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="166" fontId="11" fillId="3" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="166" fontId="10" fillId="6" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="166" fontId="11" fillId="6" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="166" fontId="10" fillId="9" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="166" fontId="11" fillId="9" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
-      <alignment horizontal="right"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="164" fontId="8" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="3" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="11" fillId="6" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="8" fillId="3" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-      <alignment horizontal="right"/>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="10" fillId="6" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right"/>
+    <xf numFmtId="164" fontId="11" fillId="6" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="22" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="23" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="10" fillId="9" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="9" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="6" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="4" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="21" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="9" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="18" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="8" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="17" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="18" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="8" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="4" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="9" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="4" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...15 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="20" xfId="0" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>14</xdr:col>
       <xdr:colOff>304800</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>171450</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
       <xdr:colOff>647700</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>152400</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="4 Imagen" descr="cid:image001.png@01CEF682.E79D4C30"/>
+        <xdr:cNvPr id="5" name="4 Imagen" descr="cid:image001.png@01CEF682.E79D4C30">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000005000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="12382500" y="171450"/>
           <a:ext cx="1009650" cy="228600"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -1427,51 +1402,57 @@
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>14</xdr:col>
       <xdr:colOff>295275</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>171450</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
       <xdr:colOff>552450</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="2 Imagen" descr="cid:image001.png@01CEF682.E79D4C30"/>
+        <xdr:cNvPr id="2" name="2 Imagen" descr="cid:image001.png@01CEF682.E79D4C30">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="12372975" y="171450"/>
           <a:ext cx="1028700" cy="228600"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -1484,91 +1465,91 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1596,51 +1577,51 @@
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1766,3374 +1747,2984 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:P66"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:P57"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-      <pane xSplit="3" ySplit="5" topLeftCell="H33" activePane="bottomRight" state="frozen"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <pane xSplit="3" ySplit="5" topLeftCell="D6" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
-      <selection pane="bottomRight" activeCell="H45" sqref="H45"/>
+      <selection pane="bottomRight" activeCell="U19" sqref="U19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="24.7109375" customWidth="1"/>
+    <col min="1" max="1" width="25.140625" customWidth="1"/>
     <col min="2" max="2" width="13.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="32.7109375" bestFit="1" customWidth="1"/>
     <col min="4" max="15" width="10" bestFit="1" customWidth="1"/>
-    <col min="16" max="16" width="11.28515625" style="32" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="11.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="1" t="s">
+      <c r="A1" s="15" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
-      <c r="H1" s="16"/>
-[...7 lines deleted...]
-      <c r="P1" s="28"/>
+      <c r="H1" s="37"/>
+      <c r="I1" s="37"/>
+      <c r="J1" s="37"/>
+      <c r="K1" s="37"/>
+      <c r="L1" s="37"/>
+      <c r="M1" s="37"/>
+      <c r="N1" s="37"/>
+      <c r="O1" s="37"/>
+      <c r="P1" s="37"/>
     </row>
     <row r="2" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A2" s="39" t="s">
-        <v>81</v>
-[...15 lines deleted...]
-      <c r="P2" s="28"/>
+        <v>77</v>
+      </c>
+      <c r="B2" s="37"/>
+      <c r="C2" s="37"/>
+      <c r="D2" s="37"/>
+      <c r="E2" s="37"/>
+      <c r="F2" s="37"/>
+      <c r="G2" s="37"/>
+      <c r="H2" s="37"/>
+      <c r="I2" s="37"/>
+      <c r="J2" s="37"/>
+      <c r="K2" s="37"/>
+      <c r="L2" s="37"/>
+      <c r="M2" s="37"/>
+      <c r="N2" s="37"/>
+      <c r="O2" s="37"/>
+      <c r="P2" s="37"/>
     </row>
     <row r="3" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A3" s="3"/>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
-      <c r="H3" s="17"/>
-[...7 lines deleted...]
-      <c r="P3" s="29"/>
+      <c r="H3" s="38"/>
+      <c r="I3" s="38"/>
+      <c r="J3" s="38"/>
+      <c r="K3" s="38"/>
+      <c r="L3" s="38"/>
+      <c r="M3" s="38"/>
+      <c r="N3" s="38"/>
+      <c r="O3" s="38"/>
+      <c r="P3" s="38"/>
     </row>
     <row r="4" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="35" t="s">
-[...5 lines deleted...]
-      <c r="C4" s="37" t="s">
+      <c r="A4" s="40"/>
+      <c r="B4" s="41"/>
+      <c r="C4" s="41"/>
+      <c r="D4" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="E4" s="35"/>
+      <c r="F4" s="35"/>
+      <c r="G4" s="35"/>
+      <c r="H4" s="35"/>
+      <c r="I4" s="35"/>
+      <c r="J4" s="35"/>
+      <c r="K4" s="35"/>
+      <c r="L4" s="35"/>
+      <c r="M4" s="35"/>
+      <c r="N4" s="35"/>
+      <c r="O4" s="36"/>
+      <c r="P4" s="32" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="42"/>
+      <c r="B5" s="42"/>
+      <c r="C5" s="42"/>
+      <c r="D5" s="16" t="s">
+        <v>3</v>
+      </c>
+      <c r="E5" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="F5" s="16" t="s">
+        <v>5</v>
+      </c>
+      <c r="G5" s="16" t="s">
+        <v>6</v>
+      </c>
+      <c r="H5" s="16" t="s">
+        <v>7</v>
+      </c>
+      <c r="I5" s="16" t="s">
+        <v>8</v>
+      </c>
+      <c r="J5" s="16" t="s">
+        <v>9</v>
+      </c>
+      <c r="K5" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="L5" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="M5" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="N5" s="16" t="s">
+        <v>13</v>
+      </c>
+      <c r="O5" s="16" t="s">
+        <v>14</v>
+      </c>
+      <c r="P5" s="33"/>
+    </row>
+    <row r="6" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="43" t="s">
+        <v>15</v>
+      </c>
+      <c r="B6" s="46" t="s">
+        <v>16</v>
+      </c>
+      <c r="C6" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" s="18">
+        <v>9.5549999999999993E-3</v>
+      </c>
+      <c r="E6" s="18">
+        <v>9.5849999999999998E-3</v>
+      </c>
+      <c r="F6" s="18">
+        <v>1.0824E-2</v>
+      </c>
+      <c r="G6" s="18">
+        <v>1.2076999999999999E-2</v>
+      </c>
+      <c r="H6" s="18">
+        <v>1.0975E-2</v>
+      </c>
+      <c r="I6" s="18">
+        <v>1.11E-2</v>
+      </c>
+      <c r="J6" s="18">
+        <v>8.2089999999999993E-3</v>
+      </c>
+      <c r="K6" s="18">
+        <v>1.0533000000000001E-2</v>
+      </c>
+      <c r="L6" s="18">
+        <v>1.4347E-2</v>
+      </c>
+      <c r="M6" s="18">
+        <v>9.5060000000000006E-3</v>
+      </c>
+      <c r="N6" s="18">
+        <v>1.2696000000000001E-2</v>
+      </c>
+      <c r="O6" s="18">
+        <v>1.2588999999999999E-2</v>
+      </c>
+      <c r="P6" s="19">
+        <v>0.131996</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="44"/>
+      <c r="B7" s="45"/>
+      <c r="C7" s="20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" s="21">
+        <v>9.5549999999999993E-3</v>
+      </c>
+      <c r="E7" s="21">
+        <v>9.5849999999999998E-3</v>
+      </c>
+      <c r="F7" s="21">
+        <v>1.0824E-2</v>
+      </c>
+      <c r="G7" s="21">
+        <v>1.2076999999999999E-2</v>
+      </c>
+      <c r="H7" s="21">
+        <v>1.0975E-2</v>
+      </c>
+      <c r="I7" s="21">
+        <v>1.11E-2</v>
+      </c>
+      <c r="J7" s="21">
+        <v>8.2089999999999993E-3</v>
+      </c>
+      <c r="K7" s="21">
+        <v>1.0533000000000001E-2</v>
+      </c>
+      <c r="L7" s="21">
+        <v>1.4347E-2</v>
+      </c>
+      <c r="M7" s="21">
+        <v>9.5060000000000006E-3</v>
+      </c>
+      <c r="N7" s="21">
+        <v>1.2696000000000001E-2</v>
+      </c>
+      <c r="O7" s="21">
+        <v>1.2588999999999999E-2</v>
+      </c>
+      <c r="P7" s="22">
+        <v>0.131996</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="44"/>
+      <c r="B8" s="46" t="s">
+        <v>19</v>
+      </c>
+      <c r="C8" s="17" t="s">
         <v>78</v>
       </c>
-      <c r="D4" s="47" t="s">
-[...160 lines deleted...]
-      <c r="C8" s="5" t="s">
+      <c r="D8" s="18">
+        <v>5.6971000000000001E-2</v>
+      </c>
+      <c r="E8" s="18">
+        <v>0.27753499999999998</v>
+      </c>
+      <c r="F8" s="18">
+        <v>0.56738100000000002</v>
+      </c>
+      <c r="G8" s="18">
+        <v>0.90203500000000003</v>
+      </c>
+      <c r="H8" s="18">
+        <v>0.32306099999999999</v>
+      </c>
+      <c r="I8" s="18">
+        <v>0.79208999999999996</v>
+      </c>
+      <c r="J8" s="18">
+        <v>0.54227499999999995</v>
+      </c>
+      <c r="K8" s="18">
+        <v>0.233546</v>
+      </c>
+      <c r="L8" s="18">
+        <v>0.121397</v>
+      </c>
+      <c r="M8" s="18">
+        <v>0.2014</v>
+      </c>
+      <c r="N8" s="18">
+        <v>0.59894599999999998</v>
+      </c>
+      <c r="O8" s="18">
+        <v>0.67845100000000003</v>
+      </c>
+      <c r="P8" s="19">
+        <v>5.2950879999999998</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="44"/>
+      <c r="B9" s="44"/>
+      <c r="C9" s="17" t="s">
         <v>20</v>
       </c>
-      <c r="D8" s="7">
-[...42 lines deleted...]
-      <c r="C9" s="5" t="s">
+      <c r="D9" s="18">
+        <v>1.803668</v>
+      </c>
+      <c r="E9" s="18">
+        <v>1.852646</v>
+      </c>
+      <c r="F9" s="18">
+        <v>2.340878</v>
+      </c>
+      <c r="G9" s="18">
+        <v>2.7337910000000001</v>
+      </c>
+      <c r="H9" s="18">
+        <v>2.8616609999999998</v>
+      </c>
+      <c r="I9" s="18">
+        <v>3.2132749999999999</v>
+      </c>
+      <c r="J9" s="18">
+        <v>3.2704580000000001</v>
+      </c>
+      <c r="K9" s="18">
+        <v>3.3660770000000002</v>
+      </c>
+      <c r="L9" s="18">
+        <v>2.7418900000000002</v>
+      </c>
+      <c r="M9" s="18">
+        <v>2.5591900000000001</v>
+      </c>
+      <c r="N9" s="18">
+        <v>2.3961389999999998</v>
+      </c>
+      <c r="O9" s="18">
+        <v>2.3499119999999998</v>
+      </c>
+      <c r="P9" s="19">
+        <v>31.489585000000002</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="44"/>
+      <c r="B10" s="45"/>
+      <c r="C10" s="20" t="s">
         <v>21</v>
       </c>
-      <c r="D9" s="7">
-[...42 lines deleted...]
-      <c r="C10" s="8" t="s">
+      <c r="D10" s="21">
+        <v>1.8606389999999999</v>
+      </c>
+      <c r="E10" s="21">
+        <v>2.1301809999999999</v>
+      </c>
+      <c r="F10" s="21">
+        <v>2.9082590000000001</v>
+      </c>
+      <c r="G10" s="21">
+        <v>3.6358259999999998</v>
+      </c>
+      <c r="H10" s="21">
+        <v>3.1847219999999998</v>
+      </c>
+      <c r="I10" s="21">
+        <v>4.0053650000000003</v>
+      </c>
+      <c r="J10" s="21">
+        <v>3.8127330000000001</v>
+      </c>
+      <c r="K10" s="21">
+        <v>3.5996229999999998</v>
+      </c>
+      <c r="L10" s="21">
+        <v>2.8632870000000001</v>
+      </c>
+      <c r="M10" s="21">
+        <v>2.7605900000000001</v>
+      </c>
+      <c r="N10" s="21">
+        <v>2.995085</v>
+      </c>
+      <c r="O10" s="21">
+        <v>3.0283630000000001</v>
+      </c>
+      <c r="P10" s="22">
+        <v>36.784672999999998</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="44"/>
+      <c r="B11" s="46" t="s">
         <v>22</v>
       </c>
-      <c r="D10" s="10">
-[...41 lines deleted...]
-      <c r="B11" s="44" t="s">
+      <c r="C11" s="17" t="s">
+        <v>22</v>
+      </c>
+      <c r="D11" s="18">
+        <v>9.8294580000000007</v>
+      </c>
+      <c r="E11" s="18">
+        <v>10.348511999999999</v>
+      </c>
+      <c r="F11" s="18">
+        <v>8.4067749999999997</v>
+      </c>
+      <c r="G11" s="18">
+        <v>14.608914</v>
+      </c>
+      <c r="H11" s="18">
+        <v>17.272924</v>
+      </c>
+      <c r="I11" s="18">
+        <v>22.918583000000002</v>
+      </c>
+      <c r="J11" s="18">
+        <v>24.314174000000001</v>
+      </c>
+      <c r="K11" s="18">
+        <v>23.082384000000001</v>
+      </c>
+      <c r="L11" s="18">
+        <v>15.105722999999999</v>
+      </c>
+      <c r="M11" s="18">
+        <v>12.862467000000001</v>
+      </c>
+      <c r="N11" s="18">
+        <v>11.773472999999999</v>
+      </c>
+      <c r="O11" s="18">
+        <v>12.295138</v>
+      </c>
+      <c r="P11" s="19">
+        <v>182.81852499999999</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="44"/>
+      <c r="B12" s="45"/>
+      <c r="C12" s="20" t="s">
         <v>23</v>
       </c>
-      <c r="C11" s="5" t="s">
-[...2 lines deleted...]
-      <c r="D11" s="7">
+      <c r="D12" s="21">
         <v>9.8294580000000007</v>
       </c>
-      <c r="E11" s="7">
+      <c r="E12" s="21">
         <v>10.348511999999999</v>
       </c>
-      <c r="F11" s="7">
+      <c r="F12" s="21">
         <v>8.4067749999999997</v>
       </c>
-      <c r="G11" s="7">
+      <c r="G12" s="21">
         <v>14.608914</v>
       </c>
-      <c r="H11" s="7">
+      <c r="H12" s="21">
         <v>17.272924</v>
       </c>
-      <c r="I11" s="7">
+      <c r="I12" s="21">
         <v>22.918583000000002</v>
       </c>
-      <c r="J11" s="7">
+      <c r="J12" s="21">
         <v>24.314174000000001</v>
       </c>
-      <c r="K11" s="7">
+      <c r="K12" s="21">
         <v>23.082384000000001</v>
       </c>
-      <c r="L11" s="7">
+      <c r="L12" s="21">
         <v>15.105722999999999</v>
       </c>
-      <c r="M11" s="7">
+      <c r="M12" s="21">
         <v>12.862467000000001</v>
       </c>
-      <c r="N11" s="7">
+      <c r="N12" s="21">
         <v>11.773472999999999</v>
       </c>
-      <c r="O11" s="7">
+      <c r="O12" s="21">
         <v>12.295138</v>
       </c>
-      <c r="P11" s="30">
+      <c r="P12" s="22">
         <v>182.81852499999999</v>
       </c>
     </row>
-    <row r="12" spans="1:16" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C12" s="8" t="s">
+    <row r="13" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="45"/>
+      <c r="B13" s="47" t="s">
         <v>24</v>
       </c>
-      <c r="D12" s="10">
-[...41 lines deleted...]
-      <c r="B13" s="45" t="s">
+      <c r="C13" s="48"/>
+      <c r="D13" s="21">
+        <v>11.699652</v>
+      </c>
+      <c r="E13" s="21">
+        <v>12.488277999999999</v>
+      </c>
+      <c r="F13" s="21">
+        <v>11.325858</v>
+      </c>
+      <c r="G13" s="21">
+        <v>18.256817000000002</v>
+      </c>
+      <c r="H13" s="21">
+        <v>20.468620999999999</v>
+      </c>
+      <c r="I13" s="21">
+        <v>26.935047999999998</v>
+      </c>
+      <c r="J13" s="21">
+        <v>28.135116</v>
+      </c>
+      <c r="K13" s="21">
+        <v>26.692540000000001</v>
+      </c>
+      <c r="L13" s="21">
+        <v>17.983357000000002</v>
+      </c>
+      <c r="M13" s="21">
+        <v>15.632562999999999</v>
+      </c>
+      <c r="N13" s="21">
+        <v>14.781254000000001</v>
+      </c>
+      <c r="O13" s="21">
+        <v>15.33609</v>
+      </c>
+      <c r="P13" s="22">
+        <v>219.73519400000001</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="43" t="s">
         <v>25</v>
       </c>
-      <c r="C13" s="46"/>
-[...41 lines deleted...]
-      <c r="A14" s="41" t="s">
+      <c r="B14" s="46" t="s">
         <v>26</v>
       </c>
-      <c r="B14" s="44" t="s">
+      <c r="C14" s="17" t="s">
         <v>27</v>
       </c>
-      <c r="C14" s="5" t="s">
+      <c r="D14" s="18">
+        <v>2.6919550000000001</v>
+      </c>
+      <c r="E14" s="18">
+        <v>2.7375669999999999</v>
+      </c>
+      <c r="F14" s="18">
+        <v>2.4713219999999998</v>
+      </c>
+      <c r="G14" s="18">
+        <v>2.1830539999999998</v>
+      </c>
+      <c r="H14" s="18">
+        <v>2.1195650000000001</v>
+      </c>
+      <c r="I14" s="18">
+        <v>1.9517310000000001</v>
+      </c>
+      <c r="J14" s="18">
+        <v>1.8724400000000001</v>
+      </c>
+      <c r="K14" s="18">
+        <v>2.0253160000000001</v>
+      </c>
+      <c r="L14" s="18">
+        <v>2.0809820000000001</v>
+      </c>
+      <c r="M14" s="18">
+        <v>2.1175540000000002</v>
+      </c>
+      <c r="N14" s="18">
+        <v>2.359092</v>
+      </c>
+      <c r="O14" s="18">
+        <v>2.7633679999999998</v>
+      </c>
+      <c r="P14" s="19">
+        <v>27.373946</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="44"/>
+      <c r="B15" s="44"/>
+      <c r="C15" s="17" t="s">
         <v>28</v>
       </c>
-      <c r="D14" s="7">
-[...42 lines deleted...]
-      <c r="C15" s="5" t="s">
+      <c r="D15" s="18">
+        <v>62.861049999999999</v>
+      </c>
+      <c r="E15" s="18">
+        <v>68.118217999999999</v>
+      </c>
+      <c r="F15" s="18">
+        <v>79.468165999999002</v>
+      </c>
+      <c r="G15" s="18">
+        <v>81.207993999999005</v>
+      </c>
+      <c r="H15" s="18">
+        <v>80.520128</v>
+      </c>
+      <c r="I15" s="18">
+        <v>69.410724999999999</v>
+      </c>
+      <c r="J15" s="18">
+        <v>65.622837999999007</v>
+      </c>
+      <c r="K15" s="18">
+        <v>69.486620000000002</v>
+      </c>
+      <c r="L15" s="18">
+        <v>79.105457000000001</v>
+      </c>
+      <c r="M15" s="18">
+        <v>72.276296999999005</v>
+      </c>
+      <c r="N15" s="18">
+        <v>90.183998000000003</v>
+      </c>
+      <c r="O15" s="18">
+        <v>82.523701999999005</v>
+      </c>
+      <c r="P15" s="19">
+        <v>900.78519300000096</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="44"/>
+      <c r="B16" s="45"/>
+      <c r="C16" s="20" t="s">
         <v>29</v>
       </c>
-      <c r="D15" s="7">
-[...42 lines deleted...]
-      <c r="C16" s="8" t="s">
+      <c r="D16" s="21">
+        <v>65.553004999999999</v>
+      </c>
+      <c r="E16" s="21">
+        <v>70.855784999999997</v>
+      </c>
+      <c r="F16" s="21">
+        <v>81.939487999999002</v>
+      </c>
+      <c r="G16" s="21">
+        <v>83.391047999999003</v>
+      </c>
+      <c r="H16" s="21">
+        <v>82.639692999999994</v>
+      </c>
+      <c r="I16" s="21">
+        <v>71.362455999999995</v>
+      </c>
+      <c r="J16" s="21">
+        <v>67.495277999999004</v>
+      </c>
+      <c r="K16" s="21">
+        <v>71.511936000000006</v>
+      </c>
+      <c r="L16" s="21">
+        <v>81.186438999999993</v>
+      </c>
+      <c r="M16" s="21">
+        <v>74.393850999999003</v>
+      </c>
+      <c r="N16" s="21">
+        <v>92.543090000000007</v>
+      </c>
+      <c r="O16" s="21">
+        <v>85.287069999999005</v>
+      </c>
+      <c r="P16" s="22">
+        <v>928.15913900000101</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="44"/>
+      <c r="B17" s="46" t="s">
         <v>30</v>
       </c>
-      <c r="D16" s="10">
-[...41 lines deleted...]
-      <c r="B17" s="44" t="s">
+      <c r="C17" s="17" t="s">
         <v>31</v>
       </c>
-      <c r="C17" s="5" t="s">
+      <c r="D17" s="18">
+        <v>2.2664499999999999</v>
+      </c>
+      <c r="E17" s="18">
+        <v>2.3078669999999999</v>
+      </c>
+      <c r="F17" s="18">
+        <v>2.3089029999999999</v>
+      </c>
+      <c r="G17" s="18">
+        <v>2.2830010000000001</v>
+      </c>
+      <c r="H17" s="18">
+        <v>2.127516</v>
+      </c>
+      <c r="I17" s="18">
+        <v>2.0465580000000001</v>
+      </c>
+      <c r="J17" s="18">
+        <v>1.938453</v>
+      </c>
+      <c r="K17" s="18">
+        <v>2.0013390000000002</v>
+      </c>
+      <c r="L17" s="18">
+        <v>2.1247790000000002</v>
+      </c>
+      <c r="M17" s="18">
+        <v>2.0799789999999998</v>
+      </c>
+      <c r="N17" s="18">
+        <v>2.16018</v>
+      </c>
+      <c r="O17" s="18">
+        <v>2.3801570000000001</v>
+      </c>
+      <c r="P17" s="19">
+        <v>26.025182000000001</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="44"/>
+      <c r="B18" s="44"/>
+      <c r="C18" s="17" t="s">
+        <v>79</v>
+      </c>
+      <c r="D18" s="18">
+        <v>4.7112329999989999</v>
+      </c>
+      <c r="E18" s="18">
+        <v>4.2936620000000003</v>
+      </c>
+      <c r="F18" s="18">
+        <v>3.7265239999999999</v>
+      </c>
+      <c r="G18" s="18">
+        <v>3.57911</v>
+      </c>
+      <c r="H18" s="18">
+        <v>3.1846009999999998</v>
+      </c>
+      <c r="I18" s="18">
+        <v>3.1293299999999999</v>
+      </c>
+      <c r="J18" s="18">
+        <v>3.1036119999989999</v>
+      </c>
+      <c r="K18" s="18">
+        <v>3.2693749999990001</v>
+      </c>
+      <c r="L18" s="18">
+        <v>3.510516999999</v>
+      </c>
+      <c r="M18" s="18">
+        <v>3.5077310000000002</v>
+      </c>
+      <c r="N18" s="18">
+        <v>3.8294060000000001</v>
+      </c>
+      <c r="O18" s="18">
+        <v>4.903791</v>
+      </c>
+      <c r="P18" s="19">
+        <v>44.748891999999998</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="44"/>
+      <c r="B19" s="44"/>
+      <c r="C19" s="17" t="s">
+        <v>80</v>
+      </c>
+      <c r="D19" s="18">
+        <v>41.510523999999997</v>
+      </c>
+      <c r="E19" s="18">
+        <v>39.98592</v>
+      </c>
+      <c r="F19" s="18">
+        <v>41.757413</v>
+      </c>
+      <c r="G19" s="18">
+        <v>39.890647000000001</v>
+      </c>
+      <c r="H19" s="18">
+        <v>38.462958999999003</v>
+      </c>
+      <c r="I19" s="18">
+        <v>38.231513999999997</v>
+      </c>
+      <c r="J19" s="18">
+        <v>38.217978000000002</v>
+      </c>
+      <c r="K19" s="18">
+        <v>40.840761999999998</v>
+      </c>
+      <c r="L19" s="18">
+        <v>43.298676</v>
+      </c>
+      <c r="M19" s="18">
+        <v>42.121112999998999</v>
+      </c>
+      <c r="N19" s="18">
+        <v>45.889217999998998</v>
+      </c>
+      <c r="O19" s="18">
+        <v>52.368700999999</v>
+      </c>
+      <c r="P19" s="19">
+        <v>502.57542500000102</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="44"/>
+      <c r="B20" s="45"/>
+      <c r="C20" s="20" t="s">
         <v>32</v>
       </c>
-      <c r="D17" s="7">
-[...42 lines deleted...]
-      <c r="C18" s="5" t="s">
+      <c r="D20" s="21">
+        <v>48.488207000000003</v>
+      </c>
+      <c r="E20" s="21">
+        <v>46.587448999999999</v>
+      </c>
+      <c r="F20" s="21">
+        <v>47.792839999999998</v>
+      </c>
+      <c r="G20" s="21">
+        <v>45.752758</v>
+      </c>
+      <c r="H20" s="21">
+        <v>43.775075999998997</v>
+      </c>
+      <c r="I20" s="21">
+        <v>43.407401999999998</v>
+      </c>
+      <c r="J20" s="21">
+        <v>43.260043000000003</v>
+      </c>
+      <c r="K20" s="21">
+        <v>46.111476000000003</v>
+      </c>
+      <c r="L20" s="21">
+        <v>48.933971999999997</v>
+      </c>
+      <c r="M20" s="21">
+        <v>47.708822999999001</v>
+      </c>
+      <c r="N20" s="21">
+        <v>51.878803999999</v>
+      </c>
+      <c r="O20" s="21">
+        <v>59.652648999999002</v>
+      </c>
+      <c r="P20" s="22">
+        <v>573.34949900000095</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="44"/>
+      <c r="B21" s="46" t="s">
         <v>33</v>
       </c>
-      <c r="D18" s="7">
-[...42 lines deleted...]
-      <c r="C19" s="5" t="s">
+      <c r="C21" s="17" t="s">
         <v>34</v>
       </c>
-      <c r="D19" s="7">
-[...42 lines deleted...]
-      <c r="C20" s="8" t="s">
+      <c r="D21" s="18">
+        <v>0.46346399999999999</v>
+      </c>
+      <c r="E21" s="18">
+        <v>0.58373799999999998</v>
+      </c>
+      <c r="F21" s="18">
+        <v>0.58785200000000004</v>
+      </c>
+      <c r="G21" s="18">
+        <v>0.63161599999999996</v>
+      </c>
+      <c r="H21" s="18">
+        <v>1.012189</v>
+      </c>
+      <c r="I21" s="18">
+        <v>1.48268</v>
+      </c>
+      <c r="J21" s="18">
+        <v>1.5276639999999999</v>
+      </c>
+      <c r="K21" s="18">
+        <v>1.474342</v>
+      </c>
+      <c r="L21" s="18">
+        <v>0.83480200000000004</v>
+      </c>
+      <c r="M21" s="18">
+        <v>0.60772899999999996</v>
+      </c>
+      <c r="N21" s="18">
+        <v>0.56755100000000003</v>
+      </c>
+      <c r="O21" s="18">
+        <v>0.61997000000000002</v>
+      </c>
+      <c r="P21" s="19">
+        <v>10.393597</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="44"/>
+      <c r="B22" s="45"/>
+      <c r="C22" s="20" t="s">
         <v>35</v>
       </c>
-      <c r="D20" s="10">
-[...41 lines deleted...]
-      <c r="B21" s="44" t="s">
+      <c r="D22" s="21">
+        <v>0.46346399999999999</v>
+      </c>
+      <c r="E22" s="21">
+        <v>0.58373799999999998</v>
+      </c>
+      <c r="F22" s="21">
+        <v>0.58785200000000004</v>
+      </c>
+      <c r="G22" s="21">
+        <v>0.63161599999999996</v>
+      </c>
+      <c r="H22" s="21">
+        <v>1.012189</v>
+      </c>
+      <c r="I22" s="21">
+        <v>1.48268</v>
+      </c>
+      <c r="J22" s="21">
+        <v>1.5276639999999999</v>
+      </c>
+      <c r="K22" s="21">
+        <v>1.474342</v>
+      </c>
+      <c r="L22" s="21">
+        <v>0.83480200000000004</v>
+      </c>
+      <c r="M22" s="21">
+        <v>0.60772899999999996</v>
+      </c>
+      <c r="N22" s="21">
+        <v>0.56755100000000003</v>
+      </c>
+      <c r="O22" s="21">
+        <v>0.61997000000000002</v>
+      </c>
+      <c r="P22" s="22">
+        <v>10.393597</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="45"/>
+      <c r="B23" s="47" t="s">
         <v>36</v>
       </c>
-      <c r="C21" s="5" t="s">
+      <c r="C23" s="48"/>
+      <c r="D23" s="21">
+        <v>114.504676</v>
+      </c>
+      <c r="E23" s="21">
+        <v>118.026972</v>
+      </c>
+      <c r="F23" s="21">
+        <v>130.32017999999999</v>
+      </c>
+      <c r="G23" s="21">
+        <v>129.77542199999999</v>
+      </c>
+      <c r="H23" s="21">
+        <v>127.426958</v>
+      </c>
+      <c r="I23" s="21">
+        <v>116.252538</v>
+      </c>
+      <c r="J23" s="21">
+        <v>112.282985</v>
+      </c>
+      <c r="K23" s="21">
+        <v>119.097754000001</v>
+      </c>
+      <c r="L23" s="21">
+        <v>130.95521299999999</v>
+      </c>
+      <c r="M23" s="21">
+        <v>122.710403</v>
+      </c>
+      <c r="N23" s="21">
+        <v>144.98944499999999</v>
+      </c>
+      <c r="O23" s="21">
+        <v>145.55968899999999</v>
+      </c>
+      <c r="P23" s="22">
+        <v>1511.902235</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="43" t="s">
         <v>37</v>
       </c>
-      <c r="D21" s="7">
-[...42 lines deleted...]
-      <c r="C22" s="8" t="s">
+      <c r="B24" s="46" t="s">
         <v>38</v>
       </c>
-      <c r="D22" s="10">
-[...41 lines deleted...]
-      <c r="B23" s="45" t="s">
+      <c r="C24" s="17" t="s">
+        <v>38</v>
+      </c>
+      <c r="D24" s="18">
+        <v>1.2569E-2</v>
+      </c>
+      <c r="E24" s="18">
+        <v>3.0249000000000002E-2</v>
+      </c>
+      <c r="F24" s="18">
+        <v>2.1114999999999998E-2</v>
+      </c>
+      <c r="G24" s="18">
+        <v>3.7768999999999997E-2</v>
+      </c>
+      <c r="H24" s="18">
+        <v>8.4820000000000007E-2</v>
+      </c>
+      <c r="I24" s="18">
+        <v>0.12336900000000001</v>
+      </c>
+      <c r="J24" s="18">
+        <v>0.153832</v>
+      </c>
+      <c r="K24" s="18">
+        <v>0.14482700000000001</v>
+      </c>
+      <c r="L24" s="18">
+        <v>9.3248999999999999E-2</v>
+      </c>
+      <c r="M24" s="18">
+        <v>3.8218000000000002E-2</v>
+      </c>
+      <c r="N24" s="18">
+        <v>2.2120000000000001E-2</v>
+      </c>
+      <c r="O24" s="18">
+        <v>2.8035000000000001E-2</v>
+      </c>
+      <c r="P24" s="19">
+        <v>0.79017199999999999</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="44"/>
+      <c r="B25" s="45"/>
+      <c r="C25" s="20" t="s">
         <v>39</v>
       </c>
-      <c r="C23" s="46"/>
-[...41 lines deleted...]
-      <c r="A24" s="41" t="s">
+      <c r="D25" s="21">
+        <v>1.2569E-2</v>
+      </c>
+      <c r="E25" s="21">
+        <v>3.0249000000000002E-2</v>
+      </c>
+      <c r="F25" s="21">
+        <v>2.1114999999999998E-2</v>
+      </c>
+      <c r="G25" s="21">
+        <v>3.7768999999999997E-2</v>
+      </c>
+      <c r="H25" s="21">
+        <v>8.4820000000000007E-2</v>
+      </c>
+      <c r="I25" s="21">
+        <v>0.12336900000000001</v>
+      </c>
+      <c r="J25" s="21">
+        <v>0.153832</v>
+      </c>
+      <c r="K25" s="21">
+        <v>0.14482700000000001</v>
+      </c>
+      <c r="L25" s="21">
+        <v>9.3248999999999999E-2</v>
+      </c>
+      <c r="M25" s="21">
+        <v>3.8218000000000002E-2</v>
+      </c>
+      <c r="N25" s="21">
+        <v>2.2120000000000001E-2</v>
+      </c>
+      <c r="O25" s="21">
+        <v>2.8035000000000001E-2</v>
+      </c>
+      <c r="P25" s="22">
+        <v>0.79017199999999999</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="44"/>
+      <c r="B26" s="46" t="s">
         <v>40</v>
       </c>
-      <c r="B24" s="44" t="s">
+      <c r="C26" s="17" t="s">
         <v>41</v>
       </c>
-      <c r="C24" s="5" t="s">
+      <c r="D26" s="18">
+        <v>1.36486</v>
+      </c>
+      <c r="E26" s="18">
+        <v>1.857345</v>
+      </c>
+      <c r="F26" s="18">
+        <v>2.0556269999999999</v>
+      </c>
+      <c r="G26" s="18">
+        <v>2.0854300000000001</v>
+      </c>
+      <c r="H26" s="18">
+        <v>3.2678509999999998</v>
+      </c>
+      <c r="I26" s="18">
+        <v>4.6289769999999999</v>
+      </c>
+      <c r="J26" s="18">
+        <v>4.6586410000000003</v>
+      </c>
+      <c r="K26" s="18">
+        <v>5.0110270000000003</v>
+      </c>
+      <c r="L26" s="18">
+        <v>3.448134</v>
+      </c>
+      <c r="M26" s="18">
+        <v>2.505385</v>
+      </c>
+      <c r="N26" s="18">
+        <v>2.1211730000000002</v>
+      </c>
+      <c r="O26" s="18">
+        <v>1.724612</v>
+      </c>
+      <c r="P26" s="19">
+        <v>34.729061999999999</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="44"/>
+      <c r="B27" s="44"/>
+      <c r="C27" s="17" t="s">
+        <v>42</v>
+      </c>
+      <c r="D27" s="18">
+        <v>3.2366440000000001</v>
+      </c>
+      <c r="E27" s="18">
+        <v>3.2797930000000002</v>
+      </c>
+      <c r="F27" s="18">
+        <v>3.9455300000000002</v>
+      </c>
+      <c r="G27" s="18">
+        <v>3.3600400000000001</v>
+      </c>
+      <c r="H27" s="18">
+        <v>3.6489850000000001</v>
+      </c>
+      <c r="I27" s="18">
+        <v>4.0953140000000001</v>
+      </c>
+      <c r="J27" s="18">
+        <v>4.2769019999999998</v>
+      </c>
+      <c r="K27" s="18">
+        <v>4.5837519999999996</v>
+      </c>
+      <c r="L27" s="18">
+        <v>3.8323019999999999</v>
+      </c>
+      <c r="M27" s="18">
+        <v>3.9533999999999998</v>
+      </c>
+      <c r="N27" s="18">
+        <v>3.9379599999999999</v>
+      </c>
+      <c r="O27" s="18">
+        <v>3.6410749999999998</v>
+      </c>
+      <c r="P27" s="19">
+        <v>45.791696999999999</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="44"/>
+      <c r="B28" s="45"/>
+      <c r="C28" s="20" t="s">
+        <v>43</v>
+      </c>
+      <c r="D28" s="21">
+        <v>4.6015040000000003</v>
+      </c>
+      <c r="E28" s="21">
+        <v>5.1371380000000002</v>
+      </c>
+      <c r="F28" s="21">
+        <v>6.0011570000000001</v>
+      </c>
+      <c r="G28" s="21">
+        <v>5.4454700000000003</v>
+      </c>
+      <c r="H28" s="21">
+        <v>6.916836</v>
+      </c>
+      <c r="I28" s="21">
+        <v>8.7242909999999991</v>
+      </c>
+      <c r="J28" s="21">
+        <v>8.9355429999999991</v>
+      </c>
+      <c r="K28" s="21">
+        <v>9.5947790000000008</v>
+      </c>
+      <c r="L28" s="21">
+        <v>7.2804359999999999</v>
+      </c>
+      <c r="M28" s="21">
+        <v>6.4587849999999998</v>
+      </c>
+      <c r="N28" s="21">
+        <v>6.0591330000000001</v>
+      </c>
+      <c r="O28" s="21">
+        <v>5.3656870000000003</v>
+      </c>
+      <c r="P28" s="22">
+        <v>80.520758999999998</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="45"/>
+      <c r="B29" s="47" t="s">
+        <v>44</v>
+      </c>
+      <c r="C29" s="48"/>
+      <c r="D29" s="21">
+        <v>4.6140730000000003</v>
+      </c>
+      <c r="E29" s="21">
+        <v>5.1673869999999997</v>
+      </c>
+      <c r="F29" s="21">
+        <v>6.0222720000000001</v>
+      </c>
+      <c r="G29" s="21">
+        <v>5.4832390000000002</v>
+      </c>
+      <c r="H29" s="21">
+        <v>7.0016559999999997</v>
+      </c>
+      <c r="I29" s="21">
+        <v>8.8476599999999994</v>
+      </c>
+      <c r="J29" s="21">
+        <v>9.0893750000000004</v>
+      </c>
+      <c r="K29" s="21">
+        <v>9.7396060000000002</v>
+      </c>
+      <c r="L29" s="21">
+        <v>7.373685</v>
+      </c>
+      <c r="M29" s="21">
+        <v>6.4970030000000003</v>
+      </c>
+      <c r="N29" s="21">
+        <v>6.0812530000000002</v>
+      </c>
+      <c r="O29" s="21">
+        <v>5.3937220000000003</v>
+      </c>
+      <c r="P29" s="22">
+        <v>81.310930999999997</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="43" t="s">
+        <v>45</v>
+      </c>
+      <c r="B30" s="46" t="s">
+        <v>46</v>
+      </c>
+      <c r="C30" s="17" t="s">
+        <v>47</v>
+      </c>
+      <c r="D30" s="18">
+        <v>0.27944600000000003</v>
+      </c>
+      <c r="E30" s="18">
+        <v>0.28673399999999999</v>
+      </c>
+      <c r="F30" s="18">
+        <v>0.244449</v>
+      </c>
+      <c r="G30" s="18">
+        <v>0.21656400000000001</v>
+      </c>
+      <c r="H30" s="18">
+        <v>0.24146899999999999</v>
+      </c>
+      <c r="I30" s="18">
+        <v>0.18687200000000001</v>
+      </c>
+      <c r="J30" s="18">
+        <v>0.183309</v>
+      </c>
+      <c r="K30" s="18">
+        <v>0.22325800000000001</v>
+      </c>
+      <c r="L30" s="18">
+        <v>0.24517800000000001</v>
+      </c>
+      <c r="M30" s="18">
+        <v>0.22473499999999999</v>
+      </c>
+      <c r="N30" s="18">
+        <v>0.26786599999999999</v>
+      </c>
+      <c r="O30" s="18">
+        <v>0.30373600000000001</v>
+      </c>
+      <c r="P30" s="19">
+        <v>2.903616</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="44"/>
+      <c r="B31" s="44"/>
+      <c r="C31" s="17" t="s">
+        <v>48</v>
+      </c>
+      <c r="D31" s="18">
+        <v>3.6031000000000001E-2</v>
+      </c>
+      <c r="E31" s="18">
+        <v>3.4564999999999999E-2</v>
+      </c>
+      <c r="F31" s="18">
+        <v>4.6457999999999999E-2</v>
+      </c>
+      <c r="G31" s="18">
+        <v>3.6407000000000002E-2</v>
+      </c>
+      <c r="H31" s="18">
+        <v>5.4939000000000002E-2</v>
+      </c>
+      <c r="I31" s="18">
+        <v>5.4454000000000002E-2</v>
+      </c>
+      <c r="J31" s="18">
+        <v>3.4298000000000002E-2</v>
+      </c>
+      <c r="K31" s="18">
+        <v>5.3565000000000002E-2</v>
+      </c>
+      <c r="L31" s="18">
+        <v>6.3145999999999994E-2</v>
+      </c>
+      <c r="M31" s="18">
+        <v>3.6139999999999999E-2</v>
+      </c>
+      <c r="N31" s="18">
+        <v>6.5605999999999998E-2</v>
+      </c>
+      <c r="O31" s="18">
+        <v>4.9563000000000003E-2</v>
+      </c>
+      <c r="P31" s="19">
+        <v>0.56517200000000001</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="44"/>
+      <c r="B32" s="45"/>
+      <c r="C32" s="20" t="s">
+        <v>49</v>
+      </c>
+      <c r="D32" s="21">
+        <v>0.31547700000000001</v>
+      </c>
+      <c r="E32" s="21">
+        <v>0.321299</v>
+      </c>
+      <c r="F32" s="21">
+        <v>0.29090700000000003</v>
+      </c>
+      <c r="G32" s="21">
+        <v>0.252971</v>
+      </c>
+      <c r="H32" s="21">
+        <v>0.296408</v>
+      </c>
+      <c r="I32" s="21">
+        <v>0.24132600000000001</v>
+      </c>
+      <c r="J32" s="21">
+        <v>0.21760699999999999</v>
+      </c>
+      <c r="K32" s="21">
+        <v>0.27682299999999999</v>
+      </c>
+      <c r="L32" s="21">
+        <v>0.30832399999999999</v>
+      </c>
+      <c r="M32" s="21">
+        <v>0.26087500000000002</v>
+      </c>
+      <c r="N32" s="21">
+        <v>0.33347199999999999</v>
+      </c>
+      <c r="O32" s="21">
+        <v>0.35329899999999997</v>
+      </c>
+      <c r="P32" s="22">
+        <v>3.468788</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="44"/>
+      <c r="B33" s="46" t="s">
+        <v>50</v>
+      </c>
+      <c r="C33" s="17" t="s">
+        <v>51</v>
+      </c>
+      <c r="D33" s="18">
+        <v>1.1469999999999999E-2</v>
+      </c>
+      <c r="E33" s="18">
+        <v>1.0184E-2</v>
+      </c>
+      <c r="F33" s="18">
+        <v>1.0397999999999999E-2</v>
+      </c>
+      <c r="G33" s="18">
+        <v>1.1231E-2</v>
+      </c>
+      <c r="H33" s="18">
+        <v>2.1250000000000002E-2</v>
+      </c>
+      <c r="I33" s="18">
+        <v>9.3469999999999994E-3</v>
+      </c>
+      <c r="J33" s="18">
+        <v>8.3180000000000007E-3</v>
+      </c>
+      <c r="K33" s="18">
+        <v>8.7609999999999997E-3</v>
+      </c>
+      <c r="L33" s="18">
+        <v>9.7249999999999993E-3</v>
+      </c>
+      <c r="M33" s="18">
+        <v>1.4874E-2</v>
+      </c>
+      <c r="N33" s="18">
+        <v>1.3868999999999999E-2</v>
+      </c>
+      <c r="O33" s="18">
+        <v>1.5646E-2</v>
+      </c>
+      <c r="P33" s="19">
+        <v>0.14507300000000001</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="44"/>
+      <c r="B34" s="44"/>
+      <c r="C34" s="17" t="s">
+        <v>52</v>
+      </c>
+      <c r="D34" s="18">
+        <v>1.4674E-2</v>
+      </c>
+      <c r="E34" s="18">
+        <v>1.0558E-2</v>
+      </c>
+      <c r="F34" s="18">
+        <v>6.8640000000000003E-3</v>
+      </c>
+      <c r="G34" s="18">
+        <v>9.9599999999999992E-4</v>
+      </c>
+      <c r="H34" s="18">
+        <v>1.0026E-2</v>
+      </c>
+      <c r="I34" s="18">
+        <v>3.0209999999999998E-3</v>
+      </c>
+      <c r="J34" s="18">
+        <v>7.2830000000000004E-3</v>
+      </c>
+      <c r="K34" s="18">
+        <v>1.1273999999999999E-2</v>
+      </c>
+      <c r="L34" s="18">
+        <v>5.3140000000000001E-3</v>
+      </c>
+      <c r="M34" s="18">
+        <v>7.6140000000000001E-3</v>
+      </c>
+      <c r="N34" s="18">
+        <v>8.855E-3</v>
+      </c>
+      <c r="O34" s="18">
+        <v>6.2680000000000001E-3</v>
+      </c>
+      <c r="P34" s="19">
+        <v>9.2746999999999996E-2</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="44"/>
+      <c r="B35" s="45"/>
+      <c r="C35" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="D35" s="21">
+        <v>2.6144000000000001E-2</v>
+      </c>
+      <c r="E35" s="21">
+        <v>2.0742E-2</v>
+      </c>
+      <c r="F35" s="21">
+        <v>1.7262E-2</v>
+      </c>
+      <c r="G35" s="21">
+        <v>1.2227E-2</v>
+      </c>
+      <c r="H35" s="21">
+        <v>3.1275999999999998E-2</v>
+      </c>
+      <c r="I35" s="21">
+        <v>1.2368000000000001E-2</v>
+      </c>
+      <c r="J35" s="21">
+        <v>1.5601E-2</v>
+      </c>
+      <c r="K35" s="21">
+        <v>2.0035000000000001E-2</v>
+      </c>
+      <c r="L35" s="21">
+        <v>1.5039E-2</v>
+      </c>
+      <c r="M35" s="21">
+        <v>2.2488000000000001E-2</v>
+      </c>
+      <c r="N35" s="21">
+        <v>2.2724000000000001E-2</v>
+      </c>
+      <c r="O35" s="21">
+        <v>2.1913999999999999E-2</v>
+      </c>
+      <c r="P35" s="22">
+        <v>0.23782</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="44"/>
+      <c r="B36" s="46" t="s">
+        <v>54</v>
+      </c>
+      <c r="C36" s="17" t="s">
+        <v>55</v>
+      </c>
+      <c r="D36" s="18">
+        <v>3.6359999999999999E-3</v>
+      </c>
+      <c r="E36" s="18">
+        <v>5.8500000000000002E-3</v>
+      </c>
+      <c r="F36" s="18">
+        <v>4.9459999999999999E-3</v>
+      </c>
+      <c r="G36" s="18">
+        <v>8.8599999999999996E-4</v>
+      </c>
+      <c r="H36" s="18">
+        <v>1.523E-2</v>
+      </c>
+      <c r="I36" s="23"/>
+      <c r="J36" s="23"/>
+      <c r="K36" s="18">
+        <v>1.0222E-2</v>
+      </c>
+      <c r="L36" s="23"/>
+      <c r="M36" s="18">
+        <v>9.9410000000000002E-3</v>
+      </c>
+      <c r="N36" s="18">
+        <v>7.3400000000000002E-3</v>
+      </c>
+      <c r="O36" s="18">
+        <v>1.0725E-2</v>
+      </c>
+      <c r="P36" s="19">
+        <v>6.8776000000000004E-2</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="44"/>
+      <c r="B37" s="45"/>
+      <c r="C37" s="20" t="s">
+        <v>56</v>
+      </c>
+      <c r="D37" s="21">
+        <v>3.6359999999999999E-3</v>
+      </c>
+      <c r="E37" s="21">
+        <v>5.8500000000000002E-3</v>
+      </c>
+      <c r="F37" s="21">
+        <v>4.9459999999999999E-3</v>
+      </c>
+      <c r="G37" s="21">
+        <v>8.8599999999999996E-4</v>
+      </c>
+      <c r="H37" s="21">
+        <v>1.523E-2</v>
+      </c>
+      <c r="I37" s="24"/>
+      <c r="J37" s="24"/>
+      <c r="K37" s="21">
+        <v>1.0222E-2</v>
+      </c>
+      <c r="L37" s="24"/>
+      <c r="M37" s="21">
+        <v>9.9410000000000002E-3</v>
+      </c>
+      <c r="N37" s="21">
+        <v>7.3400000000000002E-3</v>
+      </c>
+      <c r="O37" s="21">
+        <v>1.0725E-2</v>
+      </c>
+      <c r="P37" s="22">
+        <v>6.8776000000000004E-2</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="45"/>
+      <c r="B38" s="47" t="s">
+        <v>57</v>
+      </c>
+      <c r="C38" s="48"/>
+      <c r="D38" s="21">
+        <v>0.34525699999999998</v>
+      </c>
+      <c r="E38" s="21">
+        <v>0.34789100000000001</v>
+      </c>
+      <c r="F38" s="21">
+        <v>0.31311499999999998</v>
+      </c>
+      <c r="G38" s="21">
+        <v>0.26608399999999999</v>
+      </c>
+      <c r="H38" s="21">
+        <v>0.342914</v>
+      </c>
+      <c r="I38" s="21">
+        <v>0.25369399999999998</v>
+      </c>
+      <c r="J38" s="21">
+        <v>0.233208</v>
+      </c>
+      <c r="K38" s="21">
+        <v>0.30708000000000002</v>
+      </c>
+      <c r="L38" s="21">
+        <v>0.32336300000000001</v>
+      </c>
+      <c r="M38" s="21">
+        <v>0.29330400000000001</v>
+      </c>
+      <c r="N38" s="21">
+        <v>0.36353600000000003</v>
+      </c>
+      <c r="O38" s="21">
+        <v>0.385938</v>
+      </c>
+      <c r="P38" s="22">
+        <v>3.7753839999999999</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="43" t="s">
+        <v>58</v>
+      </c>
+      <c r="B39" s="46" t="s">
+        <v>59</v>
+      </c>
+      <c r="C39" s="17" t="s">
+        <v>47</v>
+      </c>
+      <c r="D39" s="23"/>
+      <c r="E39" s="23"/>
+      <c r="F39" s="18">
+        <v>9.8200000000000002E-4</v>
+      </c>
+      <c r="G39" s="23"/>
+      <c r="H39" s="18">
+        <v>9.8900000000000008E-4</v>
+      </c>
+      <c r="I39" s="23"/>
+      <c r="J39" s="23"/>
+      <c r="K39" s="23"/>
+      <c r="L39" s="18">
+        <v>1.003E-3</v>
+      </c>
+      <c r="M39" s="23"/>
+      <c r="N39" s="23"/>
+      <c r="O39" s="18">
+        <v>9.9400000000000009E-4</v>
+      </c>
+      <c r="P39" s="19">
+        <v>3.9680000000000002E-3</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="44"/>
+      <c r="B40" s="44"/>
+      <c r="C40" s="17" t="s">
+        <v>55</v>
+      </c>
+      <c r="D40" s="18">
+        <v>3.4529999999999999E-3</v>
+      </c>
+      <c r="E40" s="18">
+        <v>4.4530000000000004E-3</v>
+      </c>
+      <c r="F40" s="18">
+        <v>5.4840000000000002E-3</v>
+      </c>
+      <c r="G40" s="18">
+        <v>3.9919999999999999E-3</v>
+      </c>
+      <c r="H40" s="23"/>
+      <c r="I40" s="18">
+        <v>1.0319999999999999E-3</v>
+      </c>
+      <c r="J40" s="18">
+        <v>2.5070000000000001E-3</v>
+      </c>
+      <c r="K40" s="18">
+        <v>7.5160000000000001E-3</v>
+      </c>
+      <c r="L40" s="18">
+        <v>3.9839999999999997E-3</v>
+      </c>
+      <c r="M40" s="18">
+        <v>2.503E-3</v>
+      </c>
+      <c r="N40" s="18">
+        <v>2.9789999999999999E-3</v>
+      </c>
+      <c r="O40" s="18">
+        <v>9.8400000000000007E-4</v>
+      </c>
+      <c r="P40" s="19">
+        <v>3.8886999999999998E-2</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="44"/>
+      <c r="B41" s="44"/>
+      <c r="C41" s="17" t="s">
         <v>41</v>
       </c>
-      <c r="D24" s="7">
-[...42 lines deleted...]
-      <c r="C25" s="8" t="s">
+      <c r="D41" s="18">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="E41" s="23"/>
+      <c r="F41" s="18">
+        <v>6.9723999999999994E-2</v>
+      </c>
+      <c r="G41" s="18">
+        <v>8.9890000000000005E-3</v>
+      </c>
+      <c r="H41" s="23"/>
+      <c r="I41" s="18">
+        <v>9.8230000000000001E-3</v>
+      </c>
+      <c r="J41" s="18">
+        <v>6.0089999999999996E-3</v>
+      </c>
+      <c r="K41" s="18">
+        <v>6.0410000000000004E-3</v>
+      </c>
+      <c r="L41" s="23"/>
+      <c r="M41" s="23"/>
+      <c r="N41" s="18">
+        <v>4.993E-3</v>
+      </c>
+      <c r="O41" s="23"/>
+      <c r="P41" s="19">
+        <v>0.112579</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="44"/>
+      <c r="B42" s="44"/>
+      <c r="C42" s="17" t="s">
         <v>42</v>
       </c>
-      <c r="D25" s="10">
-[...226 lines deleted...]
-      <c r="A30" s="41" t="s">
+      <c r="D42" s="18">
+        <v>3.4338259999999998</v>
+      </c>
+      <c r="E42" s="18">
+        <v>2.8335650000000001</v>
+      </c>
+      <c r="F42" s="18">
+        <v>3.0308079999999999</v>
+      </c>
+      <c r="G42" s="18">
+        <v>1.2762800000000001</v>
+      </c>
+      <c r="H42" s="18">
+        <v>1.709838</v>
+      </c>
+      <c r="I42" s="18">
+        <v>3.0670449999999998</v>
+      </c>
+      <c r="J42" s="18">
+        <v>1.6420300000000001</v>
+      </c>
+      <c r="K42" s="18">
+        <v>4.3286889999999998</v>
+      </c>
+      <c r="L42" s="18">
+        <v>3.235325</v>
+      </c>
+      <c r="M42" s="18">
+        <v>2.6018189999999999</v>
+      </c>
+      <c r="N42" s="18">
+        <v>2.8601269999999999</v>
+      </c>
+      <c r="O42" s="18">
+        <v>1.7706759999999999</v>
+      </c>
+      <c r="P42" s="19">
+        <v>31.790028</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="44"/>
+      <c r="B43" s="44"/>
+      <c r="C43" s="17" t="s">
+        <v>28</v>
+      </c>
+      <c r="D43" s="18">
+        <v>4.9054E-2</v>
+      </c>
+      <c r="E43" s="18">
+        <v>4.7934999999999998E-2</v>
+      </c>
+      <c r="F43" s="18">
+        <v>8.0394999999999994E-2</v>
+      </c>
+      <c r="G43" s="18">
+        <v>3.8988000000000002E-2</v>
+      </c>
+      <c r="H43" s="18">
+        <v>5.3239000000000002E-2</v>
+      </c>
+      <c r="I43" s="18">
+        <v>4.1075E-2</v>
+      </c>
+      <c r="J43" s="18">
+        <v>6.7761000000000002E-2</v>
+      </c>
+      <c r="K43" s="18">
+        <v>5.7431000000000003E-2</v>
+      </c>
+      <c r="L43" s="18">
+        <v>7.2973999999999997E-2</v>
+      </c>
+      <c r="M43" s="18">
+        <v>7.4066000000000007E-2</v>
+      </c>
+      <c r="N43" s="18">
+        <v>3.8126E-2</v>
+      </c>
+      <c r="O43" s="18">
+        <v>4.7067999999999999E-2</v>
+      </c>
+      <c r="P43" s="19">
+        <v>0.66811200000000004</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="44"/>
+      <c r="B44" s="44"/>
+      <c r="C44" s="17" t="s">
         <v>48</v>
       </c>
-      <c r="B30" s="44" t="s">
-[...200 lines deleted...]
-      <c r="G34" s="7">
+      <c r="D44" s="23"/>
+      <c r="E44" s="18">
+        <v>9.9400000000000009E-4</v>
+      </c>
+      <c r="F44" s="23"/>
+      <c r="G44" s="23"/>
+      <c r="H44" s="23"/>
+      <c r="I44" s="23"/>
+      <c r="J44" s="18">
+        <v>9.6000000000000002E-4</v>
+      </c>
+      <c r="K44" s="23"/>
+      <c r="L44" s="23"/>
+      <c r="M44" s="18">
+        <v>9.59E-4</v>
+      </c>
+      <c r="N44" s="23"/>
+      <c r="O44" s="18">
         <v>9.9599999999999992E-4</v>
       </c>
-      <c r="H34" s="7">
-[...157 lines deleted...]
-      <c r="B38" s="45" t="s">
+      <c r="P44" s="19">
+        <v>3.9090000000000001E-3</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="44"/>
+      <c r="B45" s="44"/>
+      <c r="C45" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="D45" s="23"/>
+      <c r="E45" s="18">
+        <v>2.9859999999999999E-3</v>
+      </c>
+      <c r="F45" s="18">
+        <v>2.9780000000000002E-3</v>
+      </c>
+      <c r="G45" s="18">
+        <v>4.9680000000000002E-3</v>
+      </c>
+      <c r="H45" s="23"/>
+      <c r="I45" s="18">
+        <v>3.006E-3</v>
+      </c>
+      <c r="J45" s="18">
+        <v>5.0140000000000002E-3</v>
+      </c>
+      <c r="K45" s="18">
+        <v>3.003E-3</v>
+      </c>
+      <c r="L45" s="18">
+        <v>6.038E-3</v>
+      </c>
+      <c r="M45" s="18">
+        <v>4.9699999999999996E-3</v>
+      </c>
+      <c r="N45" s="23"/>
+      <c r="O45" s="18">
+        <v>2.9810000000000001E-3</v>
+      </c>
+      <c r="P45" s="19">
+        <v>3.5943999999999997E-2</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="44"/>
+      <c r="B46" s="44"/>
+      <c r="C46" s="17" t="s">
+        <v>80</v>
+      </c>
+      <c r="D46" s="18">
+        <v>1.0851E-2</v>
+      </c>
+      <c r="E46" s="18">
+        <v>5.2649999999999997E-3</v>
+      </c>
+      <c r="F46" s="18">
+        <v>1.3877E-2</v>
+      </c>
+      <c r="G46" s="18">
+        <v>1.1292999999999999E-2</v>
+      </c>
+      <c r="H46" s="18">
+        <v>9.1439999999999994E-3</v>
+      </c>
+      <c r="I46" s="18">
+        <v>9.0329999999999994E-3</v>
+      </c>
+      <c r="J46" s="18">
+        <v>9.1750000000000009E-3</v>
+      </c>
+      <c r="K46" s="18">
+        <v>4.1419999999999998E-3</v>
+      </c>
+      <c r="L46" s="18">
+        <v>3.3170000000000001E-3</v>
+      </c>
+      <c r="M46" s="18">
+        <v>6.0860000000000003E-3</v>
+      </c>
+      <c r="N46" s="18">
+        <v>7.9480000000000002E-3</v>
+      </c>
+      <c r="O46" s="18">
+        <v>9.1500000000000001E-3</v>
+      </c>
+      <c r="P46" s="19">
+        <v>9.9280999999999994E-2</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="44"/>
+      <c r="B47" s="44"/>
+      <c r="C47" s="17" t="s">
+        <v>22</v>
+      </c>
+      <c r="D47" s="23"/>
+      <c r="E47" s="23"/>
+      <c r="F47" s="23"/>
+      <c r="G47" s="23"/>
+      <c r="H47" s="23"/>
+      <c r="I47" s="23"/>
+      <c r="J47" s="23"/>
+      <c r="K47" s="23"/>
+      <c r="L47" s="23"/>
+      <c r="M47" s="23"/>
+      <c r="N47" s="18">
+        <v>4.6E-5</v>
+      </c>
+      <c r="O47" s="18">
+        <v>4.9740000000000001E-3</v>
+      </c>
+      <c r="P47" s="19">
+        <v>5.0200000000000002E-3</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="44"/>
+      <c r="B48" s="45"/>
+      <c r="C48" s="20" t="s">
         <v>60</v>
       </c>
-      <c r="C38" s="46"/>
-[...41 lines deleted...]
-      <c r="A39" s="41" t="s">
+      <c r="D48" s="21">
+        <v>3.504184</v>
+      </c>
+      <c r="E48" s="21">
+        <v>2.8951980000000002</v>
+      </c>
+      <c r="F48" s="21">
+        <v>3.2042480000000002</v>
+      </c>
+      <c r="G48" s="21">
+        <v>1.3445100000000001</v>
+      </c>
+      <c r="H48" s="21">
+        <v>1.77321</v>
+      </c>
+      <c r="I48" s="21">
+        <v>3.131014</v>
+      </c>
+      <c r="J48" s="21">
+        <v>1.7334560000000001</v>
+      </c>
+      <c r="K48" s="21">
+        <v>4.406822</v>
+      </c>
+      <c r="L48" s="21">
+        <v>3.322641</v>
+      </c>
+      <c r="M48" s="21">
+        <v>2.6904029999999999</v>
+      </c>
+      <c r="N48" s="21">
+        <v>2.9142190000000001</v>
+      </c>
+      <c r="O48" s="21">
+        <v>1.837823</v>
+      </c>
+      <c r="P48" s="22">
+        <v>32.757728</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="45"/>
+      <c r="B49" s="47" t="s">
         <v>61</v>
       </c>
-      <c r="B39" s="44" t="s">
+      <c r="C49" s="48"/>
+      <c r="D49" s="21">
+        <v>3.504184</v>
+      </c>
+      <c r="E49" s="21">
+        <v>2.8951980000000002</v>
+      </c>
+      <c r="F49" s="21">
+        <v>3.2042480000000002</v>
+      </c>
+      <c r="G49" s="21">
+        <v>1.3445100000000001</v>
+      </c>
+      <c r="H49" s="21">
+        <v>1.77321</v>
+      </c>
+      <c r="I49" s="21">
+        <v>3.131014</v>
+      </c>
+      <c r="J49" s="21">
+        <v>1.7334560000000001</v>
+      </c>
+      <c r="K49" s="21">
+        <v>4.406822</v>
+      </c>
+      <c r="L49" s="21">
+        <v>3.322641</v>
+      </c>
+      <c r="M49" s="21">
+        <v>2.6904029999999999</v>
+      </c>
+      <c r="N49" s="21">
+        <v>2.9142190000000001</v>
+      </c>
+      <c r="O49" s="21">
+        <v>1.837823</v>
+      </c>
+      <c r="P49" s="22">
+        <v>32.757728</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="49" t="s">
         <v>62</v>
       </c>
-      <c r="C39" s="5" t="s">
-[...136 lines deleted...]
-      <c r="B42" s="44" t="s">
+      <c r="B50" s="50"/>
+      <c r="C50" s="51"/>
+      <c r="D50" s="25">
+        <v>134.66784200000001</v>
+      </c>
+      <c r="E50" s="25">
+        <v>138.925726</v>
+      </c>
+      <c r="F50" s="25">
+        <v>151.18567300000001</v>
+      </c>
+      <c r="G50" s="25">
+        <v>155.12607199999999</v>
+      </c>
+      <c r="H50" s="25">
+        <v>157.01335900000001</v>
+      </c>
+      <c r="I50" s="25">
+        <v>155.41995399999999</v>
+      </c>
+      <c r="J50" s="25">
+        <v>151.47414000000001</v>
+      </c>
+      <c r="K50" s="25">
+        <v>160.24380200000101</v>
+      </c>
+      <c r="L50" s="25">
+        <v>159.958259</v>
+      </c>
+      <c r="M50" s="25">
+        <v>147.82367600000001</v>
+      </c>
+      <c r="N50" s="25">
+        <v>169.129707</v>
+      </c>
+      <c r="O50" s="25">
+        <v>168.513262</v>
+      </c>
+      <c r="P50" s="26">
+        <v>1849.4814719999999</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="31"/>
+      <c r="B51" s="31"/>
+      <c r="C51" s="31"/>
+      <c r="D51" s="31"/>
+      <c r="E51" s="31"/>
+      <c r="F51" s="31"/>
+      <c r="G51" s="31"/>
+      <c r="H51" s="31"/>
+      <c r="I51" s="31"/>
+      <c r="J51" s="31"/>
+      <c r="K51" s="31"/>
+      <c r="L51" s="31"/>
+      <c r="M51" s="31"/>
+      <c r="N51" s="31"/>
+      <c r="O51" s="31"/>
+      <c r="P51" s="31"/>
+    </row>
+    <row r="52" spans="1:16" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="31"/>
+      <c r="B52" s="31"/>
+      <c r="C52" s="31"/>
+      <c r="D52" s="31"/>
+      <c r="E52" s="31"/>
+      <c r="F52" s="31"/>
+      <c r="G52" s="31"/>
+      <c r="H52" s="31"/>
+      <c r="I52" s="31"/>
+      <c r="J52" s="31"/>
+      <c r="K52" s="31"/>
+      <c r="L52" s="31"/>
+      <c r="M52" s="31"/>
+      <c r="N52" s="31"/>
+      <c r="O52" s="31"/>
+      <c r="P52" s="31"/>
+    </row>
+    <row r="53" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="27" t="s">
+        <v>81</v>
+      </c>
+      <c r="B53" s="28"/>
+      <c r="C53" s="28"/>
+      <c r="D53" s="28"/>
+      <c r="E53" s="28"/>
+      <c r="F53" s="28"/>
+      <c r="G53" s="28"/>
+      <c r="H53" s="28"/>
+      <c r="I53" s="28"/>
+      <c r="J53" s="28"/>
+      <c r="K53" s="28"/>
+      <c r="L53" s="28"/>
+      <c r="M53" s="28"/>
+      <c r="N53" s="28"/>
+      <c r="O53" s="28"/>
+      <c r="P53" s="29"/>
+    </row>
+    <row r="54" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="27" t="s">
         <v>66</v>
       </c>
-      <c r="C42" s="5" t="s">
-[...45 lines deleted...]
-      <c r="C43" s="5" t="s">
+      <c r="B54" s="28"/>
+      <c r="C54" s="28"/>
+      <c r="D54" s="28"/>
+      <c r="E54" s="28"/>
+      <c r="F54" s="28"/>
+      <c r="G54" s="28"/>
+      <c r="H54" s="28"/>
+      <c r="I54" s="28"/>
+      <c r="J54" s="28"/>
+      <c r="K54" s="28"/>
+      <c r="L54" s="28"/>
+      <c r="M54" s="28"/>
+      <c r="N54" s="28"/>
+      <c r="O54" s="28"/>
+      <c r="P54" s="29"/>
+    </row>
+    <row r="56" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A56" s="30" t="s">
         <v>68</v>
       </c>
-      <c r="D43" s="7">
-[...788 lines deleted...]
-      <c r="O66" s="14"/>
+      <c r="B56" s="31"/>
+      <c r="C56" s="31"/>
+      <c r="D56" s="31"/>
+      <c r="E56" s="31"/>
+      <c r="F56" s="31"/>
+      <c r="G56" s="31"/>
+      <c r="H56" s="31"/>
+      <c r="I56" s="31"/>
+      <c r="J56" s="31"/>
+      <c r="K56" s="31"/>
+      <c r="L56" s="31"/>
+      <c r="M56" s="31"/>
+      <c r="N56" s="31"/>
+      <c r="O56" s="31"/>
+      <c r="P56" s="31"/>
+    </row>
+    <row r="57" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="31"/>
+      <c r="B57" s="31"/>
+      <c r="C57" s="31"/>
+      <c r="D57" s="31"/>
+      <c r="E57" s="31"/>
+      <c r="F57" s="31"/>
+      <c r="G57" s="31"/>
+      <c r="H57" s="31"/>
+      <c r="I57" s="31"/>
+      <c r="J57" s="31"/>
+      <c r="K57" s="31"/>
+      <c r="L57" s="31"/>
+      <c r="M57" s="31"/>
+      <c r="N57" s="31"/>
+      <c r="O57" s="31"/>
+      <c r="P57" s="31"/>
     </row>
   </sheetData>
-  <mergeCells count="36">
-[...10 lines deleted...]
-    <mergeCell ref="B59:C59"/>
+  <sheetProtection sheet="1" objects="1" scenarios="1"/>
+  <mergeCells count="33">
+    <mergeCell ref="A50:C50"/>
+    <mergeCell ref="A51:P52"/>
+    <mergeCell ref="B30:B32"/>
+    <mergeCell ref="B33:B35"/>
+    <mergeCell ref="B36:B37"/>
+    <mergeCell ref="B38:C38"/>
+    <mergeCell ref="A39:A49"/>
+    <mergeCell ref="B39:B48"/>
+    <mergeCell ref="B49:C49"/>
+    <mergeCell ref="H1:P3"/>
+    <mergeCell ref="A2:G2"/>
+    <mergeCell ref="A4:C5"/>
+    <mergeCell ref="A6:A13"/>
+    <mergeCell ref="B6:B7"/>
+    <mergeCell ref="B8:B10"/>
+    <mergeCell ref="B11:B12"/>
+    <mergeCell ref="B13:C13"/>
+    <mergeCell ref="A53:P53"/>
+    <mergeCell ref="A54:P54"/>
+    <mergeCell ref="A56:P56"/>
+    <mergeCell ref="A57:P57"/>
+    <mergeCell ref="P4:P5"/>
+    <mergeCell ref="D4:O4"/>
+    <mergeCell ref="A14:A23"/>
+    <mergeCell ref="B14:B16"/>
+    <mergeCell ref="B17:B20"/>
+    <mergeCell ref="B21:B22"/>
+    <mergeCell ref="B23:C23"/>
     <mergeCell ref="A24:A29"/>
     <mergeCell ref="B24:B25"/>
     <mergeCell ref="B26:B28"/>
     <mergeCell ref="B29:C29"/>
     <mergeCell ref="A30:A38"/>
-    <mergeCell ref="B30:B32"/>
-[...18 lines deleted...]
-    <mergeCell ref="D4:O4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <customProperties>
+    <customPr name="GUID" r:id="rId1"/>
+  </customProperties>
+  <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:P18"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+    <sheetView showGridLines="0" workbookViewId="0">
       <pane xSplit="3" ySplit="5" topLeftCell="D6" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
       <selection pane="bottomRight" activeCell="D6" sqref="D6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="24.7109375" style="20" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="17" max="16384" width="9.140625" style="20"/>
+    <col min="1" max="1" width="24.7109375" customWidth="1"/>
+    <col min="2" max="2" width="13.7109375" customWidth="1"/>
+    <col min="3" max="3" width="32.7109375" customWidth="1"/>
+    <col min="4" max="15" width="10" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="11.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
-        <v>83</v>
-[...15 lines deleted...]
-      <c r="P1" s="40"/>
+        <v>69</v>
+      </c>
+      <c r="B1" s="2"/>
+      <c r="C1" s="2"/>
+      <c r="D1" s="2"/>
+      <c r="E1" s="2"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="37"/>
+      <c r="I1" s="37"/>
+      <c r="J1" s="37"/>
+      <c r="K1" s="37"/>
+      <c r="L1" s="37"/>
+      <c r="M1" s="37"/>
+      <c r="N1" s="37"/>
+      <c r="O1" s="37"/>
+      <c r="P1" s="37"/>
     </row>
     <row r="2" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A2" s="39" t="s">
-        <v>81</v>
-[...15 lines deleted...]
-      <c r="P2" s="40"/>
+        <v>67</v>
+      </c>
+      <c r="B2" s="37"/>
+      <c r="C2" s="37"/>
+      <c r="D2" s="37"/>
+      <c r="E2" s="37"/>
+      <c r="F2" s="37"/>
+      <c r="G2" s="37"/>
+      <c r="H2" s="37"/>
+      <c r="I2" s="37"/>
+      <c r="J2" s="37"/>
+      <c r="K2" s="37"/>
+      <c r="L2" s="37"/>
+      <c r="M2" s="37"/>
+      <c r="N2" s="37"/>
+      <c r="O2" s="37"/>
+      <c r="P2" s="37"/>
     </row>
     <row r="3" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A3" s="3"/>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
-      <c r="H3" s="60"/>
-[...7 lines deleted...]
-      <c r="P3" s="60"/>
+      <c r="H3" s="38"/>
+      <c r="I3" s="38"/>
+      <c r="J3" s="38"/>
+      <c r="K3" s="38"/>
+      <c r="L3" s="38"/>
+      <c r="M3" s="38"/>
+      <c r="N3" s="38"/>
+      <c r="O3" s="38"/>
+      <c r="P3" s="38"/>
     </row>
     <row r="4" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="35" t="s">
-[...8 lines deleted...]
-      <c r="D4" s="47" t="s">
+      <c r="A4" s="62" t="s">
+        <v>63</v>
+      </c>
+      <c r="B4" s="62" t="s">
+        <v>64</v>
+      </c>
+      <c r="C4" s="64" t="s">
+        <v>65</v>
+      </c>
+      <c r="D4" s="34" t="s">
         <v>1</v>
       </c>
-      <c r="E4" s="48"/>
-[...10 lines deleted...]
-      <c r="P4" s="63" t="s">
+      <c r="E4" s="35"/>
+      <c r="F4" s="35"/>
+      <c r="G4" s="35"/>
+      <c r="H4" s="35"/>
+      <c r="I4" s="35"/>
+      <c r="J4" s="35"/>
+      <c r="K4" s="35"/>
+      <c r="L4" s="35"/>
+      <c r="M4" s="35"/>
+      <c r="N4" s="35"/>
+      <c r="O4" s="36"/>
+      <c r="P4" s="66" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="36"/>
-[...1 lines deleted...]
-      <c r="C5" s="62"/>
+      <c r="A5" s="63"/>
+      <c r="B5" s="63"/>
+      <c r="C5" s="65"/>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G5" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H5" s="4" t="s">
         <v>7</v>
       </c>
       <c r="I5" s="4" t="s">
         <v>8</v>
       </c>
       <c r="J5" s="4" t="s">
         <v>9</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>10</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>11</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>14</v>
       </c>
-      <c r="P5" s="64"/>
+      <c r="P5" s="67"/>
     </row>
     <row r="6" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="41" t="s">
-[...8 lines deleted...]
-      <c r="D6" s="22">
+      <c r="A6" s="58" t="s">
+        <v>25</v>
+      </c>
+      <c r="B6" s="59" t="s">
+        <v>70</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" s="9">
         <v>61.780940000000001</v>
       </c>
-      <c r="E6" s="22">
+      <c r="E6" s="9">
         <v>49.720497000000002</v>
       </c>
-      <c r="F6" s="22">
+      <c r="F6" s="9">
         <v>75.358030999999997</v>
       </c>
-      <c r="G6" s="22">
+      <c r="G6" s="9">
         <v>39.920687999999998</v>
       </c>
-      <c r="H6" s="22">
+      <c r="H6" s="9">
         <v>41.920043999999997</v>
       </c>
-      <c r="I6" s="22">
+      <c r="I6" s="9">
         <v>47.738657000000003</v>
       </c>
-      <c r="J6" s="22">
+      <c r="J6" s="9">
         <v>25.699265</v>
       </c>
-      <c r="K6" s="22">
+      <c r="K6" s="9">
         <v>2.1821169999999999</v>
       </c>
-      <c r="L6" s="22">
+      <c r="L6" s="9">
         <v>2.8125420000000001</v>
       </c>
-      <c r="M6" s="22">
+      <c r="M6" s="9">
         <v>1.0468440000000001</v>
       </c>
-      <c r="N6" s="22">
+      <c r="N6" s="9">
         <v>29.008182000000001</v>
       </c>
-      <c r="O6" s="22">
+      <c r="O6" s="9">
         <v>56.410079000000003</v>
       </c>
-      <c r="P6" s="23">
+      <c r="P6" s="10">
         <v>433.59788600000002</v>
       </c>
     </row>
     <row r="7" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="42"/>
-[...4 lines deleted...]
-      <c r="D7" s="24">
+      <c r="A7" s="44"/>
+      <c r="B7" s="45"/>
+      <c r="C7" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="D7" s="11">
         <v>61.780940000000001</v>
       </c>
-      <c r="E7" s="24">
+      <c r="E7" s="11">
         <v>49.720497000000002</v>
       </c>
-      <c r="F7" s="24">
+      <c r="F7" s="11">
         <v>75.358030999999997</v>
       </c>
-      <c r="G7" s="24">
+      <c r="G7" s="11">
         <v>39.920687999999998</v>
       </c>
-      <c r="H7" s="24">
+      <c r="H7" s="11">
         <v>41.920043999999997</v>
       </c>
-      <c r="I7" s="24">
+      <c r="I7" s="11">
         <v>47.738657000000003</v>
       </c>
-      <c r="J7" s="24">
+      <c r="J7" s="11">
         <v>25.699265</v>
       </c>
-      <c r="K7" s="24">
+      <c r="K7" s="11">
         <v>2.1821169999999999</v>
       </c>
-      <c r="L7" s="24">
+      <c r="L7" s="11">
         <v>2.8125420000000001</v>
       </c>
-      <c r="M7" s="24">
+      <c r="M7" s="11">
         <v>1.0468440000000001</v>
       </c>
-      <c r="N7" s="24">
+      <c r="N7" s="11">
         <v>29.008182000000001</v>
       </c>
-      <c r="O7" s="24">
+      <c r="O7" s="11">
         <v>56.410079000000003</v>
       </c>
-      <c r="P7" s="25">
+      <c r="P7" s="12">
         <v>433.59788600000002</v>
       </c>
     </row>
     <row r="8" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="43"/>
-[...4 lines deleted...]
-      <c r="D8" s="24">
+      <c r="A8" s="45"/>
+      <c r="B8" s="60" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" s="61"/>
+      <c r="D8" s="11">
         <v>61.780940000000001</v>
       </c>
-      <c r="E8" s="24">
+      <c r="E8" s="11">
         <v>49.720497000000002</v>
       </c>
-      <c r="F8" s="24">
+      <c r="F8" s="11">
         <v>75.358030999999997</v>
       </c>
-      <c r="G8" s="24">
+      <c r="G8" s="11">
         <v>39.920687999999998</v>
       </c>
-      <c r="H8" s="24">
+      <c r="H8" s="11">
         <v>41.920043999999997</v>
       </c>
-      <c r="I8" s="24">
+      <c r="I8" s="11">
         <v>47.738657000000003</v>
       </c>
-      <c r="J8" s="24">
+      <c r="J8" s="11">
         <v>25.699265</v>
       </c>
-      <c r="K8" s="24">
+      <c r="K8" s="11">
         <v>2.1821169999999999</v>
       </c>
-      <c r="L8" s="24">
+      <c r="L8" s="11">
         <v>2.8125420000000001</v>
       </c>
-      <c r="M8" s="24">
+      <c r="M8" s="11">
         <v>1.0468440000000001</v>
       </c>
-      <c r="N8" s="24">
+      <c r="N8" s="11">
         <v>29.008182000000001</v>
       </c>
-      <c r="O8" s="24">
+      <c r="O8" s="11">
         <v>56.410079000000003</v>
       </c>
-      <c r="P8" s="25">
+      <c r="P8" s="12">
         <v>433.59788600000002</v>
       </c>
     </row>
     <row r="9" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="41" t="s">
+      <c r="A9" s="58" t="s">
+        <v>37</v>
+      </c>
+      <c r="B9" s="59" t="s">
         <v>40</v>
       </c>
-      <c r="B9" s="44" t="s">
-[...5 lines deleted...]
-      <c r="D9" s="22">
+      <c r="C9" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="D9" s="9">
         <v>9.6381820000000005</v>
       </c>
-      <c r="E9" s="22">
+      <c r="E9" s="9">
         <v>9.5475670000000008</v>
       </c>
-      <c r="F9" s="22">
+      <c r="F9" s="9">
         <v>9.0962689999999995</v>
       </c>
-      <c r="G9" s="22">
+      <c r="G9" s="9">
         <v>12.163905</v>
       </c>
       <c r="H9" s="6"/>
-      <c r="I9" s="22">
+      <c r="I9" s="9">
         <v>5.0902649999999996</v>
       </c>
-      <c r="J9" s="22">
+      <c r="J9" s="9">
         <v>7.7416270000000003</v>
       </c>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
-      <c r="M9" s="22">
+      <c r="M9" s="9">
         <v>8.1253159999999998</v>
       </c>
       <c r="N9" s="6"/>
-      <c r="O9" s="22">
+      <c r="O9" s="9">
         <v>12.382289</v>
       </c>
-      <c r="P9" s="23">
+      <c r="P9" s="10">
         <v>73.785420000000002</v>
       </c>
     </row>
     <row r="10" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="42"/>
-[...4 lines deleted...]
-      <c r="D10" s="22">
+      <c r="A10" s="44"/>
+      <c r="B10" s="44"/>
+      <c r="C10" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D10" s="9">
         <v>24.1111</v>
       </c>
-      <c r="E10" s="22">
+      <c r="E10" s="9">
         <v>18.441853999999999</v>
       </c>
-      <c r="F10" s="22">
+      <c r="F10" s="9">
         <v>35.842827999999997</v>
       </c>
-      <c r="G10" s="22">
+      <c r="G10" s="9">
         <v>18.217344000000001</v>
       </c>
-      <c r="H10" s="22">
+      <c r="H10" s="9">
         <v>33.054167</v>
       </c>
-      <c r="I10" s="22">
+      <c r="I10" s="9">
         <v>24.801100000000002</v>
       </c>
-      <c r="J10" s="22">
+      <c r="J10" s="9">
         <v>16.262236999999999</v>
       </c>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
-      <c r="M10" s="22">
+      <c r="M10" s="9">
         <v>0.217865</v>
       </c>
-      <c r="N10" s="22">
+      <c r="N10" s="9">
         <v>11.479448</v>
       </c>
-      <c r="O10" s="22">
+      <c r="O10" s="9">
         <v>27.975268</v>
       </c>
-      <c r="P10" s="23">
+      <c r="P10" s="10">
         <v>210.403211</v>
       </c>
     </row>
     <row r="11" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="42"/>
-[...4 lines deleted...]
-      <c r="D11" s="24">
+      <c r="A11" s="44"/>
+      <c r="B11" s="45"/>
+      <c r="C11" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="D11" s="11">
         <v>33.749282000000001</v>
       </c>
-      <c r="E11" s="24">
+      <c r="E11" s="11">
         <v>27.989421</v>
       </c>
-      <c r="F11" s="24">
+      <c r="F11" s="11">
         <v>44.939096999999997</v>
       </c>
-      <c r="G11" s="24">
+      <c r="G11" s="11">
         <v>30.381249</v>
       </c>
-      <c r="H11" s="24">
+      <c r="H11" s="11">
         <v>33.054167</v>
       </c>
-      <c r="I11" s="24">
+      <c r="I11" s="11">
         <v>29.891365</v>
       </c>
-      <c r="J11" s="24">
+      <c r="J11" s="11">
         <v>24.003864</v>
       </c>
-      <c r="K11" s="9"/>
-[...1 lines deleted...]
-      <c r="M11" s="24">
+      <c r="K11" s="8"/>
+      <c r="L11" s="8"/>
+      <c r="M11" s="11">
         <v>8.3431809999999995</v>
       </c>
-      <c r="N11" s="24">
+      <c r="N11" s="11">
         <v>11.479448</v>
       </c>
-      <c r="O11" s="24">
+      <c r="O11" s="11">
         <v>40.357557</v>
       </c>
-      <c r="P11" s="25">
+      <c r="P11" s="12">
         <v>284.18863099999999</v>
       </c>
     </row>
     <row r="12" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="43"/>
-[...4 lines deleted...]
-      <c r="D12" s="24">
+      <c r="A12" s="45"/>
+      <c r="B12" s="60" t="s">
+        <v>75</v>
+      </c>
+      <c r="C12" s="61"/>
+      <c r="D12" s="11">
         <v>33.749282000000001</v>
       </c>
-      <c r="E12" s="24">
+      <c r="E12" s="11">
         <v>27.989421</v>
       </c>
-      <c r="F12" s="24">
+      <c r="F12" s="11">
         <v>44.939096999999997</v>
       </c>
-      <c r="G12" s="24">
+      <c r="G12" s="11">
         <v>30.381249</v>
       </c>
-      <c r="H12" s="24">
+      <c r="H12" s="11">
         <v>33.054167</v>
       </c>
-      <c r="I12" s="24">
+      <c r="I12" s="11">
         <v>29.891365</v>
       </c>
-      <c r="J12" s="24">
+      <c r="J12" s="11">
         <v>24.003864</v>
       </c>
-      <c r="K12" s="9"/>
-[...1 lines deleted...]
-      <c r="M12" s="24">
+      <c r="K12" s="8"/>
+      <c r="L12" s="8"/>
+      <c r="M12" s="11">
         <v>8.3431809999999995</v>
       </c>
-      <c r="N12" s="24">
+      <c r="N12" s="11">
         <v>11.479448</v>
       </c>
-      <c r="O12" s="24">
+      <c r="O12" s="11">
         <v>40.357557</v>
       </c>
-      <c r="P12" s="25">
+      <c r="P12" s="12">
         <v>284.18863099999999</v>
       </c>
     </row>
     <row r="13" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="50" t="s">
-[...4 lines deleted...]
-      <c r="D13" s="26">
+      <c r="A13" s="52" t="s">
+        <v>62</v>
+      </c>
+      <c r="B13" s="53"/>
+      <c r="C13" s="54"/>
+      <c r="D13" s="13">
         <v>95.530221999999995</v>
       </c>
-      <c r="E13" s="26">
+      <c r="E13" s="13">
         <v>77.709918000000002</v>
       </c>
-      <c r="F13" s="26">
+      <c r="F13" s="13">
         <v>120.297128</v>
       </c>
-      <c r="G13" s="26">
+      <c r="G13" s="13">
         <v>70.301936999999995</v>
       </c>
-      <c r="H13" s="26">
+      <c r="H13" s="13">
         <v>74.974210999999997</v>
       </c>
-      <c r="I13" s="26">
+      <c r="I13" s="13">
         <v>77.630021999999997</v>
       </c>
-      <c r="J13" s="26">
+      <c r="J13" s="13">
         <v>49.703128999999997</v>
       </c>
-      <c r="K13" s="26">
+      <c r="K13" s="13">
         <v>2.1821169999999999</v>
       </c>
-      <c r="L13" s="26">
+      <c r="L13" s="13">
         <v>2.8125420000000001</v>
       </c>
-      <c r="M13" s="26">
+      <c r="M13" s="13">
         <v>9.3900249999999996</v>
       </c>
-      <c r="N13" s="26">
+      <c r="N13" s="13">
         <v>40.487630000000003</v>
       </c>
-      <c r="O13" s="26">
+      <c r="O13" s="13">
         <v>96.767635999999996</v>
       </c>
-      <c r="P13" s="27">
+      <c r="P13" s="14">
         <v>717.786517</v>
       </c>
     </row>
     <row r="14" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="53"/>
-[...14 lines deleted...]
-      <c r="P14" s="53"/>
+      <c r="A14" s="31"/>
+      <c r="B14" s="31"/>
+      <c r="C14" s="31"/>
+      <c r="D14" s="31"/>
+      <c r="E14" s="31"/>
+      <c r="F14" s="31"/>
+      <c r="G14" s="31"/>
+      <c r="H14" s="31"/>
+      <c r="I14" s="31"/>
+      <c r="J14" s="31"/>
+      <c r="K14" s="31"/>
+      <c r="L14" s="31"/>
+      <c r="M14" s="31"/>
+      <c r="N14" s="31"/>
+      <c r="O14" s="31"/>
+      <c r="P14" s="31"/>
     </row>
     <row r="15" spans="1:16" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="53"/>
-[...14 lines deleted...]
-      <c r="P15" s="53"/>
+      <c r="A15" s="31"/>
+      <c r="B15" s="31"/>
+      <c r="C15" s="31"/>
+      <c r="D15" s="31"/>
+      <c r="E15" s="31"/>
+      <c r="F15" s="31"/>
+      <c r="G15" s="31"/>
+      <c r="H15" s="31"/>
+      <c r="I15" s="31"/>
+      <c r="J15" s="31"/>
+      <c r="K15" s="31"/>
+      <c r="L15" s="31"/>
+      <c r="M15" s="31"/>
+      <c r="N15" s="31"/>
+      <c r="O15" s="31"/>
+      <c r="P15" s="31"/>
     </row>
     <row r="16" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="57" t="s">
-[...16 lines deleted...]
-      <c r="P16" s="59"/>
+      <c r="A16" s="55" t="s">
+        <v>76</v>
+      </c>
+      <c r="B16" s="56"/>
+      <c r="C16" s="56"/>
+      <c r="D16" s="56"/>
+      <c r="E16" s="56"/>
+      <c r="F16" s="56"/>
+      <c r="G16" s="56"/>
+      <c r="H16" s="56"/>
+      <c r="I16" s="56"/>
+      <c r="J16" s="56"/>
+      <c r="K16" s="56"/>
+      <c r="L16" s="56"/>
+      <c r="M16" s="56"/>
+      <c r="N16" s="56"/>
+      <c r="O16" s="56"/>
+      <c r="P16" s="57"/>
     </row>
     <row r="18" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="53"/>
-[...14 lines deleted...]
-      <c r="P18" s="53"/>
+      <c r="A18" s="31"/>
+      <c r="B18" s="31"/>
+      <c r="C18" s="31"/>
+      <c r="D18" s="31"/>
+      <c r="E18" s="31"/>
+      <c r="F18" s="31"/>
+      <c r="G18" s="31"/>
+      <c r="H18" s="31"/>
+      <c r="I18" s="31"/>
+      <c r="J18" s="31"/>
+      <c r="K18" s="31"/>
+      <c r="L18" s="31"/>
+      <c r="M18" s="31"/>
+      <c r="N18" s="31"/>
+      <c r="O18" s="31"/>
+      <c r="P18" s="31"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="17">
     <mergeCell ref="H1:P3"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:C5"/>
     <mergeCell ref="D4:O4"/>
     <mergeCell ref="P4:P5"/>
     <mergeCell ref="A13:C13"/>
     <mergeCell ref="A14:P15"/>
     <mergeCell ref="A16:P16"/>
     <mergeCell ref="A18:P18"/>
     <mergeCell ref="A6:A8"/>
     <mergeCell ref="B6:B7"/>
     <mergeCell ref="B8:C8"/>
     <mergeCell ref="A9:A12"/>
     <mergeCell ref="B9:B11"/>
     <mergeCell ref="B12:C12"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <customProperties>
+    <customPr name="GUID" r:id="rId1"/>
+  </customProperties>
+  <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>MI_2011</vt:lpstr>
       <vt:lpstr>UTE_2011</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>IBM Incorporated</Company>