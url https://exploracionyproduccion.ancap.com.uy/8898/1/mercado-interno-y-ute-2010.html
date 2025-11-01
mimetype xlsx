--- v0 (2025-10-11)
+++ v1 (2025-11-01)
@@ -1,67 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/customProperty2.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28324"/>
   <workbookPr defaultThemeVersion="123820"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\molle\Carpetas compartidas3\Planificación Comercial\MARIANA PUBLICA\Demandas WEB\VENTAS COMBUSTIBLES Merc.Int. - UTE\VENTAS MENSUALES Merc.Int._UTE\INFORMACION HISTÓRICA\INFORMACION HISTÓRICA_con_asfalto\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8813A92B-74A9-4DF9-9B2D-1A9D6901950F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-15" yWindow="4845" windowWidth="19530" windowHeight="4905" activeTab="1"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15990" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="MI_2010" sheetId="1" r:id="rId1"/>
     <sheet name="UTE_2010" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="0"/>
   <webPublishing codePage="1252"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="130" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="115" uniqueCount="81">
   <si>
     <t xml:space="preserve">Detalle de Ventas de Combustibles - Mercado Interno </t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>Total Año</t>
   </si>
   <si>
     <t>2010/01</t>
   </si>
   <si>
     <t>2010/02</t>
   </si>
   <si>
     <t>2010/03</t>
   </si>
   <si>
     <t>2010/04</t>
   </si>
   <si>
     <t>2010/05</t>
   </si>
   <si>
@@ -98,53 +106,50 @@
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>BUTANO</t>
     </r>
   </si>
   <si>
     <t>PROPANO</t>
   </si>
   <si>
-    <t>PROPANO INDUSTRIAL</t>
-[...1 lines deleted...]
-  <si>
     <t>SUPERGAS GRANEL</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>PROPANO</t>
     </r>
   </si>
   <si>
@@ -216,56 +221,50 @@
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>GAS OIL (1)</t>
     </r>
   </si>
   <si>
     <t>GASOLINAS (1)</t>
   </si>
   <si>
     <t>ALCOHOL CARBURANTE</t>
   </si>
   <si>
     <t>ESPECIAL 87 S.P.</t>
   </si>
   <si>
-    <t>PREMIUM 97 30-S</t>
-[...4 lines deleted...]
-  <si>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>GASOLINAS (1)</t>
     </r>
   </si>
   <si>
     <t>QUEROSENO</t>
   </si>
   <si>
@@ -493,137 +492,50 @@
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color rgb="FFFFFFFF"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color rgb="FFFFFFFF"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>SOLVENTES</t>
     </r>
   </si>
   <si>
-    <t>ASFALTOS</t>
-[...85 lines deleted...]
-  <si>
     <t>Consumo ANCAP y otros (2)</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
@@ -687,61 +599,73 @@
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>GAS OIL</t>
     </r>
   </si>
   <si>
     <t>FUEL OIL MOTORES</t>
   </si>
   <si>
     <t>elaborado y emitido por G.V.C.L. y E. - (P.C.)</t>
   </si>
+  <si>
+    <t>(en miles de m3, corregidos a 15°C)</t>
+  </si>
+  <si>
+    <t>PROPANO INDUSTRIAL(GLP GRANEL)</t>
+  </si>
+  <si>
+    <t>PREMIUM 97</t>
+  </si>
+  <si>
+    <t>SUPER 95</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.000;\-#,##0.000;\ \ "/>
     <numFmt numFmtId="165" formatCode="#,##0.000;\-#,##0.000;\ "/>
     <numFmt numFmtId="166" formatCode="#,##0.000"/>
   </numFmts>
-  <fonts count="15" x14ac:knownFonts="1">
+  <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FFFFFFFF"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="8"/>
       <color rgb="FFFFFFFF"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color rgb="FF333399"/>
@@ -790,56 +714,50 @@
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color rgb="FFFFFFFF"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="10"/>
-[...4 lines deleted...]
-    <font>
       <i/>
       <sz val="7"/>
       <color theme="1"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="11">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF0F254C"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
@@ -857,51 +775,51 @@
         <fgColor rgb="FFF2F1F1"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF666699"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000080"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDFDFDF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="19">
+  <borders count="23">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color rgb="FFFFC728"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FFC0C0C0"/>
       </left>
       <right/>
       <top style="medium">
         <color rgb="FFC0C0C0"/>
       </top>
       <bottom style="medium">
@@ -1087,237 +1005,311 @@
         <color rgb="FFFFC728"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color rgb="FFC0C0C0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color rgb="FFC0C0C0"/>
       </right>
       <top/>
       <bottom style="medium">
         <color rgb="FFC0C0C0"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FFCCCCCC"/>
+      </left>
+      <right style="medium">
+        <color rgb="FFCCCCCC"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color rgb="FFCCCCCC"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FFA2C4E0"/>
+      </left>
+      <right style="medium">
+        <color rgb="FFA2C4E0"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color rgb="FFA2C4E0"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FFC0C0C0"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color rgb="FFC0C0C0"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="62">
+  <cellXfs count="69">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="10" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="164" fontId="7" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
-    </xf>
-[...30 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="7" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="166" fontId="11" fillId="10" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="166" fontId="10" fillId="6" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="166" fontId="11" fillId="6" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="10" borderId="10" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="166" fontId="7" fillId="10" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="11" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="166" fontId="10" fillId="9" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="166" fontId="11" fillId="9" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="3" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="3" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="165" fontId="10" fillId="6" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="6" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="20" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="10" fillId="9" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="9" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="4" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="6" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="19" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="9" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="18" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="8" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="17" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="18" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="8" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="4" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="4" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...34 lines deleted...]
-    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>14</xdr:col>
       <xdr:colOff>257175</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>171450</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>152400</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="3 Imagen" descr="cid:image001.png@01CEF682.E79D4C30"/>
+        <xdr:cNvPr id="4" name="3 Imagen" descr="cid:image001.png@01CEF682.E79D4C30">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000004000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="12334875" y="171450"/>
           <a:ext cx="1009650" cy="228600"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -1325,127 +1317,133 @@
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>14</xdr:col>
       <xdr:colOff>333375</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>152400</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
       <xdr:colOff>552450</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="1 Imagen" descr="cid:image001.png@01CEF682.E79D4C30"/>
+        <xdr:cNvPr id="2" name="1 Imagen" descr="cid:image001.png@01CEF682.E79D4C30">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="12411075" y="152400"/>
           <a:ext cx="885825" cy="228600"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1473,51 +1471,51 @@
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1643,3369 +1641,3003 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:P67"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:P59"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-      <pane xSplit="3" ySplit="5" topLeftCell="D40" activePane="bottomRight" state="frozen"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <pane xSplit="3" ySplit="5" topLeftCell="D6" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
-      <selection pane="bottomRight" activeCell="E1" sqref="E1"/>
+      <selection pane="bottomRight" activeCell="S15" sqref="S15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="24.7109375" customWidth="1"/>
+    <col min="1" max="1" width="25.5703125" customWidth="1"/>
     <col min="2" max="2" width="13.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="32.7109375" bestFit="1" customWidth="1"/>
     <col min="4" max="15" width="10" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="11.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="1" t="s">
+      <c r="A1" s="18" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
-      <c r="H1" s="15"/>
-[...7 lines deleted...]
-      <c r="P1" s="15"/>
+      <c r="H1" s="39"/>
+      <c r="I1" s="39"/>
+      <c r="J1" s="39"/>
+      <c r="K1" s="39"/>
+      <c r="L1" s="39"/>
+      <c r="M1" s="39"/>
+      <c r="N1" s="39"/>
+      <c r="O1" s="39"/>
+      <c r="P1" s="39"/>
     </row>
     <row r="2" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A2" s="33" t="s">
-[...16 lines deleted...]
-      <c r="P2" s="15"/>
+      <c r="A2" s="41" t="s">
+        <v>77</v>
+      </c>
+      <c r="B2" s="39"/>
+      <c r="C2" s="39"/>
+      <c r="D2" s="39"/>
+      <c r="E2" s="39"/>
+      <c r="F2" s="39"/>
+      <c r="G2" s="39"/>
+      <c r="H2" s="39"/>
+      <c r="I2" s="39"/>
+      <c r="J2" s="39"/>
+      <c r="K2" s="39"/>
+      <c r="L2" s="39"/>
+      <c r="M2" s="39"/>
+      <c r="N2" s="39"/>
+      <c r="O2" s="39"/>
+      <c r="P2" s="39"/>
     </row>
     <row r="3" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A3" s="3"/>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
-      <c r="H3" s="16"/>
-[...7 lines deleted...]
-      <c r="P3" s="16"/>
+      <c r="H3" s="40"/>
+      <c r="I3" s="40"/>
+      <c r="J3" s="40"/>
+      <c r="K3" s="40"/>
+      <c r="L3" s="40"/>
+      <c r="M3" s="40"/>
+      <c r="N3" s="40"/>
+      <c r="O3" s="40"/>
+      <c r="P3" s="40"/>
     </row>
     <row r="4" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="40" t="s">
+      <c r="A4" s="42"/>
+      <c r="B4" s="43"/>
+      <c r="C4" s="43"/>
+      <c r="D4" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="E4" s="35"/>
+      <c r="F4" s="35"/>
+      <c r="G4" s="35"/>
+      <c r="H4" s="35"/>
+      <c r="I4" s="35"/>
+      <c r="J4" s="35"/>
+      <c r="K4" s="35"/>
+      <c r="L4" s="35"/>
+      <c r="M4" s="35"/>
+      <c r="N4" s="35"/>
+      <c r="O4" s="36"/>
+      <c r="P4" s="37" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="44"/>
+      <c r="B5" s="44"/>
+      <c r="C5" s="44"/>
+      <c r="D5" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="E5" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="F5" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="G5" s="19" t="s">
+        <v>6</v>
+      </c>
+      <c r="H5" s="19" t="s">
+        <v>7</v>
+      </c>
+      <c r="I5" s="19" t="s">
+        <v>8</v>
+      </c>
+      <c r="J5" s="19" t="s">
+        <v>9</v>
+      </c>
+      <c r="K5" s="19" t="s">
+        <v>10</v>
+      </c>
+      <c r="L5" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="M5" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="N5" s="19" t="s">
+        <v>13</v>
+      </c>
+      <c r="O5" s="19" t="s">
+        <v>14</v>
+      </c>
+      <c r="P5" s="38"/>
+    </row>
+    <row r="6" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="45" t="s">
+        <v>15</v>
+      </c>
+      <c r="B6" s="48" t="s">
+        <v>16</v>
+      </c>
+      <c r="C6" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" s="21">
+        <v>9.9000000000000008E-3</v>
+      </c>
+      <c r="E6" s="21">
+        <v>5.215E-3</v>
+      </c>
+      <c r="F6" s="21">
+        <v>1.1389E-2</v>
+      </c>
+      <c r="G6" s="21">
+        <v>1.0248E-2</v>
+      </c>
+      <c r="H6" s="21">
+        <v>9.1699999999999993E-3</v>
+      </c>
+      <c r="I6" s="21">
+        <v>6.5370000000000003E-3</v>
+      </c>
+      <c r="J6" s="21">
+        <v>8.8330000000000006E-3</v>
+      </c>
+      <c r="K6" s="21">
+        <v>8.8339999999999998E-3</v>
+      </c>
+      <c r="L6" s="21">
+        <v>9.3200000000000002E-3</v>
+      </c>
+      <c r="M6" s="21">
+        <v>1.0652E-2</v>
+      </c>
+      <c r="N6" s="21">
+        <v>1.238E-2</v>
+      </c>
+      <c r="O6" s="21">
+        <v>1.3194000000000001E-2</v>
+      </c>
+      <c r="P6" s="22">
+        <v>0.115672</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="46"/>
+      <c r="B7" s="47"/>
+      <c r="C7" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" s="24">
+        <v>9.9000000000000008E-3</v>
+      </c>
+      <c r="E7" s="24">
+        <v>5.215E-3</v>
+      </c>
+      <c r="F7" s="24">
+        <v>1.1389E-2</v>
+      </c>
+      <c r="G7" s="24">
+        <v>1.0248E-2</v>
+      </c>
+      <c r="H7" s="24">
+        <v>9.1699999999999993E-3</v>
+      </c>
+      <c r="I7" s="24">
+        <v>6.5370000000000003E-3</v>
+      </c>
+      <c r="J7" s="24">
+        <v>8.8330000000000006E-3</v>
+      </c>
+      <c r="K7" s="24">
+        <v>8.8339999999999998E-3</v>
+      </c>
+      <c r="L7" s="24">
+        <v>9.3200000000000002E-3</v>
+      </c>
+      <c r="M7" s="24">
+        <v>1.0652E-2</v>
+      </c>
+      <c r="N7" s="24">
+        <v>1.238E-2</v>
+      </c>
+      <c r="O7" s="24">
+        <v>1.3194000000000001E-2</v>
+      </c>
+      <c r="P7" s="25">
+        <v>0.115672</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="46"/>
+      <c r="B8" s="48" t="s">
+        <v>19</v>
+      </c>
+      <c r="C8" s="20" t="s">
         <v>78</v>
       </c>
-      <c r="B4" s="40" t="s">
+      <c r="D8" s="21">
+        <v>2.4962000000000002E-2</v>
+      </c>
+      <c r="E8" s="21">
+        <v>5.1998000000000003E-2</v>
+      </c>
+      <c r="F8" s="21">
+        <v>0.49951000000000001</v>
+      </c>
+      <c r="G8" s="21">
+        <v>0.33227000000000001</v>
+      </c>
+      <c r="H8" s="21">
+        <v>0.41403600000000002</v>
+      </c>
+      <c r="I8" s="21">
+        <v>0.172767</v>
+      </c>
+      <c r="J8" s="21">
+        <v>0.43206699999999998</v>
+      </c>
+      <c r="K8" s="21">
+        <v>0.584287</v>
+      </c>
+      <c r="L8" s="21">
+        <v>5.4764E-2</v>
+      </c>
+      <c r="M8" s="21">
+        <v>2.0497999999999999E-2</v>
+      </c>
+      <c r="N8" s="21">
+        <v>0.123083</v>
+      </c>
+      <c r="O8" s="21">
+        <v>4.3115000000000001E-2</v>
+      </c>
+      <c r="P8" s="22">
+        <v>2.7533569999999998</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="46"/>
+      <c r="B9" s="46"/>
+      <c r="C9" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" s="21">
+        <v>1.55921</v>
+      </c>
+      <c r="E9" s="21">
+        <v>1.4542120000000001</v>
+      </c>
+      <c r="F9" s="21">
+        <v>1.8168740000000001</v>
+      </c>
+      <c r="G9" s="21">
+        <v>1.9257789999999999</v>
+      </c>
+      <c r="H9" s="21">
+        <v>2.0228079999999999</v>
+      </c>
+      <c r="I9" s="21">
+        <v>2.4832689999999999</v>
+      </c>
+      <c r="J9" s="21">
+        <v>2.874619</v>
+      </c>
+      <c r="K9" s="21">
+        <v>2.8249949999999999</v>
+      </c>
+      <c r="L9" s="21">
+        <v>2.438463</v>
+      </c>
+      <c r="M9" s="21">
+        <v>2.345056</v>
+      </c>
+      <c r="N9" s="21">
+        <v>2.1625040000000002</v>
+      </c>
+      <c r="O9" s="21">
+        <v>2.018894</v>
+      </c>
+      <c r="P9" s="22">
+        <v>25.926683000000001</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="46"/>
+      <c r="B10" s="47"/>
+      <c r="C10" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D10" s="24">
+        <v>1.5841719999999999</v>
+      </c>
+      <c r="E10" s="24">
+        <v>1.50621</v>
+      </c>
+      <c r="F10" s="24">
+        <v>2.3163840000000002</v>
+      </c>
+      <c r="G10" s="24">
+        <v>2.2580490000000002</v>
+      </c>
+      <c r="H10" s="24">
+        <v>2.4368439999999998</v>
+      </c>
+      <c r="I10" s="24">
+        <v>2.6560359999999998</v>
+      </c>
+      <c r="J10" s="24">
+        <v>3.306686</v>
+      </c>
+      <c r="K10" s="24">
+        <v>3.4092820000000001</v>
+      </c>
+      <c r="L10" s="24">
+        <v>2.4932270000000001</v>
+      </c>
+      <c r="M10" s="24">
+        <v>2.3655539999999999</v>
+      </c>
+      <c r="N10" s="24">
+        <v>2.285587</v>
+      </c>
+      <c r="O10" s="24">
+        <v>2.0620090000000002</v>
+      </c>
+      <c r="P10" s="25">
+        <v>28.680040000000002</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="46"/>
+      <c r="B11" s="48" t="s">
+        <v>22</v>
+      </c>
+      <c r="C11" s="20" t="s">
+        <v>22</v>
+      </c>
+      <c r="D11" s="21">
+        <v>9.6303180000000008</v>
+      </c>
+      <c r="E11" s="21">
+        <v>10.229063999999999</v>
+      </c>
+      <c r="F11" s="21">
+        <v>12.154861</v>
+      </c>
+      <c r="G11" s="21">
+        <v>13.121302999999999</v>
+      </c>
+      <c r="H11" s="21">
+        <v>14.458892000000001</v>
+      </c>
+      <c r="I11" s="21">
+        <v>20.729697999999999</v>
+      </c>
+      <c r="J11" s="21">
+        <v>24.370111000000001</v>
+      </c>
+      <c r="K11" s="21">
+        <v>21.696242999999999</v>
+      </c>
+      <c r="L11" s="21">
+        <v>16.102226000000002</v>
+      </c>
+      <c r="M11" s="21">
+        <v>12.709251</v>
+      </c>
+      <c r="N11" s="21">
+        <v>11.617996</v>
+      </c>
+      <c r="O11" s="21">
+        <v>11.678264</v>
+      </c>
+      <c r="P11" s="22">
+        <v>178.49822700000001</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="46"/>
+      <c r="B12" s="47"/>
+      <c r="C12" s="23" t="s">
+        <v>23</v>
+      </c>
+      <c r="D12" s="24">
+        <v>9.6303180000000008</v>
+      </c>
+      <c r="E12" s="24">
+        <v>10.229063999999999</v>
+      </c>
+      <c r="F12" s="24">
+        <v>12.154861</v>
+      </c>
+      <c r="G12" s="24">
+        <v>13.121302999999999</v>
+      </c>
+      <c r="H12" s="24">
+        <v>14.458892000000001</v>
+      </c>
+      <c r="I12" s="24">
+        <v>20.729697999999999</v>
+      </c>
+      <c r="J12" s="24">
+        <v>24.370111000000001</v>
+      </c>
+      <c r="K12" s="24">
+        <v>21.696242999999999</v>
+      </c>
+      <c r="L12" s="24">
+        <v>16.102226000000002</v>
+      </c>
+      <c r="M12" s="24">
+        <v>12.709251</v>
+      </c>
+      <c r="N12" s="24">
+        <v>11.617996</v>
+      </c>
+      <c r="O12" s="24">
+        <v>11.678264</v>
+      </c>
+      <c r="P12" s="25">
+        <v>178.49822700000001</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="47"/>
+      <c r="B13" s="49" t="s">
+        <v>24</v>
+      </c>
+      <c r="C13" s="50"/>
+      <c r="D13" s="24">
+        <v>11.22439</v>
+      </c>
+      <c r="E13" s="24">
+        <v>11.740489</v>
+      </c>
+      <c r="F13" s="24">
+        <v>14.482633999999999</v>
+      </c>
+      <c r="G13" s="24">
+        <v>15.3896</v>
+      </c>
+      <c r="H13" s="24">
+        <v>16.904906</v>
+      </c>
+      <c r="I13" s="24">
+        <v>23.392271000000001</v>
+      </c>
+      <c r="J13" s="24">
+        <v>27.68563</v>
+      </c>
+      <c r="K13" s="24">
+        <v>25.114359</v>
+      </c>
+      <c r="L13" s="24">
+        <v>18.604773000000002</v>
+      </c>
+      <c r="M13" s="24">
+        <v>15.085457</v>
+      </c>
+      <c r="N13" s="24">
+        <v>13.915963</v>
+      </c>
+      <c r="O13" s="24">
+        <v>13.753467000000001</v>
+      </c>
+      <c r="P13" s="25">
+        <v>207.29393899999999</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="45" t="s">
+        <v>25</v>
+      </c>
+      <c r="B14" s="48" t="s">
+        <v>26</v>
+      </c>
+      <c r="C14" s="20" t="s">
+        <v>27</v>
+      </c>
+      <c r="D14" s="21">
+        <v>2.2317990000000001</v>
+      </c>
+      <c r="E14" s="21">
+        <v>1.871054</v>
+      </c>
+      <c r="F14" s="21">
+        <v>2.1566960000000002</v>
+      </c>
+      <c r="G14" s="21">
+        <v>1.9437420000000001</v>
+      </c>
+      <c r="H14" s="21">
+        <v>1.723708</v>
+      </c>
+      <c r="I14" s="21">
+        <v>1.7593540000000001</v>
+      </c>
+      <c r="J14" s="21">
+        <v>1.8074939999999999</v>
+      </c>
+      <c r="K14" s="21">
+        <v>1.9475309999999999</v>
+      </c>
+      <c r="L14" s="21">
+        <v>2.0401940000000001</v>
+      </c>
+      <c r="M14" s="21">
+        <v>2.1767509999999999</v>
+      </c>
+      <c r="N14" s="21">
+        <v>2.2721200000000001</v>
+      </c>
+      <c r="O14" s="21">
+        <v>3.105972</v>
+      </c>
+      <c r="P14" s="22">
+        <v>25.036415000000002</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="46"/>
+      <c r="B15" s="46"/>
+      <c r="C15" s="20" t="s">
+        <v>28</v>
+      </c>
+      <c r="D15" s="21">
+        <v>68.873686999998995</v>
+      </c>
+      <c r="E15" s="21">
+        <v>60.128014999999998</v>
+      </c>
+      <c r="F15" s="21">
+        <v>84.493639999999999</v>
+      </c>
+      <c r="G15" s="21">
+        <v>79.146861999999999</v>
+      </c>
+      <c r="H15" s="21">
+        <v>72.691281000000004</v>
+      </c>
+      <c r="I15" s="21">
+        <v>69.216988999999998</v>
+      </c>
+      <c r="J15" s="21">
+        <v>66.816509999998999</v>
+      </c>
+      <c r="K15" s="21">
+        <v>71.636768000000004</v>
+      </c>
+      <c r="L15" s="21">
+        <v>70.390522999999007</v>
+      </c>
+      <c r="M15" s="21">
+        <v>83.131372999999002</v>
+      </c>
+      <c r="N15" s="21">
+        <v>78.392531999998994</v>
+      </c>
+      <c r="O15" s="21">
+        <v>83.810222999999993</v>
+      </c>
+      <c r="P15" s="22">
+        <v>888.72840299999996</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="46"/>
+      <c r="B16" s="47"/>
+      <c r="C16" s="23" t="s">
+        <v>29</v>
+      </c>
+      <c r="D16" s="24">
+        <v>71.105485999999004</v>
+      </c>
+      <c r="E16" s="24">
+        <v>61.999068999999999</v>
+      </c>
+      <c r="F16" s="24">
+        <v>86.650335999999996</v>
+      </c>
+      <c r="G16" s="24">
+        <v>81.090603999999999</v>
+      </c>
+      <c r="H16" s="24">
+        <v>74.414989000000006</v>
+      </c>
+      <c r="I16" s="24">
+        <v>70.976343</v>
+      </c>
+      <c r="J16" s="24">
+        <v>68.624003999999005</v>
+      </c>
+      <c r="K16" s="24">
+        <v>73.584299000000001</v>
+      </c>
+      <c r="L16" s="24">
+        <v>72.430716999999007</v>
+      </c>
+      <c r="M16" s="24">
+        <v>85.308123999998998</v>
+      </c>
+      <c r="N16" s="24">
+        <v>80.664651999998995</v>
+      </c>
+      <c r="O16" s="24">
+        <v>86.916195000000002</v>
+      </c>
+      <c r="P16" s="25">
+        <v>913.76481799999999</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="46"/>
+      <c r="B17" s="48" t="s">
+        <v>30</v>
+      </c>
+      <c r="C17" s="20" t="s">
+        <v>31</v>
+      </c>
+      <c r="D17" s="26"/>
+      <c r="E17" s="26"/>
+      <c r="F17" s="26"/>
+      <c r="G17" s="26"/>
+      <c r="H17" s="26"/>
+      <c r="I17" s="26"/>
+      <c r="J17" s="26"/>
+      <c r="K17" s="26"/>
+      <c r="L17" s="26"/>
+      <c r="M17" s="26"/>
+      <c r="N17" s="26"/>
+      <c r="O17" s="21">
+        <v>6.0000000000000002E-5</v>
+      </c>
+      <c r="P17" s="22">
+        <v>6.0000000000000002E-5</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="46"/>
+      <c r="B18" s="46"/>
+      <c r="C18" s="20" t="s">
+        <v>32</v>
+      </c>
+      <c r="D18" s="21">
+        <v>2.3588550000000001</v>
+      </c>
+      <c r="E18" s="21">
+        <v>2.12033</v>
+      </c>
+      <c r="F18" s="21">
+        <v>2.5933489999999999</v>
+      </c>
+      <c r="G18" s="21">
+        <v>2.0663830000000001</v>
+      </c>
+      <c r="H18" s="21">
+        <v>1.9967090000000001</v>
+      </c>
+      <c r="I18" s="21">
+        <v>1.870355</v>
+      </c>
+      <c r="J18" s="21">
+        <v>1.985581</v>
+      </c>
+      <c r="K18" s="21">
+        <v>2.0649440000000001</v>
+      </c>
+      <c r="L18" s="21">
+        <v>2.126868</v>
+      </c>
+      <c r="M18" s="21">
+        <v>2.412115</v>
+      </c>
+      <c r="N18" s="21">
+        <v>2.3844340000000002</v>
+      </c>
+      <c r="O18" s="21">
+        <v>2.8310499999999998</v>
+      </c>
+      <c r="P18" s="22">
+        <v>26.810973000000001</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="46"/>
+      <c r="B19" s="46"/>
+      <c r="C19" s="20" t="s">
         <v>79</v>
       </c>
-      <c r="C4" s="42" t="s">
+      <c r="D19" s="21">
+        <v>4.0868370000000001</v>
+      </c>
+      <c r="E19" s="21">
+        <v>3.6567799999999999</v>
+      </c>
+      <c r="F19" s="21">
+        <v>3.399419</v>
+      </c>
+      <c r="G19" s="21">
+        <v>2.8086700000000002</v>
+      </c>
+      <c r="H19" s="21">
+        <v>2.4426380000000001</v>
+      </c>
+      <c r="I19" s="21">
+        <v>2.807569</v>
+      </c>
+      <c r="J19" s="21">
+        <v>2.6758169999999999</v>
+      </c>
+      <c r="K19" s="21">
+        <v>3.008098999999</v>
+      </c>
+      <c r="L19" s="21">
+        <v>2.9793989999989998</v>
+      </c>
+      <c r="M19" s="21">
+        <v>3.3808919999999998</v>
+      </c>
+      <c r="N19" s="21">
+        <v>3.3227540000000002</v>
+      </c>
+      <c r="O19" s="21">
+        <v>4.8217910000000002</v>
+      </c>
+      <c r="P19" s="22">
+        <v>39.390664999999998</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="46"/>
+      <c r="B20" s="46"/>
+      <c r="C20" s="20" t="s">
         <v>80</v>
       </c>
-      <c r="D4" s="35" t="s">
-[...442 lines deleted...]
-      <c r="C14" s="5" t="s">
+      <c r="D20" s="21">
+        <v>36.566098999998999</v>
+      </c>
+      <c r="E20" s="21">
+        <v>34.140028999999998</v>
+      </c>
+      <c r="F20" s="21">
+        <v>38.915708999998998</v>
+      </c>
+      <c r="G20" s="21">
+        <v>32.742157999999002</v>
+      </c>
+      <c r="H20" s="21">
+        <v>32.639818999999001</v>
+      </c>
+      <c r="I20" s="21">
+        <v>32.555471999999</v>
+      </c>
+      <c r="J20" s="21">
+        <v>34.127178000000001</v>
+      </c>
+      <c r="K20" s="21">
+        <v>34.645367999999998</v>
+      </c>
+      <c r="L20" s="21">
+        <v>35.202480000000001</v>
+      </c>
+      <c r="M20" s="21">
+        <v>37.819070999998999</v>
+      </c>
+      <c r="N20" s="21">
+        <v>38.863500999999999</v>
+      </c>
+      <c r="O20" s="21">
+        <v>46.854311000000003</v>
+      </c>
+      <c r="P20" s="22">
+        <v>435.07119499999902</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="46"/>
+      <c r="B21" s="47"/>
+      <c r="C21" s="23" t="s">
+        <v>33</v>
+      </c>
+      <c r="D21" s="24">
+        <v>43.011790999999</v>
+      </c>
+      <c r="E21" s="24">
+        <v>39.917138999999999</v>
+      </c>
+      <c r="F21" s="24">
+        <v>44.908476999999003</v>
+      </c>
+      <c r="G21" s="24">
+        <v>37.617210999999003</v>
+      </c>
+      <c r="H21" s="24">
+        <v>37.079165999998999</v>
+      </c>
+      <c r="I21" s="24">
+        <v>37.233395999998997</v>
+      </c>
+      <c r="J21" s="24">
+        <v>38.788575999999999</v>
+      </c>
+      <c r="K21" s="24">
+        <v>39.718411000000003</v>
+      </c>
+      <c r="L21" s="24">
+        <v>40.308746999999997</v>
+      </c>
+      <c r="M21" s="24">
+        <v>43.612077999999002</v>
+      </c>
+      <c r="N21" s="24">
+        <v>44.570689000000002</v>
+      </c>
+      <c r="O21" s="24">
+        <v>54.507212000000003</v>
+      </c>
+      <c r="P21" s="25">
+        <v>501.27289300000001</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="46"/>
+      <c r="B22" s="48" t="s">
+        <v>34</v>
+      </c>
+      <c r="C22" s="20" t="s">
+        <v>35</v>
+      </c>
+      <c r="D22" s="21">
+        <v>0.49640800000000002</v>
+      </c>
+      <c r="E22" s="21">
+        <v>0.45740700000000001</v>
+      </c>
+      <c r="F22" s="21">
+        <v>0.60891700000000004</v>
+      </c>
+      <c r="G22" s="21">
+        <v>0.63578299999999999</v>
+      </c>
+      <c r="H22" s="21">
+        <v>0.80220800000000003</v>
+      </c>
+      <c r="I22" s="21">
+        <v>1.2676989999999999</v>
+      </c>
+      <c r="J22" s="21">
+        <v>1.5854170000000001</v>
+      </c>
+      <c r="K22" s="21">
+        <v>1.3732819999999999</v>
+      </c>
+      <c r="L22" s="21">
+        <v>0.835482999999</v>
+      </c>
+      <c r="M22" s="21">
+        <v>0.61095699999999997</v>
+      </c>
+      <c r="N22" s="21">
+        <v>0.57417300000000004</v>
+      </c>
+      <c r="O22" s="21">
+        <v>0.57170200000000004</v>
+      </c>
+      <c r="P22" s="22">
+        <v>9.8194359999999996</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="46"/>
+      <c r="B23" s="47"/>
+      <c r="C23" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="24">
+        <v>0.49640800000000002</v>
+      </c>
+      <c r="E23" s="24">
+        <v>0.45740700000000001</v>
+      </c>
+      <c r="F23" s="24">
+        <v>0.60891700000000004</v>
+      </c>
+      <c r="G23" s="24">
+        <v>0.63578299999999999</v>
+      </c>
+      <c r="H23" s="24">
+        <v>0.80220800000000003</v>
+      </c>
+      <c r="I23" s="24">
+        <v>1.2676989999999999</v>
+      </c>
+      <c r="J23" s="24">
+        <v>1.5854170000000001</v>
+      </c>
+      <c r="K23" s="24">
+        <v>1.3732819999999999</v>
+      </c>
+      <c r="L23" s="24">
+        <v>0.835482999999</v>
+      </c>
+      <c r="M23" s="24">
+        <v>0.61095699999999997</v>
+      </c>
+      <c r="N23" s="24">
+        <v>0.57417300000000004</v>
+      </c>
+      <c r="O23" s="24">
+        <v>0.57170200000000004</v>
+      </c>
+      <c r="P23" s="25">
+        <v>9.8194359999999996</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="47"/>
+      <c r="B24" s="49" t="s">
+        <v>37</v>
+      </c>
+      <c r="C24" s="50"/>
+      <c r="D24" s="24">
+        <v>114.613685</v>
+      </c>
+      <c r="E24" s="24">
+        <v>102.373615000001</v>
+      </c>
+      <c r="F24" s="24">
+        <v>132.16773000000001</v>
+      </c>
+      <c r="G24" s="24">
+        <v>119.343598</v>
+      </c>
+      <c r="H24" s="24">
+        <v>112.296363</v>
+      </c>
+      <c r="I24" s="24">
+        <v>109.47743800000001</v>
+      </c>
+      <c r="J24" s="24">
+        <v>108.997997</v>
+      </c>
+      <c r="K24" s="24">
+        <v>114.67599199999999</v>
+      </c>
+      <c r="L24" s="24">
+        <v>113.57494699999999</v>
+      </c>
+      <c r="M24" s="24">
+        <v>129.531159</v>
+      </c>
+      <c r="N24" s="24">
+        <v>125.80951399999999</v>
+      </c>
+      <c r="O24" s="24">
+        <v>141.99510900000001</v>
+      </c>
+      <c r="P24" s="25">
+        <v>1424.8571469999999</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="45" t="s">
+        <v>38</v>
+      </c>
+      <c r="B25" s="48" t="s">
+        <v>39</v>
+      </c>
+      <c r="C25" s="20" t="s">
+        <v>39</v>
+      </c>
+      <c r="D25" s="21">
+        <v>2.8555000000000001E-2</v>
+      </c>
+      <c r="E25" s="21">
+        <v>1.5708E-2</v>
+      </c>
+      <c r="F25" s="21">
+        <v>3.8540999999999999E-2</v>
+      </c>
+      <c r="G25" s="21">
+        <v>5.7361000000000002E-2</v>
+      </c>
+      <c r="H25" s="21">
+        <v>9.0994000000000005E-2</v>
+      </c>
+      <c r="I25" s="21">
+        <v>0.15337899999999999</v>
+      </c>
+      <c r="J25" s="21">
+        <v>0.16528000000000001</v>
+      </c>
+      <c r="K25" s="21">
+        <v>0.18709700000000001</v>
+      </c>
+      <c r="L25" s="21">
+        <v>0.110731</v>
+      </c>
+      <c r="M25" s="21">
+        <v>4.5595999999999998E-2</v>
+      </c>
+      <c r="N25" s="21">
+        <v>5.8500000000000003E-2</v>
+      </c>
+      <c r="O25" s="21">
+        <v>1.7047E-2</v>
+      </c>
+      <c r="P25" s="22">
+        <v>0.96878900000000001</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="46"/>
+      <c r="B26" s="47"/>
+      <c r="C26" s="23" t="s">
+        <v>40</v>
+      </c>
+      <c r="D26" s="24">
+        <v>2.8555000000000001E-2</v>
+      </c>
+      <c r="E26" s="24">
+        <v>1.5708E-2</v>
+      </c>
+      <c r="F26" s="24">
+        <v>3.8540999999999999E-2</v>
+      </c>
+      <c r="G26" s="24">
+        <v>5.7361000000000002E-2</v>
+      </c>
+      <c r="H26" s="24">
+        <v>9.0994000000000005E-2</v>
+      </c>
+      <c r="I26" s="24">
+        <v>0.15337899999999999</v>
+      </c>
+      <c r="J26" s="24">
+        <v>0.16528000000000001</v>
+      </c>
+      <c r="K26" s="24">
+        <v>0.18709700000000001</v>
+      </c>
+      <c r="L26" s="24">
+        <v>0.110731</v>
+      </c>
+      <c r="M26" s="24">
+        <v>4.5595999999999998E-2</v>
+      </c>
+      <c r="N26" s="24">
+        <v>5.8500000000000003E-2</v>
+      </c>
+      <c r="O26" s="24">
+        <v>1.7047E-2</v>
+      </c>
+      <c r="P26" s="25">
+        <v>0.96878900000000001</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="46"/>
+      <c r="B27" s="48" t="s">
+        <v>41</v>
+      </c>
+      <c r="C27" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="D27" s="21">
+        <v>1.554198</v>
+      </c>
+      <c r="E27" s="21">
+        <v>1.6512249999999999</v>
+      </c>
+      <c r="F27" s="21">
+        <v>2.1477499999999998</v>
+      </c>
+      <c r="G27" s="21">
+        <v>2.5587170000000001</v>
+      </c>
+      <c r="H27" s="21">
+        <v>2.9817170000000002</v>
+      </c>
+      <c r="I27" s="21">
+        <v>4.709085</v>
+      </c>
+      <c r="J27" s="21">
+        <v>5.5338479999999999</v>
+      </c>
+      <c r="K27" s="21">
+        <v>5.3646700000000003</v>
+      </c>
+      <c r="L27" s="21">
+        <v>4.2893400000000002</v>
+      </c>
+      <c r="M27" s="21">
+        <v>2.7613569999999998</v>
+      </c>
+      <c r="N27" s="21">
+        <v>2.266086</v>
+      </c>
+      <c r="O27" s="21">
+        <v>1.9126730000000001</v>
+      </c>
+      <c r="P27" s="22">
+        <v>37.730665999999999</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="46"/>
+      <c r="B28" s="46"/>
+      <c r="C28" s="20" t="s">
+        <v>43</v>
+      </c>
+      <c r="D28" s="21">
+        <v>3.0867909999999998</v>
+      </c>
+      <c r="E28" s="21">
+        <v>3.2464179999999998</v>
+      </c>
+      <c r="F28" s="21">
+        <v>3.4297840000000002</v>
+      </c>
+      <c r="G28" s="21">
+        <v>3.0999029999999999</v>
+      </c>
+      <c r="H28" s="21">
+        <v>3.3153290000000002</v>
+      </c>
+      <c r="I28" s="21">
+        <v>3.6787999999999998</v>
+      </c>
+      <c r="J28" s="21">
+        <v>3.7295120000000002</v>
+      </c>
+      <c r="K28" s="21">
+        <v>4.0820910000000001</v>
+      </c>
+      <c r="L28" s="21">
+        <v>3.9406409999999998</v>
+      </c>
+      <c r="M28" s="21">
+        <v>3.9697460000000002</v>
+      </c>
+      <c r="N28" s="21">
+        <v>4.6724290000000002</v>
+      </c>
+      <c r="O28" s="21">
+        <v>3.89324</v>
+      </c>
+      <c r="P28" s="22">
+        <v>44.144683999999998</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="46"/>
+      <c r="B29" s="47"/>
+      <c r="C29" s="23" t="s">
+        <v>44</v>
+      </c>
+      <c r="D29" s="24">
+        <v>4.6409890000000003</v>
+      </c>
+      <c r="E29" s="24">
+        <v>4.8976430000000004</v>
+      </c>
+      <c r="F29" s="24">
+        <v>5.577534</v>
+      </c>
+      <c r="G29" s="24">
+        <v>5.65862</v>
+      </c>
+      <c r="H29" s="24">
+        <v>6.2970459999999999</v>
+      </c>
+      <c r="I29" s="24">
+        <v>8.3878850000000007</v>
+      </c>
+      <c r="J29" s="24">
+        <v>9.2633600000000005</v>
+      </c>
+      <c r="K29" s="24">
+        <v>9.4467610000000004</v>
+      </c>
+      <c r="L29" s="24">
+        <v>8.2299810000000004</v>
+      </c>
+      <c r="M29" s="24">
+        <v>6.7311030000000001</v>
+      </c>
+      <c r="N29" s="24">
+        <v>6.9385149999999998</v>
+      </c>
+      <c r="O29" s="24">
+        <v>5.8059130000000003</v>
+      </c>
+      <c r="P29" s="25">
+        <v>81.875349999999997</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="47"/>
+      <c r="B30" s="49" t="s">
+        <v>45</v>
+      </c>
+      <c r="C30" s="50"/>
+      <c r="D30" s="24">
+        <v>4.6695440000000001</v>
+      </c>
+      <c r="E30" s="24">
+        <v>4.9133509999999996</v>
+      </c>
+      <c r="F30" s="24">
+        <v>5.6160750000000004</v>
+      </c>
+      <c r="G30" s="24">
+        <v>5.7159810000000002</v>
+      </c>
+      <c r="H30" s="24">
+        <v>6.3880400000000002</v>
+      </c>
+      <c r="I30" s="24">
+        <v>8.541264</v>
+      </c>
+      <c r="J30" s="24">
+        <v>9.4286399999999997</v>
+      </c>
+      <c r="K30" s="24">
+        <v>9.633858</v>
+      </c>
+      <c r="L30" s="24">
+        <v>8.3407119999999999</v>
+      </c>
+      <c r="M30" s="24">
+        <v>6.7766989999999998</v>
+      </c>
+      <c r="N30" s="24">
+        <v>6.9970150000000002</v>
+      </c>
+      <c r="O30" s="24">
+        <v>5.8229600000000001</v>
+      </c>
+      <c r="P30" s="25">
+        <v>82.844138999999998</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="45" t="s">
+        <v>46</v>
+      </c>
+      <c r="B31" s="48" t="s">
+        <v>47</v>
+      </c>
+      <c r="C31" s="20" t="s">
+        <v>48</v>
+      </c>
+      <c r="D31" s="21">
+        <v>0.26730300000000001</v>
+      </c>
+      <c r="E31" s="21">
+        <v>0.20993700000000001</v>
+      </c>
+      <c r="F31" s="21">
+        <v>0.28786899999999999</v>
+      </c>
+      <c r="G31" s="21">
+        <v>0.260245</v>
+      </c>
+      <c r="H31" s="21">
+        <v>0.23461399999999999</v>
+      </c>
+      <c r="I31" s="21">
+        <v>0.25386999999999998</v>
+      </c>
+      <c r="J31" s="21">
+        <v>0.18088299999999999</v>
+      </c>
+      <c r="K31" s="21">
+        <v>0.22100700000000001</v>
+      </c>
+      <c r="L31" s="21">
+        <v>0.247423</v>
+      </c>
+      <c r="M31" s="21">
+        <v>0.26225700000000002</v>
+      </c>
+      <c r="N31" s="21">
+        <v>0.30776599999999998</v>
+      </c>
+      <c r="O31" s="21">
+        <v>0.35353699999999999</v>
+      </c>
+      <c r="P31" s="22">
+        <v>3.0867110000000002</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="46"/>
+      <c r="B32" s="46"/>
+      <c r="C32" s="20" t="s">
+        <v>49</v>
+      </c>
+      <c r="D32" s="21">
+        <v>1.3661E-2</v>
+      </c>
+      <c r="E32" s="21">
+        <v>3.7789000000000003E-2</v>
+      </c>
+      <c r="F32" s="21">
+        <v>4.5931E-2</v>
+      </c>
+      <c r="G32" s="21">
+        <v>9.4175999999999996E-2</v>
+      </c>
+      <c r="H32" s="21">
+        <v>4.9612000000000003E-2</v>
+      </c>
+      <c r="I32" s="21">
+        <v>4.8085999999999997E-2</v>
+      </c>
+      <c r="J32" s="21">
+        <v>6.3280000000000003E-2</v>
+      </c>
+      <c r="K32" s="21">
+        <v>3.3868000000000002E-2</v>
+      </c>
+      <c r="L32" s="21">
+        <v>3.0973000000000001E-2</v>
+      </c>
+      <c r="M32" s="21">
+        <v>4.7377000000000002E-2</v>
+      </c>
+      <c r="N32" s="21">
+        <v>5.5348000000000001E-2</v>
+      </c>
+      <c r="O32" s="21">
+        <v>2.0129000000000001E-2</v>
+      </c>
+      <c r="P32" s="22">
+        <v>0.54022999999999999</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="46"/>
+      <c r="B33" s="47"/>
+      <c r="C33" s="23" t="s">
+        <v>50</v>
+      </c>
+      <c r="D33" s="24">
+        <v>0.28096399999999999</v>
+      </c>
+      <c r="E33" s="24">
+        <v>0.247726</v>
+      </c>
+      <c r="F33" s="24">
+        <v>0.33379999999999999</v>
+      </c>
+      <c r="G33" s="24">
+        <v>0.35442099999999999</v>
+      </c>
+      <c r="H33" s="24">
+        <v>0.28422599999999998</v>
+      </c>
+      <c r="I33" s="24">
+        <v>0.301956</v>
+      </c>
+      <c r="J33" s="24">
+        <v>0.24416299999999999</v>
+      </c>
+      <c r="K33" s="24">
+        <v>0.25487500000000002</v>
+      </c>
+      <c r="L33" s="24">
+        <v>0.27839599999999998</v>
+      </c>
+      <c r="M33" s="24">
+        <v>0.30963400000000002</v>
+      </c>
+      <c r="N33" s="24">
+        <v>0.36311399999999999</v>
+      </c>
+      <c r="O33" s="24">
+        <v>0.373666</v>
+      </c>
+      <c r="P33" s="25">
+        <v>3.626941</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="46"/>
+      <c r="B34" s="48" t="s">
+        <v>51</v>
+      </c>
+      <c r="C34" s="20" t="s">
+        <v>52</v>
+      </c>
+      <c r="D34" s="21">
+        <v>1.8856000000000001E-2</v>
+      </c>
+      <c r="E34" s="21">
+        <v>1.3375E-2</v>
+      </c>
+      <c r="F34" s="21">
+        <v>1.4128E-2</v>
+      </c>
+      <c r="G34" s="21">
+        <v>1.2052999999999999E-2</v>
+      </c>
+      <c r="H34" s="21">
+        <v>1.5772000000000001E-2</v>
+      </c>
+      <c r="I34" s="21">
+        <v>9.3869999999999995E-3</v>
+      </c>
+      <c r="J34" s="21">
+        <v>1.1690000000000001E-2</v>
+      </c>
+      <c r="K34" s="21">
+        <v>1.694E-2</v>
+      </c>
+      <c r="L34" s="21">
+        <v>8.5109999999999995E-3</v>
+      </c>
+      <c r="M34" s="21">
+        <v>1.1381E-2</v>
+      </c>
+      <c r="N34" s="21">
+        <v>1.6071999999999999E-2</v>
+      </c>
+      <c r="O34" s="21">
+        <v>1.3158E-2</v>
+      </c>
+      <c r="P34" s="22">
+        <v>0.16132299999999999</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="46"/>
+      <c r="B35" s="46"/>
+      <c r="C35" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="D35" s="21">
+        <v>1.5805E-2</v>
+      </c>
+      <c r="E35" s="21">
+        <v>1.3051E-2</v>
+      </c>
+      <c r="F35" s="21">
+        <v>1.1658999999999999E-2</v>
+      </c>
+      <c r="G35" s="21">
+        <v>1.3891000000000001E-2</v>
+      </c>
+      <c r="H35" s="21">
+        <v>1.6638E-2</v>
+      </c>
+      <c r="I35" s="21">
+        <v>1.3461000000000001E-2</v>
+      </c>
+      <c r="J35" s="21">
+        <v>8.5609999999999992E-3</v>
+      </c>
+      <c r="K35" s="21">
+        <v>1.2581E-2</v>
+      </c>
+      <c r="L35" s="21">
+        <v>1.1375E-2</v>
+      </c>
+      <c r="M35" s="21">
+        <v>5.0699999999999999E-3</v>
+      </c>
+      <c r="N35" s="21">
+        <v>1.1723000000000001E-2</v>
+      </c>
+      <c r="O35" s="21">
+        <v>5.6490000000000004E-3</v>
+      </c>
+      <c r="P35" s="22">
+        <v>0.139464</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="46"/>
+      <c r="B36" s="46"/>
+      <c r="C36" s="20" t="s">
+        <v>54</v>
+      </c>
+      <c r="D36" s="21">
+        <v>1.4549999999999999E-3</v>
+      </c>
+      <c r="E36" s="26"/>
+      <c r="F36" s="26"/>
+      <c r="G36" s="26"/>
+      <c r="H36" s="26"/>
+      <c r="I36" s="26"/>
+      <c r="J36" s="26"/>
+      <c r="K36" s="26"/>
+      <c r="L36" s="26"/>
+      <c r="M36" s="26"/>
+      <c r="N36" s="26"/>
+      <c r="O36" s="26"/>
+      <c r="P36" s="22">
+        <v>1.4549999999999999E-3</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="46"/>
+      <c r="B37" s="47"/>
+      <c r="C37" s="23" t="s">
+        <v>55</v>
+      </c>
+      <c r="D37" s="24">
+        <v>3.6116000000000002E-2</v>
+      </c>
+      <c r="E37" s="24">
+        <v>2.6426000000000002E-2</v>
+      </c>
+      <c r="F37" s="24">
+        <v>2.5787000000000001E-2</v>
+      </c>
+      <c r="G37" s="24">
+        <v>2.5943999999999998E-2</v>
+      </c>
+      <c r="H37" s="24">
+        <v>3.2410000000000001E-2</v>
+      </c>
+      <c r="I37" s="24">
+        <v>2.2848E-2</v>
+      </c>
+      <c r="J37" s="24">
+        <v>2.0251000000000002E-2</v>
+      </c>
+      <c r="K37" s="24">
+        <v>2.9520999999999999E-2</v>
+      </c>
+      <c r="L37" s="24">
+        <v>1.9886000000000001E-2</v>
+      </c>
+      <c r="M37" s="24">
+        <v>1.6451E-2</v>
+      </c>
+      <c r="N37" s="24">
+        <v>2.7795E-2</v>
+      </c>
+      <c r="O37" s="24">
+        <v>1.8807000000000001E-2</v>
+      </c>
+      <c r="P37" s="25">
+        <v>0.30224200000000001</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="46"/>
+      <c r="B38" s="48" t="s">
+        <v>56</v>
+      </c>
+      <c r="C38" s="20" t="s">
+        <v>57</v>
+      </c>
+      <c r="D38" s="21">
+        <v>1.1436E-2</v>
+      </c>
+      <c r="E38" s="21">
+        <v>6.6689999999999996E-3</v>
+      </c>
+      <c r="F38" s="21">
+        <v>8.3260000000000001E-3</v>
+      </c>
+      <c r="G38" s="21">
+        <v>1.4419999999999999E-3</v>
+      </c>
+      <c r="H38" s="21">
+        <v>3.104E-3</v>
+      </c>
+      <c r="I38" s="21">
+        <v>8.1899999999999996E-4</v>
+      </c>
+      <c r="J38" s="21">
+        <v>7.1650000000000004E-3</v>
+      </c>
+      <c r="K38" s="21">
+        <v>2.3730000000000001E-3</v>
+      </c>
+      <c r="L38" s="21">
+        <v>9.5890000000000003E-3</v>
+      </c>
+      <c r="M38" s="21">
+        <v>4.5620000000000001E-3</v>
+      </c>
+      <c r="N38" s="21">
+        <v>1.0395E-2</v>
+      </c>
+      <c r="O38" s="21">
+        <v>2.9727E-2</v>
+      </c>
+      <c r="P38" s="22">
+        <v>9.5606999999999998E-2</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="46"/>
+      <c r="B39" s="47"/>
+      <c r="C39" s="23" t="s">
+        <v>58</v>
+      </c>
+      <c r="D39" s="24">
+        <v>1.1436E-2</v>
+      </c>
+      <c r="E39" s="24">
+        <v>6.6689999999999996E-3</v>
+      </c>
+      <c r="F39" s="24">
+        <v>8.3260000000000001E-3</v>
+      </c>
+      <c r="G39" s="24">
+        <v>1.4419999999999999E-3</v>
+      </c>
+      <c r="H39" s="24">
+        <v>3.104E-3</v>
+      </c>
+      <c r="I39" s="24">
+        <v>8.1899999999999996E-4</v>
+      </c>
+      <c r="J39" s="24">
+        <v>7.1650000000000004E-3</v>
+      </c>
+      <c r="K39" s="24">
+        <v>2.3730000000000001E-3</v>
+      </c>
+      <c r="L39" s="24">
+        <v>9.5890000000000003E-3</v>
+      </c>
+      <c r="M39" s="24">
+        <v>4.5620000000000001E-3</v>
+      </c>
+      <c r="N39" s="24">
+        <v>1.0395E-2</v>
+      </c>
+      <c r="O39" s="24">
+        <v>2.9727E-2</v>
+      </c>
+      <c r="P39" s="25">
+        <v>9.5606999999999998E-2</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="47"/>
+      <c r="B40" s="49" t="s">
+        <v>59</v>
+      </c>
+      <c r="C40" s="50"/>
+      <c r="D40" s="24">
+        <v>0.32851599999999997</v>
+      </c>
+      <c r="E40" s="24">
+        <v>0.28082099999999999</v>
+      </c>
+      <c r="F40" s="24">
+        <v>0.36791299999999999</v>
+      </c>
+      <c r="G40" s="24">
+        <v>0.38180700000000001</v>
+      </c>
+      <c r="H40" s="24">
+        <v>0.31974000000000002</v>
+      </c>
+      <c r="I40" s="24">
+        <v>0.325623</v>
+      </c>
+      <c r="J40" s="24">
+        <v>0.27157900000000001</v>
+      </c>
+      <c r="K40" s="24">
+        <v>0.286769</v>
+      </c>
+      <c r="L40" s="24">
+        <v>0.30787100000000001</v>
+      </c>
+      <c r="M40" s="24">
+        <v>0.33064700000000002</v>
+      </c>
+      <c r="N40" s="24">
+        <v>0.40130399999999999</v>
+      </c>
+      <c r="O40" s="24">
+        <v>0.42220000000000002</v>
+      </c>
+      <c r="P40" s="25">
+        <v>4.0247900000000003</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="45" t="s">
+        <v>60</v>
+      </c>
+      <c r="B41" s="48" t="s">
+        <v>61</v>
+      </c>
+      <c r="C41" s="20" t="s">
+        <v>48</v>
+      </c>
+      <c r="D41" s="26"/>
+      <c r="E41" s="21">
+        <v>9.8999999999999999E-4</v>
+      </c>
+      <c r="F41" s="26"/>
+      <c r="G41" s="21">
+        <v>9.9599999999999992E-4</v>
+      </c>
+      <c r="H41" s="21">
+        <v>9.9599999999999992E-4</v>
+      </c>
+      <c r="I41" s="21">
+        <v>1.0169999999999999E-3</v>
+      </c>
+      <c r="J41" s="26"/>
+      <c r="K41" s="21">
+        <v>1.003E-3</v>
+      </c>
+      <c r="L41" s="26"/>
+      <c r="M41" s="21">
+        <v>9.9500000000000001E-4</v>
+      </c>
+      <c r="N41" s="26"/>
+      <c r="O41" s="21">
+        <v>9.8700000000000003E-4</v>
+      </c>
+      <c r="P41" s="22">
+        <v>6.9839999999999998E-3</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="46"/>
+      <c r="B42" s="46"/>
+      <c r="C42" s="20" t="s">
+        <v>57</v>
+      </c>
+      <c r="D42" s="21">
+        <v>7.4469999999999996E-3</v>
+      </c>
+      <c r="E42" s="26"/>
+      <c r="F42" s="26"/>
+      <c r="G42" s="21">
+        <v>3.6229999999999999E-3</v>
+      </c>
+      <c r="H42" s="21">
+        <v>5.9800000000000001E-3</v>
+      </c>
+      <c r="I42" s="21">
+        <v>3.0079999999999998E-3</v>
+      </c>
+      <c r="J42" s="26"/>
+      <c r="K42" s="26"/>
+      <c r="L42" s="21">
+        <v>9.3950000000000006E-3</v>
+      </c>
+      <c r="M42" s="21">
+        <v>2.5040000000000001E-3</v>
+      </c>
+      <c r="N42" s="26"/>
+      <c r="O42" s="21">
+        <v>4.8650000000000004E-3</v>
+      </c>
+      <c r="P42" s="22">
+        <v>3.6822000000000001E-2</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="46"/>
+      <c r="B43" s="46"/>
+      <c r="C43" s="20" t="s">
+        <v>52</v>
+      </c>
+      <c r="D43" s="26"/>
+      <c r="E43" s="26"/>
+      <c r="F43" s="26"/>
+      <c r="G43" s="26"/>
+      <c r="H43" s="26"/>
+      <c r="I43" s="21">
+        <v>9.9099999999999991E-4</v>
+      </c>
+      <c r="J43" s="26"/>
+      <c r="K43" s="26"/>
+      <c r="L43" s="26"/>
+      <c r="M43" s="26"/>
+      <c r="N43" s="26"/>
+      <c r="O43" s="26"/>
+      <c r="P43" s="22">
+        <v>9.9099999999999991E-4</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="46"/>
+      <c r="B44" s="46"/>
+      <c r="C44" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="D44" s="21">
+        <v>2.0775999999999999E-2</v>
+      </c>
+      <c r="E44" s="21">
+        <v>4.1801999999999999E-2</v>
+      </c>
+      <c r="F44" s="26"/>
+      <c r="G44" s="21">
+        <v>1.1117E-2</v>
+      </c>
+      <c r="H44" s="21">
+        <v>2.4599999999999999E-3</v>
+      </c>
+      <c r="I44" s="21">
+        <v>1.462E-3</v>
+      </c>
+      <c r="J44" s="21">
+        <v>8.2764000000000004E-2</v>
+      </c>
+      <c r="K44" s="21">
+        <v>9.1014999999999999E-2</v>
+      </c>
+      <c r="L44" s="21">
+        <v>9.0911000000000006E-2</v>
+      </c>
+      <c r="M44" s="26"/>
+      <c r="N44" s="26"/>
+      <c r="O44" s="21">
+        <v>4.1937000000000002E-2</v>
+      </c>
+      <c r="P44" s="22">
+        <v>0.38424399999999997</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="46"/>
+      <c r="B45" s="46"/>
+      <c r="C45" s="20" t="s">
+        <v>43</v>
+      </c>
+      <c r="D45" s="21">
+        <v>0.69434799999999997</v>
+      </c>
+      <c r="E45" s="21">
+        <v>1.862052</v>
+      </c>
+      <c r="F45" s="21">
+        <v>2.6218279999999998</v>
+      </c>
+      <c r="G45" s="21">
+        <v>1.1692549999999999</v>
+      </c>
+      <c r="H45" s="21">
+        <v>2.4940159999999998</v>
+      </c>
+      <c r="I45" s="21">
+        <v>0.73522299999999996</v>
+      </c>
+      <c r="J45" s="21">
+        <v>1.8720239999999999</v>
+      </c>
+      <c r="K45" s="21">
+        <v>3.8596689999999998</v>
+      </c>
+      <c r="L45" s="21">
+        <v>2.8954249999999999</v>
+      </c>
+      <c r="M45" s="21">
+        <v>1.3889530000000001</v>
+      </c>
+      <c r="N45" s="21">
+        <v>2.4474610000000001</v>
+      </c>
+      <c r="O45" s="21">
+        <v>3.0611139999999999</v>
+      </c>
+      <c r="P45" s="22">
+        <v>25.101368000000001</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="46"/>
+      <c r="B46" s="46"/>
+      <c r="C46" s="20" t="s">
         <v>28</v>
       </c>
-      <c r="D14" s="7">
-[...1488 lines deleted...]
-        <v>15.014397000000001</v>
+      <c r="D46" s="21">
+        <v>7.1563000000000002E-2</v>
+      </c>
+      <c r="E46" s="21">
+        <v>5.8568000000000002E-2</v>
+      </c>
+      <c r="F46" s="21">
+        <v>0.129104</v>
+      </c>
+      <c r="G46" s="21">
+        <v>4.4292999999999999E-2</v>
+      </c>
+      <c r="H46" s="21">
+        <v>4.7798E-2</v>
+      </c>
+      <c r="I46" s="21">
+        <v>6.1370000000000001E-2</v>
+      </c>
+      <c r="J46" s="21">
+        <v>4.9793999999999998E-2</v>
+      </c>
+      <c r="K46" s="21">
+        <v>6.9524000000000002E-2</v>
+      </c>
+      <c r="L46" s="21">
+        <v>6.2470999999999999E-2</v>
+      </c>
+      <c r="M46" s="21">
+        <v>6.6557000000000005E-2</v>
+      </c>
+      <c r="N46" s="21">
+        <v>5.6654000000000003E-2</v>
+      </c>
+      <c r="O46" s="21">
+        <v>7.0400000000000004E-2</v>
+      </c>
+      <c r="P46" s="22">
+        <v>0.78809600000000002</v>
       </c>
     </row>
     <row r="47" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A47" s="46"/>
-      <c r="B47" s="48" t="s">
-[...40 lines deleted...]
-        <v>45.508685999999997</v>
+      <c r="B47" s="46"/>
+      <c r="C47" s="20" t="s">
+        <v>49</v>
+      </c>
+      <c r="D47" s="26"/>
+      <c r="E47" s="26"/>
+      <c r="F47" s="26"/>
+      <c r="G47" s="26"/>
+      <c r="H47" s="26"/>
+      <c r="I47" s="21">
+        <v>9.77E-4</v>
+      </c>
+      <c r="J47" s="26"/>
+      <c r="K47" s="26"/>
+      <c r="L47" s="26"/>
+      <c r="M47" s="21">
+        <v>9.8999999999999999E-4</v>
+      </c>
+      <c r="N47" s="26"/>
+      <c r="O47" s="26"/>
+      <c r="P47" s="22">
+        <v>1.967E-3</v>
       </c>
     </row>
     <row r="48" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A48" s="44" t="s">
-[...35 lines deleted...]
-        <v>6.9839999999999998E-3</v>
+      <c r="A48" s="46"/>
+      <c r="B48" s="46"/>
+      <c r="C48" s="20" t="s">
+        <v>35</v>
+      </c>
+      <c r="D48" s="26"/>
+      <c r="E48" s="21">
+        <v>2.9689999999999999E-3</v>
+      </c>
+      <c r="F48" s="21">
+        <v>4.9719999999999999E-3</v>
+      </c>
+      <c r="G48" s="26"/>
+      <c r="H48" s="21">
+        <v>2.9970000000000001E-3</v>
+      </c>
+      <c r="I48" s="21">
+        <v>3.0140000000000002E-3</v>
+      </c>
+      <c r="J48" s="21">
+        <v>3.0170000000000002E-3</v>
+      </c>
+      <c r="K48" s="26"/>
+      <c r="L48" s="21">
+        <v>3.003E-3</v>
+      </c>
+      <c r="M48" s="26"/>
+      <c r="N48" s="21">
+        <v>4.9769999999999997E-3</v>
+      </c>
+      <c r="O48" s="21">
+        <v>5.9500000000000004E-3</v>
+      </c>
+      <c r="P48" s="22">
+        <v>3.0898999999999999E-2</v>
       </c>
     </row>
     <row r="49" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A49" s="45"/>
-[...1 lines deleted...]
-      <c r="C49" s="5" t="s">
+      <c r="A49" s="46"/>
+      <c r="B49" s="46"/>
+      <c r="C49" s="20" t="s">
+        <v>80</v>
+      </c>
+      <c r="D49" s="21">
+        <v>1.1847999999999999E-2</v>
+      </c>
+      <c r="E49" s="21">
+        <v>9.4909999999999994E-3</v>
+      </c>
+      <c r="F49" s="21">
+        <v>1.1931000000000001E-2</v>
+      </c>
+      <c r="G49" s="21">
+        <v>6.4809999999999998E-3</v>
+      </c>
+      <c r="H49" s="21">
+        <v>8.9259999999999999E-3</v>
+      </c>
+      <c r="I49" s="21">
+        <v>1.5237000000000001E-2</v>
+      </c>
+      <c r="J49" s="21">
+        <v>1.2030000000000001E-2</v>
+      </c>
+      <c r="K49" s="21">
+        <v>6.0530000000000002E-3</v>
+      </c>
+      <c r="L49" s="21">
+        <v>8.9800000000000001E-3</v>
+      </c>
+      <c r="M49" s="21">
+        <v>9.9419999999999994E-3</v>
+      </c>
+      <c r="N49" s="21">
+        <v>1.0182999999999999E-2</v>
+      </c>
+      <c r="O49" s="21">
+        <v>1.1726E-2</v>
+      </c>
+      <c r="P49" s="22">
+        <v>0.12282800000000001</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="46"/>
+      <c r="B50" s="47"/>
+      <c r="C50" s="23" t="s">
+        <v>62</v>
+      </c>
+      <c r="D50" s="24">
+        <v>0.80598199999999998</v>
+      </c>
+      <c r="E50" s="24">
+        <v>1.9758720000000001</v>
+      </c>
+      <c r="F50" s="24">
+        <v>2.7678349999999998</v>
+      </c>
+      <c r="G50" s="24">
+        <v>1.235765</v>
+      </c>
+      <c r="H50" s="24">
+        <v>2.5631729999999999</v>
+      </c>
+      <c r="I50" s="24">
+        <v>0.822299</v>
+      </c>
+      <c r="J50" s="24">
+        <v>2.0196290000000001</v>
+      </c>
+      <c r="K50" s="24">
+        <v>4.0272639999999997</v>
+      </c>
+      <c r="L50" s="24">
+        <v>3.0701849999999999</v>
+      </c>
+      <c r="M50" s="24">
+        <v>1.4699409999999999</v>
+      </c>
+      <c r="N50" s="24">
+        <v>2.5192749999999999</v>
+      </c>
+      <c r="O50" s="24">
+        <v>3.1969789999999998</v>
+      </c>
+      <c r="P50" s="25">
+        <v>26.474198999999999</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="47"/>
+      <c r="B51" s="49" t="s">
+        <v>63</v>
+      </c>
+      <c r="C51" s="50"/>
+      <c r="D51" s="24">
+        <v>0.80598199999999998</v>
+      </c>
+      <c r="E51" s="24">
+        <v>1.9758720000000001</v>
+      </c>
+      <c r="F51" s="24">
+        <v>2.7678349999999998</v>
+      </c>
+      <c r="G51" s="24">
+        <v>1.235765</v>
+      </c>
+      <c r="H51" s="24">
+        <v>2.5631729999999999</v>
+      </c>
+      <c r="I51" s="24">
+        <v>0.822299</v>
+      </c>
+      <c r="J51" s="24">
+        <v>2.0196290000000001</v>
+      </c>
+      <c r="K51" s="24">
+        <v>4.0272639999999997</v>
+      </c>
+      <c r="L51" s="24">
+        <v>3.0701849999999999</v>
+      </c>
+      <c r="M51" s="24">
+        <v>1.4699409999999999</v>
+      </c>
+      <c r="N51" s="24">
+        <v>2.5192749999999999</v>
+      </c>
+      <c r="O51" s="24">
+        <v>3.1969789999999998</v>
+      </c>
+      <c r="P51" s="25">
+        <v>26.474198999999999</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="51" t="s">
+        <v>64</v>
+      </c>
+      <c r="B52" s="52"/>
+      <c r="C52" s="53"/>
+      <c r="D52" s="27">
+        <v>131.64211700000001</v>
+      </c>
+      <c r="E52" s="27">
+        <v>121.284148000001</v>
+      </c>
+      <c r="F52" s="27">
+        <v>155.402187</v>
+      </c>
+      <c r="G52" s="27">
+        <v>142.06675100000001</v>
+      </c>
+      <c r="H52" s="27">
+        <v>138.47222199999999</v>
+      </c>
+      <c r="I52" s="27">
+        <v>142.55889500000001</v>
+      </c>
+      <c r="J52" s="27">
+        <v>148.40347499999999</v>
+      </c>
+      <c r="K52" s="27">
+        <v>153.73824200000001</v>
+      </c>
+      <c r="L52" s="27">
+        <v>143.89848799999999</v>
+      </c>
+      <c r="M52" s="27">
+        <v>153.19390300000001</v>
+      </c>
+      <c r="N52" s="27">
+        <v>149.64307099999999</v>
+      </c>
+      <c r="O52" s="27">
+        <v>165.19071500000001</v>
+      </c>
+      <c r="P52" s="28">
+        <v>1745.4942140000001</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="33"/>
+      <c r="B53" s="33"/>
+      <c r="C53" s="33"/>
+      <c r="D53" s="33"/>
+      <c r="E53" s="33"/>
+      <c r="F53" s="33"/>
+      <c r="G53" s="33"/>
+      <c r="H53" s="33"/>
+      <c r="I53" s="33"/>
+      <c r="J53" s="33"/>
+      <c r="K53" s="33"/>
+      <c r="L53" s="33"/>
+      <c r="M53" s="33"/>
+      <c r="N53" s="33"/>
+      <c r="O53" s="33"/>
+      <c r="P53" s="33"/>
+    </row>
+    <row r="54" spans="1:16" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="33"/>
+      <c r="B54" s="33"/>
+      <c r="C54" s="33"/>
+      <c r="D54" s="33"/>
+      <c r="E54" s="33"/>
+      <c r="F54" s="33"/>
+      <c r="G54" s="33"/>
+      <c r="H54" s="33"/>
+      <c r="I54" s="33"/>
+      <c r="J54" s="33"/>
+      <c r="K54" s="33"/>
+      <c r="L54" s="33"/>
+      <c r="M54" s="33"/>
+      <c r="N54" s="33"/>
+      <c r="O54" s="33"/>
+      <c r="P54" s="33"/>
+    </row>
+    <row r="55" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="29" t="s">
         <v>69</v>
       </c>
-      <c r="D49" s="6"/>
-[...235 lines deleted...]
-      </c>
+      <c r="B55" s="30"/>
+      <c r="C55" s="30"/>
+      <c r="D55" s="30"/>
+      <c r="E55" s="30"/>
+      <c r="F55" s="30"/>
+      <c r="G55" s="30"/>
+      <c r="H55" s="30"/>
+      <c r="I55" s="30"/>
+      <c r="J55" s="30"/>
+      <c r="K55" s="30"/>
+      <c r="L55" s="30"/>
+      <c r="M55" s="30"/>
+      <c r="N55" s="30"/>
+      <c r="O55" s="30"/>
+      <c r="P55" s="31"/>
     </row>
     <row r="56" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A56" s="45"/>
-[...340 lines deleted...]
-      <c r="P67" s="12"/>
+      <c r="A56" s="29" t="s">
+        <v>68</v>
+      </c>
+      <c r="B56" s="30"/>
+      <c r="C56" s="30"/>
+      <c r="D56" s="30"/>
+      <c r="E56" s="30"/>
+      <c r="F56" s="30"/>
+      <c r="G56" s="30"/>
+      <c r="H56" s="30"/>
+      <c r="I56" s="30"/>
+      <c r="J56" s="30"/>
+      <c r="K56" s="30"/>
+      <c r="L56" s="30"/>
+      <c r="M56" s="30"/>
+      <c r="N56" s="30"/>
+      <c r="O56" s="30"/>
+      <c r="P56" s="31"/>
+    </row>
+    <row r="58" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A58" s="32" t="s">
+        <v>71</v>
+      </c>
+      <c r="B58" s="33"/>
+      <c r="C58" s="33"/>
+      <c r="D58" s="33"/>
+      <c r="E58" s="33"/>
+      <c r="F58" s="33"/>
+      <c r="G58" s="33"/>
+      <c r="H58" s="33"/>
+      <c r="I58" s="33"/>
+      <c r="J58" s="33"/>
+      <c r="K58" s="33"/>
+      <c r="L58" s="33"/>
+      <c r="M58" s="33"/>
+      <c r="N58" s="33"/>
+      <c r="O58" s="33"/>
+      <c r="P58" s="33"/>
+    </row>
+    <row r="59" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A59" s="33"/>
+      <c r="B59" s="33"/>
+      <c r="C59" s="33"/>
+      <c r="D59" s="33"/>
+      <c r="E59" s="33"/>
+      <c r="F59" s="33"/>
+      <c r="G59" s="33"/>
+      <c r="H59" s="33"/>
+      <c r="I59" s="33"/>
+      <c r="J59" s="33"/>
+      <c r="K59" s="33"/>
+      <c r="L59" s="33"/>
+      <c r="M59" s="33"/>
+      <c r="N59" s="33"/>
+      <c r="O59" s="33"/>
+      <c r="P59" s="33"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
-  <mergeCells count="36">
-[...10 lines deleted...]
-    <mergeCell ref="B60:C60"/>
+  <mergeCells count="33">
+    <mergeCell ref="A52:C52"/>
+    <mergeCell ref="A53:P54"/>
+    <mergeCell ref="B31:B33"/>
+    <mergeCell ref="B34:B37"/>
+    <mergeCell ref="B38:B39"/>
+    <mergeCell ref="B40:C40"/>
+    <mergeCell ref="A41:A51"/>
+    <mergeCell ref="B41:B50"/>
+    <mergeCell ref="B51:C51"/>
+    <mergeCell ref="H1:P3"/>
+    <mergeCell ref="A2:G2"/>
+    <mergeCell ref="A4:C5"/>
+    <mergeCell ref="A6:A13"/>
+    <mergeCell ref="B6:B7"/>
+    <mergeCell ref="B8:B10"/>
+    <mergeCell ref="B11:B12"/>
+    <mergeCell ref="B13:C13"/>
+    <mergeCell ref="A55:P55"/>
+    <mergeCell ref="A56:P56"/>
+    <mergeCell ref="A58:P58"/>
+    <mergeCell ref="A59:P59"/>
+    <mergeCell ref="D4:O4"/>
+    <mergeCell ref="P4:P5"/>
+    <mergeCell ref="A14:A24"/>
+    <mergeCell ref="B14:B16"/>
+    <mergeCell ref="B17:B21"/>
+    <mergeCell ref="B22:B23"/>
+    <mergeCell ref="B24:C24"/>
     <mergeCell ref="A25:A30"/>
     <mergeCell ref="B25:B26"/>
     <mergeCell ref="B27:B29"/>
     <mergeCell ref="B30:C30"/>
     <mergeCell ref="A31:A40"/>
-    <mergeCell ref="B31:B33"/>
-[...18 lines deleted...]
-    <mergeCell ref="C4:C5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
-  <drawing r:id="rId2"/>
+  <customProperties>
+    <customPr name="GUID" r:id="rId2"/>
+  </customProperties>
+  <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:P17"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+    <sheetView showGridLines="0" workbookViewId="0">
       <pane xSplit="3" ySplit="5" topLeftCell="D6" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
       <selection pane="bottomRight" activeCell="D6" sqref="D6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="24.7109375" style="21" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="17" max="16384" width="9.140625" style="21"/>
+    <col min="1" max="1" width="24.7109375" customWidth="1"/>
+    <col min="2" max="2" width="13.7109375" customWidth="1"/>
+    <col min="3" max="3" width="32.7109375" customWidth="1"/>
+    <col min="4" max="15" width="10" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="11.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
-        <v>85</v>
-[...15 lines deleted...]
-      <c r="P1" s="34"/>
+        <v>72</v>
+      </c>
+      <c r="B1" s="2"/>
+      <c r="C1" s="2"/>
+      <c r="D1" s="2"/>
+      <c r="E1" s="2"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="39"/>
+      <c r="I1" s="39"/>
+      <c r="J1" s="39"/>
+      <c r="K1" s="39"/>
+      <c r="L1" s="39"/>
+      <c r="M1" s="39"/>
+      <c r="N1" s="39"/>
+      <c r="O1" s="39"/>
+      <c r="P1" s="39"/>
     </row>
     <row r="2" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A2" s="33" t="s">
-[...16 lines deleted...]
-      <c r="P2" s="34"/>
+      <c r="A2" s="41" t="s">
+        <v>70</v>
+      </c>
+      <c r="B2" s="64"/>
+      <c r="C2" s="64"/>
+      <c r="D2" s="64"/>
+      <c r="E2" s="64"/>
+      <c r="F2" s="64"/>
+      <c r="G2" s="64"/>
+      <c r="H2" s="39"/>
+      <c r="I2" s="39"/>
+      <c r="J2" s="39"/>
+      <c r="K2" s="39"/>
+      <c r="L2" s="39"/>
+      <c r="M2" s="39"/>
+      <c r="N2" s="39"/>
+      <c r="O2" s="39"/>
+      <c r="P2" s="39"/>
     </row>
     <row r="3" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A3" s="3"/>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
-      <c r="H3" s="60"/>
-[...7 lines deleted...]
-      <c r="P3" s="60"/>
+      <c r="H3" s="40"/>
+      <c r="I3" s="40"/>
+      <c r="J3" s="40"/>
+      <c r="K3" s="40"/>
+      <c r="L3" s="40"/>
+      <c r="M3" s="40"/>
+      <c r="N3" s="40"/>
+      <c r="O3" s="40"/>
+      <c r="P3" s="40"/>
     </row>
     <row r="4" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="40" t="s">
-[...8 lines deleted...]
-      <c r="D4" s="35" t="s">
+      <c r="A4" s="65" t="s">
+        <v>65</v>
+      </c>
+      <c r="B4" s="65" t="s">
+        <v>66</v>
+      </c>
+      <c r="C4" s="67" t="s">
+        <v>67</v>
+      </c>
+      <c r="D4" s="34" t="s">
         <v>1</v>
       </c>
-      <c r="E4" s="36"/>
-[...10 lines deleted...]
-      <c r="P4" s="38" t="s">
+      <c r="E4" s="35"/>
+      <c r="F4" s="35"/>
+      <c r="G4" s="35"/>
+      <c r="H4" s="35"/>
+      <c r="I4" s="35"/>
+      <c r="J4" s="35"/>
+      <c r="K4" s="35"/>
+      <c r="L4" s="35"/>
+      <c r="M4" s="35"/>
+      <c r="N4" s="35"/>
+      <c r="O4" s="36"/>
+      <c r="P4" s="37" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="41"/>
-[...1 lines deleted...]
-      <c r="C5" s="43"/>
+      <c r="A5" s="66"/>
+      <c r="B5" s="66"/>
+      <c r="C5" s="68"/>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G5" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H5" s="4" t="s">
         <v>7</v>
       </c>
       <c r="I5" s="4" t="s">
         <v>8</v>
       </c>
       <c r="J5" s="4" t="s">
         <v>9</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>10</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>11</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>14</v>
       </c>
-      <c r="P5" s="39"/>
+      <c r="P5" s="38"/>
     </row>
     <row r="6" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="44" t="s">
-[...8 lines deleted...]
-      <c r="D6" s="23">
+      <c r="A6" s="60" t="s">
+        <v>25</v>
+      </c>
+      <c r="B6" s="61" t="s">
+        <v>73</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" s="8">
         <v>1.9349339999999999</v>
       </c>
-      <c r="E6" s="23">
+      <c r="E6" s="8">
         <v>9.4045000000000004E-2</v>
       </c>
-      <c r="F6" s="23">
+      <c r="F6" s="8">
         <v>-0.556917</v>
       </c>
-      <c r="G6" s="23">
+      <c r="G6" s="8">
         <v>0.64906699999999995</v>
       </c>
-      <c r="H6" s="23">
+      <c r="H6" s="8">
         <v>2.1540919999999999</v>
       </c>
-      <c r="I6" s="23">
+      <c r="I6" s="8">
         <v>31.459136000000001</v>
       </c>
-      <c r="J6" s="23">
+      <c r="J6" s="8">
         <v>3.739649</v>
       </c>
-      <c r="K6" s="23">
+      <c r="K6" s="8">
         <v>17.992190999999998</v>
       </c>
-      <c r="L6" s="23">
+      <c r="L6" s="8">
         <v>12.987544</v>
       </c>
-      <c r="M6" s="23">
+      <c r="M6" s="8">
         <v>2.6388539999999998</v>
       </c>
-      <c r="N6" s="23">
+      <c r="N6" s="8">
         <v>21.671154000000001</v>
       </c>
-      <c r="O6" s="23">
+      <c r="O6" s="8">
         <v>37.612614999999998</v>
       </c>
-      <c r="P6" s="24">
+      <c r="P6" s="9">
         <v>132.376364</v>
       </c>
     </row>
     <row r="7" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="45"/>
-[...4 lines deleted...]
-      <c r="D7" s="25">
+      <c r="A7" s="46"/>
+      <c r="B7" s="47"/>
+      <c r="C7" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="D7" s="10">
         <v>1.9349339999999999</v>
       </c>
-      <c r="E7" s="25">
+      <c r="E7" s="10">
         <v>9.4045000000000004E-2</v>
       </c>
-      <c r="F7" s="25">
+      <c r="F7" s="10">
         <v>-0.556917</v>
       </c>
-      <c r="G7" s="25">
+      <c r="G7" s="10">
         <v>0.64906699999999995</v>
       </c>
-      <c r="H7" s="25">
+      <c r="H7" s="10">
         <v>2.1540919999999999</v>
       </c>
-      <c r="I7" s="25">
+      <c r="I7" s="10">
         <v>31.459136000000001</v>
       </c>
-      <c r="J7" s="25">
+      <c r="J7" s="10">
         <v>3.739649</v>
       </c>
-      <c r="K7" s="25">
+      <c r="K7" s="10">
         <v>17.992190999999998</v>
       </c>
-      <c r="L7" s="25">
+      <c r="L7" s="10">
         <v>12.987544</v>
       </c>
-      <c r="M7" s="25">
+      <c r="M7" s="10">
         <v>2.6388539999999998</v>
       </c>
-      <c r="N7" s="25">
+      <c r="N7" s="10">
         <v>21.671154000000001</v>
       </c>
-      <c r="O7" s="25">
+      <c r="O7" s="10">
         <v>37.612614999999998</v>
       </c>
-      <c r="P7" s="26">
+      <c r="P7" s="11">
         <v>132.376364</v>
       </c>
     </row>
     <row r="8" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="46"/>
-[...4 lines deleted...]
-      <c r="D8" s="25">
+      <c r="A8" s="47"/>
+      <c r="B8" s="62" t="s">
+        <v>37</v>
+      </c>
+      <c r="C8" s="63"/>
+      <c r="D8" s="10">
         <v>1.9349339999999999</v>
       </c>
-      <c r="E8" s="25">
+      <c r="E8" s="10">
         <v>9.4045000000000004E-2</v>
       </c>
-      <c r="F8" s="25">
+      <c r="F8" s="10">
         <v>-0.556917</v>
       </c>
-      <c r="G8" s="25">
+      <c r="G8" s="10">
         <v>0.64906699999999995</v>
       </c>
-      <c r="H8" s="25">
+      <c r="H8" s="10">
         <v>2.1540919999999999</v>
       </c>
-      <c r="I8" s="25">
+      <c r="I8" s="10">
         <v>31.459136000000001</v>
       </c>
-      <c r="J8" s="25">
+      <c r="J8" s="10">
         <v>3.739649</v>
       </c>
-      <c r="K8" s="25">
+      <c r="K8" s="10">
         <v>17.992190999999998</v>
       </c>
-      <c r="L8" s="25">
+      <c r="L8" s="10">
         <v>12.987544</v>
       </c>
-      <c r="M8" s="25">
+      <c r="M8" s="10">
         <v>2.6388539999999998</v>
       </c>
-      <c r="N8" s="25">
+      <c r="N8" s="10">
         <v>21.671154000000001</v>
       </c>
-      <c r="O8" s="25">
+      <c r="O8" s="10">
         <v>37.612614999999998</v>
       </c>
-      <c r="P8" s="26">
+      <c r="P8" s="11">
         <v>132.376364</v>
       </c>
     </row>
     <row r="9" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="44" t="s">
+      <c r="A9" s="60" t="s">
+        <v>38</v>
+      </c>
+      <c r="B9" s="61" t="s">
         <v>41</v>
       </c>
-      <c r="B9" s="47" t="s">
-[...3 lines deleted...]
-        <v>88</v>
+      <c r="C9" s="5" t="s">
+        <v>75</v>
       </c>
       <c r="D9" s="6"/>
       <c r="E9" s="6"/>
       <c r="F9" s="6"/>
       <c r="G9" s="6"/>
-      <c r="H9" s="23">
+      <c r="H9" s="8">
         <v>5.1456059999999999</v>
       </c>
       <c r="I9" s="6"/>
-      <c r="J9" s="23">
+      <c r="J9" s="8">
         <v>17.326711</v>
       </c>
       <c r="K9" s="6"/>
-      <c r="L9" s="23">
+      <c r="L9" s="8">
         <v>6.1741640000000002</v>
       </c>
-      <c r="M9" s="23">
+      <c r="M9" s="8">
         <v>4.0629569999999999</v>
       </c>
-      <c r="N9" s="23">
+      <c r="N9" s="8">
         <v>2.679433</v>
       </c>
-      <c r="O9" s="27"/>
-      <c r="P9" s="24">
+      <c r="O9" s="12"/>
+      <c r="P9" s="9">
         <v>35.388871000000002</v>
       </c>
     </row>
     <row r="10" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="45"/>
-[...2 lines deleted...]
-        <v>46</v>
+      <c r="A10" s="46"/>
+      <c r="B10" s="46"/>
+      <c r="C10" s="5" t="s">
+        <v>43</v>
       </c>
       <c r="D10" s="6"/>
       <c r="E10" s="6"/>
       <c r="F10" s="6"/>
       <c r="G10" s="6"/>
-      <c r="H10" s="23">
+      <c r="H10" s="8">
         <v>-4.6345049999999999</v>
       </c>
-      <c r="I10" s="23">
+      <c r="I10" s="8">
         <v>19.007439000000002</v>
       </c>
-      <c r="J10" s="23">
+      <c r="J10" s="8">
         <v>5.4637169999999999</v>
       </c>
-      <c r="K10" s="23">
+      <c r="K10" s="8">
         <v>4.1451539999999998</v>
       </c>
-      <c r="L10" s="23">
+      <c r="L10" s="8">
         <v>12.808959</v>
       </c>
-      <c r="M10" s="23">
+      <c r="M10" s="8">
         <v>0.26597199999999999</v>
       </c>
-      <c r="N10" s="23">
+      <c r="N10" s="8">
         <v>16.630535999999999</v>
       </c>
-      <c r="O10" s="28">
+      <c r="O10" s="13">
         <v>38.522199999999998</v>
       </c>
-      <c r="P10" s="24">
+      <c r="P10" s="9">
         <v>92.209472000000005</v>
       </c>
     </row>
     <row r="11" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="45"/>
-[...8 lines deleted...]
-      <c r="H11" s="25">
+      <c r="A11" s="46"/>
+      <c r="B11" s="47"/>
+      <c r="C11" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="D11" s="14"/>
+      <c r="E11" s="14"/>
+      <c r="F11" s="14"/>
+      <c r="G11" s="14"/>
+      <c r="H11" s="10">
         <v>0.51110100000000003</v>
       </c>
-      <c r="I11" s="25">
+      <c r="I11" s="10">
         <v>19.007439000000002</v>
       </c>
-      <c r="J11" s="25">
+      <c r="J11" s="10">
         <v>22.790427999999999</v>
       </c>
-      <c r="K11" s="25">
+      <c r="K11" s="10">
         <v>4.1451539999999998</v>
       </c>
-      <c r="L11" s="25">
+      <c r="L11" s="10">
         <v>18.983122999999999</v>
       </c>
-      <c r="M11" s="25">
+      <c r="M11" s="10">
         <v>4.3289289999999996</v>
       </c>
-      <c r="N11" s="25">
+      <c r="N11" s="10">
         <v>19.309968999999999</v>
       </c>
-      <c r="O11" s="25">
+      <c r="O11" s="10">
         <v>38.522199999999998</v>
       </c>
-      <c r="P11" s="26">
+      <c r="P11" s="11">
         <v>127.598343</v>
       </c>
     </row>
     <row r="12" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="46"/>
-[...8 lines deleted...]
-      <c r="H12" s="25">
+      <c r="A12" s="47"/>
+      <c r="B12" s="62" t="s">
+        <v>45</v>
+      </c>
+      <c r="C12" s="63"/>
+      <c r="D12" s="14"/>
+      <c r="E12" s="14"/>
+      <c r="F12" s="14"/>
+      <c r="G12" s="14"/>
+      <c r="H12" s="10">
         <v>0.51110100000000003</v>
       </c>
-      <c r="I12" s="25">
+      <c r="I12" s="10">
         <v>19.007439000000002</v>
       </c>
-      <c r="J12" s="25">
+      <c r="J12" s="10">
         <v>22.790427999999999</v>
       </c>
-      <c r="K12" s="25">
+      <c r="K12" s="10">
         <v>4.1451539999999998</v>
       </c>
-      <c r="L12" s="25">
+      <c r="L12" s="10">
         <v>18.983122999999999</v>
       </c>
-      <c r="M12" s="25">
+      <c r="M12" s="10">
         <v>4.3289289999999996</v>
       </c>
-      <c r="N12" s="25">
+      <c r="N12" s="10">
         <v>19.309968999999999</v>
       </c>
-      <c r="O12" s="25">
+      <c r="O12" s="10">
         <v>38.522199999999998</v>
       </c>
-      <c r="P12" s="26">
+      <c r="P12" s="11">
         <v>127.598343</v>
       </c>
     </row>
     <row r="13" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="50" t="s">
-[...4 lines deleted...]
-      <c r="D13" s="30">
+      <c r="A13" s="54" t="s">
+        <v>64</v>
+      </c>
+      <c r="B13" s="55"/>
+      <c r="C13" s="56"/>
+      <c r="D13" s="15">
         <v>1.9349339999999999</v>
       </c>
-      <c r="E13" s="30">
+      <c r="E13" s="15">
         <v>9.4045000000000004E-2</v>
       </c>
-      <c r="F13" s="30">
+      <c r="F13" s="15">
         <v>-0.556917</v>
       </c>
-      <c r="G13" s="30">
+      <c r="G13" s="15">
         <v>0.64906699999999995</v>
       </c>
-      <c r="H13" s="30">
+      <c r="H13" s="15">
         <v>2.6651929999999999</v>
       </c>
-      <c r="I13" s="30">
+      <c r="I13" s="15">
         <v>50.466574999999999</v>
       </c>
-      <c r="J13" s="30">
+      <c r="J13" s="15">
         <v>26.530076999999999</v>
       </c>
-      <c r="K13" s="30">
+      <c r="K13" s="15">
         <v>22.137345</v>
       </c>
-      <c r="L13" s="30">
+      <c r="L13" s="15">
         <v>31.970666999999999</v>
       </c>
-      <c r="M13" s="30">
+      <c r="M13" s="15">
         <v>6.9677829999999998</v>
       </c>
-      <c r="N13" s="30">
+      <c r="N13" s="15">
         <v>40.981122999999997</v>
       </c>
-      <c r="O13" s="30">
+      <c r="O13" s="15">
         <v>76.134815000000003</v>
       </c>
-      <c r="P13" s="31">
+      <c r="P13" s="16">
         <v>259.97470700000002</v>
       </c>
     </row>
     <row r="14" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="53"/>
-[...16 lines deleted...]
-    <row r="15" spans="1:16" s="32" customFormat="1" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="33"/>
+      <c r="B14" s="33"/>
+      <c r="C14" s="33"/>
+      <c r="D14" s="33"/>
+      <c r="E14" s="33"/>
+      <c r="F14" s="33"/>
+      <c r="G14" s="33"/>
+      <c r="H14" s="33"/>
+      <c r="I14" s="33"/>
+      <c r="J14" s="33"/>
+      <c r="K14" s="33"/>
+      <c r="L14" s="33"/>
+      <c r="M14" s="33"/>
+      <c r="N14" s="33"/>
+      <c r="O14" s="33"/>
+      <c r="P14" s="33"/>
+    </row>
+    <row r="15" spans="1:16" s="17" customFormat="1" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A15" s="57" t="s">
-        <v>89</v>
+        <v>76</v>
       </c>
       <c r="B15" s="58"/>
       <c r="C15" s="58"/>
       <c r="D15" s="58"/>
       <c r="E15" s="58"/>
       <c r="F15" s="58"/>
       <c r="G15" s="58"/>
       <c r="H15" s="58"/>
       <c r="I15" s="58"/>
       <c r="J15" s="58"/>
       <c r="K15" s="58"/>
       <c r="L15" s="58"/>
       <c r="M15" s="58"/>
       <c r="N15" s="58"/>
       <c r="O15" s="58"/>
       <c r="P15" s="59"/>
     </row>
     <row r="17" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="53"/>
-[...14 lines deleted...]
-      <c r="P17" s="53"/>
+      <c r="A17" s="33"/>
+      <c r="B17" s="33"/>
+      <c r="C17" s="33"/>
+      <c r="D17" s="33"/>
+      <c r="E17" s="33"/>
+      <c r="F17" s="33"/>
+      <c r="G17" s="33"/>
+      <c r="H17" s="33"/>
+      <c r="I17" s="33"/>
+      <c r="J17" s="33"/>
+      <c r="K17" s="33"/>
+      <c r="L17" s="33"/>
+      <c r="M17" s="33"/>
+      <c r="N17" s="33"/>
+      <c r="O17" s="33"/>
+      <c r="P17" s="33"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="17">
     <mergeCell ref="H1:P3"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:C5"/>
     <mergeCell ref="D4:O4"/>
     <mergeCell ref="P4:P5"/>
     <mergeCell ref="A13:C13"/>
     <mergeCell ref="A14:P14"/>
     <mergeCell ref="A15:P15"/>
     <mergeCell ref="A17:P17"/>
     <mergeCell ref="A6:A8"/>
     <mergeCell ref="B6:B7"/>
     <mergeCell ref="B8:C8"/>
     <mergeCell ref="A9:A12"/>
     <mergeCell ref="B9:B11"/>
     <mergeCell ref="B12:C12"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <customProperties>
+    <customPr name="GUID" r:id="rId1"/>
+  </customProperties>
+  <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>MI_2010</vt:lpstr>
       <vt:lpstr>UTE_2010</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>IBM Incorporated</Company>