--- v0 (2025-10-11)
+++ v1 (2025-11-01)
@@ -1,131 +1,99 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28324"/>
   <workbookPr defaultThemeVersion="123820"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\molle\Carpetas compartidas3\Planificación Comercial\MARIANA PUBLICA\Demandas WEB\VENTAS COMBUSTIBLES Merc.Int. - UTE\VENTAS MENSUALES Merc.Int._UTE\INFORMACION HISTÓRICA\INFORMACION HISTÓRICA_con_asfalto\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{47FAF6A8-BF68-4365-81AC-6AFB863CA934}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-15" yWindow="4545" windowWidth="24030" windowHeight="4605"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15990" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="MI_2020-12" sheetId="1" r:id="rId1"/>
     <sheet name="UTE_2020-12" sheetId="2" r:id="rId2"/>
   </sheets>
-  <calcPr calcId="144525"/>
+  <calcPr calcId="191029"/>
   <webPublishing codePage="1252"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="P56" i="1" l="1"/>
-[...51 lines deleted...]
-  <c r="P11" i="2"/>
+  <c r="P11" i="2" l="1"/>
   <c r="P10" i="2"/>
   <c r="P9" i="2"/>
   <c r="P8" i="2"/>
   <c r="P7" i="2"/>
   <c r="P6" i="2"/>
   <c r="P5" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113" uniqueCount="83">
   <si>
     <t xml:space="preserve">Detalle de Ventas de Combustibles - Mercado Interno </t>
   </si>
   <si>
     <t>(en miles de m3, corregidos a 15°C)</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>Total Año</t>
   </si>
   <si>
     <t>2020/01</t>
   </si>
   <si>
     <t>2020/02</t>
   </si>
   <si>
     <t>2020/03</t>
   </si>
   <si>
     <t>2020/04</t>
   </si>
   <si>
@@ -162,53 +130,50 @@
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>BUTANO</t>
     </r>
   </si>
   <si>
     <t>PROPANO</t>
   </si>
   <si>
-    <t>PROPANO INDUSTRIAL</t>
-[...1 lines deleted...]
-  <si>
     <t>SUPERGAS GRANEL</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>PROPANO</t>
     </r>
   </si>
   <si>
@@ -274,56 +239,50 @@
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>GAS OIL (1)</t>
     </r>
   </si>
   <si>
     <t>GASOLINAS (1)</t>
   </si>
   <si>
-    <t>PREMIUM 97 30-S</t>
-[...4 lines deleted...]
-  <si>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>GASOLINAS (1)</t>
     </r>
   </si>
   <si>
     <t>QUEROSENO</t>
   </si>
   <si>
@@ -526,137 +485,50 @@
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color rgb="FFFFFFFF"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color rgb="FFFFFFFF"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>SOLVENTES</t>
     </r>
   </si>
   <si>
-    <t>ASFALTOS</t>
-[...85 lines deleted...]
-  <si>
     <t>AZUFRE</t>
   </si>
   <si>
     <t>QUÍMICOS</t>
   </si>
   <si>
     <t>AZUFRE LÍQUIDO</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
@@ -776,55 +648,67 @@
   </si>
   <si>
     <t>GAS OIL</t>
   </si>
   <si>
     <t>(en miles de m3 - corregidos a 15°C)</t>
   </si>
   <si>
     <t xml:space="preserve">Detalle de Ventas de Combustibles - Mercado U.T.E. </t>
   </si>
   <si>
     <t xml:space="preserve"> Familia</t>
   </si>
   <si>
     <t>Línea</t>
   </si>
   <si>
     <t>Producto</t>
   </si>
   <si>
     <t>2020/12</t>
   </si>
   <si>
     <t>elaborado y emitido por G.V.C.L. y E. - (P.C.) lt</t>
   </si>
+  <si>
+    <t>PROPANO INDUSTRIAL(GLP GRANEL)</t>
+  </si>
+  <si>
+    <t>PREMIUM 97</t>
+  </si>
+  <si>
+    <t>SUPER 95</t>
+  </si>
+  <si>
+    <t>informe elaborado y emitido por G.V.C.L. y E. - (P.C.) lt</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.000;\-#,##0.000;\ \ "/>
     <numFmt numFmtId="165" formatCode="#,##0.000;\-#,##0.000;\ "/>
     <numFmt numFmtId="166" formatCode="#,##0.000"/>
   </numFmts>
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FFFFFFFF"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="8"/>
       <color rgb="FFFFFFFF"/>
       <name val="Tahoma"/>
@@ -927,51 +811,51 @@
       <patternFill patternType="solid">
         <fgColor rgb="FFE6E6E6"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF2F1F1"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF666699"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000080"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDFDFDF"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="23">
+  <borders count="26">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FFC0C0C0"/>
       </left>
       <right/>
       <top style="medium">
         <color rgb="FFC0C0C0"/>
       </top>
       <bottom style="medium">
         <color rgb="FFC0C0C0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color rgb="FFC0C0C0"/>
@@ -1200,228 +1084,311 @@
     </border>
     <border>
       <left style="medium">
         <color rgb="FFC0C0C0"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color rgb="FFC0C0C0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color rgb="FF93B1CD"/>
       </right>
       <top/>
       <bottom style="medium">
         <color rgb="FFC0C0C0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color rgb="FFFFC728"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FFCCCCCC"/>
+      </left>
       <right style="medium">
-        <color rgb="FF608BB4"/>
+        <color rgb="FFCCCCCC"/>
       </right>
       <top/>
       <bottom style="medium">
-        <color rgb="FFC0C0C0"/>
+        <color rgb="FFCCCCCC"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FFA2C4E0"/>
+      </left>
+      <right style="medium">
+        <color rgb="FFA2C4E0"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color rgb="FFA2C4E0"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="52">
+  <cellXfs count="71">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="9" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="7" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="8" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="10" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="10" fillId="6" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="11" fillId="6" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="166" fontId="11" fillId="9" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="166" fontId="10" fillId="9" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="166" fontId="11" fillId="6" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="166" fontId="10" fillId="6" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="166" fontId="11" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="166" fontId="7" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-[...25 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="8" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="5" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="14" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="7" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="8" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="14" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="22" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="22" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="23" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="3" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="3" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="165" fontId="10" fillId="6" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="6" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="19" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="24" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="25" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="8" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="18" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="19" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="10" fillId="9" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="9" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>14</xdr:col>
       <xdr:colOff>342900</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
       <xdr:colOff>685800</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="4 Imagen" descr="cid:image001.png@01CEF682.E79D4C30"/>
+        <xdr:cNvPr id="5" name="4 Imagen" descr="cid:image001.png@01CEF682.E79D4C30">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000005000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="12487275" y="95250"/>
           <a:ext cx="1009650" cy="228600"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
@@ -1429,127 +1396,133 @@
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>14</xdr:col>
       <xdr:colOff>361950</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>66675</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
       <xdr:colOff>704850</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>104775</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="3 Imagen" descr="cid:image001.png@01CEF682.E79D4C30"/>
+        <xdr:cNvPr id="4" name="3 Imagen" descr="cid:image001.png@01CEF682.E79D4C30">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000004000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="11249025" y="66675"/>
           <a:ext cx="1009650" cy="228600"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1577,51 +1550,51 @@
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1747,3245 +1720,2874 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:P63"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:P57"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <pane xSplit="3" ySplit="4" topLeftCell="D49" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="3" ySplit="4" topLeftCell="D5" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
-      <selection pane="bottomRight" activeCell="P55" sqref="P55"/>
+      <selection pane="bottomRight" activeCell="S11" sqref="S11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="25.7109375" customWidth="1"/>
+    <col min="1" max="1" width="24.5703125" customWidth="1"/>
     <col min="2" max="2" width="13.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="32.7109375" bestFit="1" customWidth="1"/>
-    <col min="4" max="14" width="10" bestFit="1" customWidth="1"/>
-    <col min="15" max="15" width="10" style="23" customWidth="1"/>
+    <col min="4" max="15" width="10" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="11.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="1" t="s">
+      <c r="A1" s="42" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
-      <c r="H1" s="39"/>
-[...10 lines deleted...]
-      <c r="A2" s="38" t="s">
+      <c r="H1" s="17"/>
+      <c r="I1" s="17"/>
+      <c r="J1" s="17"/>
+      <c r="K1" s="17"/>
+      <c r="L1" s="17"/>
+      <c r="M1" s="17"/>
+      <c r="N1" s="17"/>
+      <c r="O1" s="17"/>
+      <c r="P1" s="17"/>
+    </row>
+    <row r="2" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="A2" s="16" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="39"/>
-[...13 lines deleted...]
-      <c r="P2" s="39"/>
+      <c r="B2" s="17"/>
+      <c r="C2" s="17"/>
+      <c r="D2" s="17"/>
+      <c r="E2" s="17"/>
+      <c r="F2" s="17"/>
+      <c r="G2" s="17"/>
+      <c r="H2" s="17"/>
+      <c r="I2" s="17"/>
+      <c r="J2" s="17"/>
+      <c r="K2" s="17"/>
+      <c r="L2" s="17"/>
+      <c r="M2" s="17"/>
+      <c r="N2" s="17"/>
+      <c r="O2" s="17"/>
+      <c r="P2" s="17"/>
     </row>
     <row r="3" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="42" t="s">
-[...8 lines deleted...]
-      <c r="D3" s="48" t="s">
+      <c r="A3" s="43"/>
+      <c r="B3" s="43"/>
+      <c r="C3" s="43"/>
+      <c r="D3" s="43"/>
+      <c r="E3" s="43"/>
+      <c r="F3" s="43"/>
+      <c r="G3" s="43"/>
+      <c r="H3" s="44"/>
+      <c r="I3" s="44"/>
+      <c r="J3" s="44"/>
+      <c r="K3" s="44"/>
+      <c r="L3" s="44"/>
+      <c r="M3" s="44"/>
+      <c r="N3" s="44"/>
+      <c r="O3" s="44"/>
+      <c r="P3" s="44"/>
+    </row>
+    <row r="4" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="45"/>
+      <c r="B4" s="46"/>
+      <c r="C4" s="46"/>
+      <c r="D4" s="47" t="s">
         <v>2</v>
       </c>
-      <c r="E3" s="49"/>
-[...10 lines deleted...]
-      <c r="P3" s="40" t="s">
+      <c r="E4" s="48"/>
+      <c r="F4" s="48"/>
+      <c r="G4" s="48"/>
+      <c r="H4" s="48"/>
+      <c r="I4" s="48"/>
+      <c r="J4" s="48"/>
+      <c r="K4" s="48"/>
+      <c r="L4" s="48"/>
+      <c r="M4" s="48"/>
+      <c r="N4" s="48"/>
+      <c r="O4" s="49"/>
+      <c r="P4" s="18" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="4" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="D4" s="3" t="s">
+    <row r="5" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="50"/>
+      <c r="B5" s="50"/>
+      <c r="C5" s="50"/>
+      <c r="D5" s="51" t="s">
         <v>4</v>
       </c>
-      <c r="E4" s="3" t="s">
+      <c r="E5" s="51" t="s">
         <v>5</v>
       </c>
-      <c r="F4" s="3" t="s">
+      <c r="F5" s="51" t="s">
         <v>6</v>
       </c>
-      <c r="G4" s="3" t="s">
+      <c r="G5" s="51" t="s">
         <v>7</v>
       </c>
-      <c r="H4" s="3" t="s">
+      <c r="H5" s="51" t="s">
         <v>8</v>
       </c>
-      <c r="I4" s="3" t="s">
+      <c r="I5" s="51" t="s">
         <v>9</v>
       </c>
-      <c r="J4" s="3" t="s">
+      <c r="J5" s="51" t="s">
         <v>10</v>
       </c>
-      <c r="K4" s="3" t="s">
+      <c r="K5" s="51" t="s">
         <v>11</v>
       </c>
-      <c r="L4" s="3" t="s">
+      <c r="L5" s="51" t="s">
         <v>12</v>
       </c>
-      <c r="M4" s="3" t="s">
+      <c r="M5" s="51" t="s">
         <v>13</v>
       </c>
-      <c r="N4" s="3" t="s">
+      <c r="N5" s="51" t="s">
         <v>14</v>
       </c>
-      <c r="O4" s="3" t="s">
-[...5 lines deleted...]
-      <c r="A5" s="29" t="s">
+      <c r="O5" s="51" t="s">
+        <v>77</v>
+      </c>
+      <c r="P5" s="19"/>
+    </row>
+    <row r="6" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="52" t="s">
         <v>15</v>
       </c>
-      <c r="B5" s="32" t="s">
+      <c r="B6" s="53" t="s">
         <v>16</v>
       </c>
-      <c r="C5" s="4" t="s">
+      <c r="C6" s="54" t="s">
         <v>17</v>
       </c>
-      <c r="D5" s="6">
+      <c r="D6" s="55">
         <v>5.0819999999999997E-3</v>
       </c>
-      <c r="E5" s="6">
+      <c r="E6" s="55">
         <v>7.345E-3</v>
       </c>
-      <c r="F5" s="6">
+      <c r="F6" s="55">
         <v>3.1830000000000001E-3</v>
       </c>
-      <c r="G5" s="6">
+      <c r="G6" s="55">
         <v>3.2009999999999999E-3</v>
       </c>
-      <c r="H5" s="6">
+      <c r="H6" s="55">
         <v>5.2940000000000001E-3</v>
       </c>
-      <c r="I5" s="6">
+      <c r="I6" s="55">
         <v>7.3489999999999996E-3</v>
       </c>
-      <c r="J5" s="6">
+      <c r="J6" s="55">
         <v>7.5929999999999999E-3</v>
       </c>
-      <c r="K5" s="6">
+      <c r="K6" s="55">
         <v>4.8669999999999998E-3</v>
       </c>
-      <c r="L5" s="6">
+      <c r="L6" s="55">
         <v>1.141E-2</v>
       </c>
-      <c r="M5" s="6">
+      <c r="M6" s="55">
         <v>5.718E-3</v>
       </c>
-      <c r="N5" s="6">
+      <c r="N6" s="55">
         <v>6.4539999999999997E-3</v>
       </c>
-      <c r="O5" s="6">
+      <c r="O6" s="55">
         <v>6.3220000000000004E-3</v>
       </c>
-      <c r="P5" s="7">
-[...7 lines deleted...]
-      <c r="C6" s="8" t="s">
+      <c r="P6" s="56">
+        <v>7.3817999999999995E-2</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="27"/>
+      <c r="B7" s="28"/>
+      <c r="C7" s="57" t="s">
         <v>18</v>
       </c>
-      <c r="D6" s="10">
+      <c r="D7" s="58">
         <v>5.0819999999999997E-3</v>
       </c>
-      <c r="E6" s="10">
+      <c r="E7" s="58">
         <v>7.345E-3</v>
       </c>
-      <c r="F6" s="10">
+      <c r="F7" s="58">
         <v>3.1830000000000001E-3</v>
       </c>
-      <c r="G6" s="10">
+      <c r="G7" s="58">
         <v>3.2009999999999999E-3</v>
       </c>
-      <c r="H6" s="10">
+      <c r="H7" s="58">
         <v>5.2940000000000001E-3</v>
       </c>
-      <c r="I6" s="10">
+      <c r="I7" s="58">
         <v>7.3489999999999996E-3</v>
       </c>
-      <c r="J6" s="10">
+      <c r="J7" s="58">
         <v>7.5929999999999999E-3</v>
       </c>
-      <c r="K6" s="10">
+      <c r="K7" s="58">
         <v>4.8669999999999998E-3</v>
       </c>
-      <c r="L6" s="10">
+      <c r="L7" s="58">
         <v>1.141E-2</v>
       </c>
-      <c r="M6" s="10">
+      <c r="M7" s="58">
         <v>5.718E-3</v>
       </c>
-      <c r="N6" s="10">
+      <c r="N7" s="58">
         <v>6.4539999999999997E-3</v>
       </c>
-      <c r="O6" s="10">
+      <c r="O7" s="58">
         <v>6.3220000000000004E-3</v>
       </c>
-      <c r="P6" s="11">
-[...6 lines deleted...]
-      <c r="B7" s="32" t="s">
+      <c r="P7" s="59">
+        <v>7.3817999999999995E-2</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="27"/>
+      <c r="B8" s="53" t="s">
         <v>19</v>
       </c>
-      <c r="C7" s="4" t="s">
+      <c r="C8" s="54" t="s">
+        <v>79</v>
+      </c>
+      <c r="D8" s="55">
+        <v>0.47540199999999999</v>
+      </c>
+      <c r="E8" s="55">
+        <v>0.46745199999999998</v>
+      </c>
+      <c r="F8" s="55">
+        <v>0.46684300000000001</v>
+      </c>
+      <c r="G8" s="55">
+        <v>0.58292999999999995</v>
+      </c>
+      <c r="H8" s="55">
+        <v>0.58931900000000004</v>
+      </c>
+      <c r="I8" s="55">
+        <v>0.53969599999999995</v>
+      </c>
+      <c r="J8" s="55">
+        <v>0.61598600000000003</v>
+      </c>
+      <c r="K8" s="55">
+        <v>0.48616999999999999</v>
+      </c>
+      <c r="L8" s="55">
+        <v>0.51954500000000003</v>
+      </c>
+      <c r="M8" s="55">
+        <v>0.58712200000000003</v>
+      </c>
+      <c r="N8" s="55">
+        <v>0.422707</v>
+      </c>
+      <c r="O8" s="55">
+        <v>0.44013099999999999</v>
+      </c>
+      <c r="P8" s="56">
+        <v>6.1933030000000002</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="27"/>
+      <c r="B9" s="27"/>
+      <c r="C9" s="54" t="s">
         <v>20</v>
       </c>
-      <c r="D7" s="6">
-[...43 lines deleted...]
-      <c r="C8" s="4" t="s">
+      <c r="D9" s="55">
+        <v>2.1782910000000002</v>
+      </c>
+      <c r="E9" s="55">
+        <v>2.1639370000000002</v>
+      </c>
+      <c r="F9" s="55">
+        <v>2.2866409999999999</v>
+      </c>
+      <c r="G9" s="55">
+        <v>3.3002020000000001</v>
+      </c>
+      <c r="H9" s="55">
+        <v>2.8062520000000002</v>
+      </c>
+      <c r="I9" s="55">
+        <v>3.307544</v>
+      </c>
+      <c r="J9" s="55">
+        <v>3.8094709999999998</v>
+      </c>
+      <c r="K9" s="55">
+        <v>3.3360829999999999</v>
+      </c>
+      <c r="L9" s="55">
+        <v>3.1793260000000001</v>
+      </c>
+      <c r="M9" s="55">
+        <v>2.779938</v>
+      </c>
+      <c r="N9" s="55">
+        <v>2.4026510000000001</v>
+      </c>
+      <c r="O9" s="55">
+        <v>2.2429990000000002</v>
+      </c>
+      <c r="P9" s="56">
+        <v>33.793334999999999</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="27"/>
+      <c r="B10" s="28"/>
+      <c r="C10" s="57" t="s">
         <v>21</v>
       </c>
-      <c r="D8" s="6">
-[...43 lines deleted...]
-      <c r="C9" s="8" t="s">
+      <c r="D10" s="58">
+        <v>2.6536930000000001</v>
+      </c>
+      <c r="E10" s="58">
+        <v>2.631389</v>
+      </c>
+      <c r="F10" s="58">
+        <v>2.7534839999999998</v>
+      </c>
+      <c r="G10" s="58">
+        <v>3.8831319999999998</v>
+      </c>
+      <c r="H10" s="58">
+        <v>3.3955709999999999</v>
+      </c>
+      <c r="I10" s="58">
+        <v>3.8472400000000002</v>
+      </c>
+      <c r="J10" s="58">
+        <v>4.4254569999999998</v>
+      </c>
+      <c r="K10" s="58">
+        <v>3.8222529999999999</v>
+      </c>
+      <c r="L10" s="58">
+        <v>3.698871</v>
+      </c>
+      <c r="M10" s="58">
+        <v>3.3670599999999999</v>
+      </c>
+      <c r="N10" s="58">
+        <v>2.825358</v>
+      </c>
+      <c r="O10" s="58">
+        <v>2.6831299999999998</v>
+      </c>
+      <c r="P10" s="59">
+        <v>39.986637999999999</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="27"/>
+      <c r="B11" s="53" t="s">
         <v>22</v>
       </c>
-      <c r="D9" s="10">
-[...42 lines deleted...]
-      <c r="B10" s="32" t="s">
+      <c r="C11" s="54" t="s">
+        <v>22</v>
+      </c>
+      <c r="D11" s="55">
+        <v>11.616542000000001</v>
+      </c>
+      <c r="E11" s="55">
+        <v>10.189942</v>
+      </c>
+      <c r="F11" s="55">
+        <v>14.729407</v>
+      </c>
+      <c r="G11" s="55">
+        <v>14.637460000000001</v>
+      </c>
+      <c r="H11" s="55">
+        <v>17.362196000000001</v>
+      </c>
+      <c r="I11" s="55">
+        <v>22.409516</v>
+      </c>
+      <c r="J11" s="55">
+        <v>26.815594000000001</v>
+      </c>
+      <c r="K11" s="55">
+        <v>20.419022999999999</v>
+      </c>
+      <c r="L11" s="55">
+        <v>19.894254</v>
+      </c>
+      <c r="M11" s="55">
+        <v>14.621772999999999</v>
+      </c>
+      <c r="N11" s="55">
+        <v>12.606794000000001</v>
+      </c>
+      <c r="O11" s="55">
+        <v>13.844528</v>
+      </c>
+      <c r="P11" s="56">
+        <v>199.147029</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="27"/>
+      <c r="B12" s="28"/>
+      <c r="C12" s="57" t="s">
         <v>23</v>
       </c>
-      <c r="C10" s="4" t="s">
-[...2 lines deleted...]
-      <c r="D10" s="6">
+      <c r="D12" s="58">
         <v>11.616542000000001</v>
       </c>
-      <c r="E10" s="6">
+      <c r="E12" s="58">
         <v>10.189942</v>
       </c>
-      <c r="F10" s="6">
+      <c r="F12" s="58">
         <v>14.729407</v>
       </c>
-      <c r="G10" s="6">
+      <c r="G12" s="58">
         <v>14.637460000000001</v>
       </c>
-      <c r="H10" s="6">
+      <c r="H12" s="58">
         <v>17.362196000000001</v>
       </c>
-      <c r="I10" s="6">
+      <c r="I12" s="58">
         <v>22.409516</v>
       </c>
-      <c r="J10" s="6">
+      <c r="J12" s="58">
         <v>26.815594000000001</v>
       </c>
-      <c r="K10" s="6">
+      <c r="K12" s="58">
         <v>20.419022999999999</v>
       </c>
-      <c r="L10" s="6">
+      <c r="L12" s="58">
         <v>19.894254</v>
       </c>
-      <c r="M10" s="6">
+      <c r="M12" s="58">
         <v>14.621772999999999</v>
       </c>
-      <c r="N10" s="6">
+      <c r="N12" s="58">
         <v>12.606794000000001</v>
       </c>
-      <c r="O10" s="6">
+      <c r="O12" s="58">
         <v>13.844528</v>
       </c>
-      <c r="P10" s="7">
-[...7 lines deleted...]
-      <c r="C11" s="8" t="s">
+      <c r="P12" s="59">
+        <v>199.147029</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="28"/>
+      <c r="B13" s="60" t="s">
         <v>24</v>
       </c>
-      <c r="D11" s="10">
-[...42 lines deleted...]
-      <c r="B12" s="33" t="s">
+      <c r="C13" s="61"/>
+      <c r="D13" s="58">
+        <v>14.275316999999999</v>
+      </c>
+      <c r="E13" s="58">
+        <v>12.828676</v>
+      </c>
+      <c r="F13" s="58">
+        <v>17.486073999999999</v>
+      </c>
+      <c r="G13" s="58">
+        <v>18.523793000000001</v>
+      </c>
+      <c r="H13" s="58">
+        <v>20.763061</v>
+      </c>
+      <c r="I13" s="58">
+        <v>26.264105000000001</v>
+      </c>
+      <c r="J13" s="58">
+        <v>31.248643999999999</v>
+      </c>
+      <c r="K13" s="58">
+        <v>24.246143</v>
+      </c>
+      <c r="L13" s="58">
+        <v>23.604534999999998</v>
+      </c>
+      <c r="M13" s="58">
+        <v>17.994551000000001</v>
+      </c>
+      <c r="N13" s="58">
+        <v>15.438606</v>
+      </c>
+      <c r="O13" s="58">
+        <v>16.53398</v>
+      </c>
+      <c r="P13" s="59">
+        <v>239.20748499999999</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="52" t="s">
         <v>25</v>
       </c>
-      <c r="C12" s="34"/>
-[...42 lines deleted...]
-      <c r="A13" s="29" t="s">
+      <c r="B14" s="53" t="s">
         <v>26</v>
       </c>
-      <c r="B13" s="32" t="s">
+      <c r="C14" s="54" t="s">
         <v>27</v>
       </c>
-      <c r="C13" s="4" t="s">
+      <c r="D14" s="55">
+        <v>1.3215030000000001</v>
+      </c>
+      <c r="E14" s="55">
+        <v>0.94363599999900005</v>
+      </c>
+      <c r="F14" s="55">
+        <v>0.63024899999999995</v>
+      </c>
+      <c r="G14" s="55">
+        <v>0.34566200000000002</v>
+      </c>
+      <c r="H14" s="55">
+        <v>0.44535799999999998</v>
+      </c>
+      <c r="I14" s="55">
+        <v>0.51288999999999996</v>
+      </c>
+      <c r="J14" s="55">
+        <v>0.61119199999899998</v>
+      </c>
+      <c r="K14" s="55">
+        <v>0.55017199999999999</v>
+      </c>
+      <c r="L14" s="55">
+        <v>0.63053000000000003</v>
+      </c>
+      <c r="M14" s="55">
+        <v>0.59521000000000002</v>
+      </c>
+      <c r="N14" s="55">
+        <v>0.67992900000000001</v>
+      </c>
+      <c r="O14" s="55">
+        <v>0.77865899999999999</v>
+      </c>
+      <c r="P14" s="56">
+        <v>8.0449900000000003</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="27"/>
+      <c r="B15" s="27"/>
+      <c r="C15" s="54" t="s">
         <v>28</v>
       </c>
-      <c r="D13" s="6">
-[...43 lines deleted...]
-      <c r="C14" s="4" t="s">
+      <c r="D15" s="55">
+        <v>67.645483999999001</v>
+      </c>
+      <c r="E15" s="55">
+        <v>68.606515999999999</v>
+      </c>
+      <c r="F15" s="55">
+        <v>72.908443000000005</v>
+      </c>
+      <c r="G15" s="55">
+        <v>72.005395999998996</v>
+      </c>
+      <c r="H15" s="55">
+        <v>74.082462000000007</v>
+      </c>
+      <c r="I15" s="55">
+        <v>66.407580999999993</v>
+      </c>
+      <c r="J15" s="55">
+        <v>72.148943000000003</v>
+      </c>
+      <c r="K15" s="55">
+        <v>70.690512999999996</v>
+      </c>
+      <c r="L15" s="55">
+        <v>73.768917000000002</v>
+      </c>
+      <c r="M15" s="55">
+        <v>81.304990000000004</v>
+      </c>
+      <c r="N15" s="55">
+        <v>85.335269999999994</v>
+      </c>
+      <c r="O15" s="55">
+        <v>79.886861999998999</v>
+      </c>
+      <c r="P15" s="56">
+        <v>884.79137700000103</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="27"/>
+      <c r="B16" s="28"/>
+      <c r="C16" s="57" t="s">
         <v>29</v>
       </c>
-      <c r="D14" s="6">
-[...43 lines deleted...]
-      <c r="C15" s="8" t="s">
+      <c r="D16" s="58">
+        <v>68.966986999998994</v>
+      </c>
+      <c r="E16" s="58">
+        <v>69.550151999999997</v>
+      </c>
+      <c r="F16" s="58">
+        <v>73.538691999999998</v>
+      </c>
+      <c r="G16" s="58">
+        <v>72.351057999999</v>
+      </c>
+      <c r="H16" s="58">
+        <v>74.527820000000006</v>
+      </c>
+      <c r="I16" s="58">
+        <v>66.920471000000006</v>
+      </c>
+      <c r="J16" s="58">
+        <v>72.760135000000005</v>
+      </c>
+      <c r="K16" s="58">
+        <v>71.240684999999999</v>
+      </c>
+      <c r="L16" s="58">
+        <v>74.399446999999995</v>
+      </c>
+      <c r="M16" s="58">
+        <v>81.900199999999998</v>
+      </c>
+      <c r="N16" s="58">
+        <v>86.015198999999996</v>
+      </c>
+      <c r="O16" s="58">
+        <v>80.665520999999003</v>
+      </c>
+      <c r="P16" s="59">
+        <v>892.83636700000102</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="27"/>
+      <c r="B17" s="53" t="s">
         <v>30</v>
       </c>
-      <c r="D15" s="10">
-[...42 lines deleted...]
-      <c r="B16" s="32" t="s">
+      <c r="C17" s="54" t="s">
+        <v>80</v>
+      </c>
+      <c r="D17" s="55">
+        <v>9.1885480000000008</v>
+      </c>
+      <c r="E17" s="55">
+        <v>8.3551520000000004</v>
+      </c>
+      <c r="F17" s="55">
+        <v>5.8589789999999997</v>
+      </c>
+      <c r="G17" s="55">
+        <v>3.9373019999999999</v>
+      </c>
+      <c r="H17" s="55">
+        <v>5.2488599999999996</v>
+      </c>
+      <c r="I17" s="55">
+        <v>6.2630420000000004</v>
+      </c>
+      <c r="J17" s="55">
+        <v>7.4103380000000003</v>
+      </c>
+      <c r="K17" s="55">
+        <v>7.2158689999990004</v>
+      </c>
+      <c r="L17" s="55">
+        <v>7.7243310000000003</v>
+      </c>
+      <c r="M17" s="55">
+        <v>8.320513</v>
+      </c>
+      <c r="N17" s="55">
+        <v>7.5972989999990004</v>
+      </c>
+      <c r="O17" s="55">
+        <v>9.7172020000000003</v>
+      </c>
+      <c r="P17" s="56">
+        <v>86.837434999999999</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="27"/>
+      <c r="B18" s="27"/>
+      <c r="C18" s="54" t="s">
+        <v>81</v>
+      </c>
+      <c r="D18" s="55">
+        <v>69.368207999999001</v>
+      </c>
+      <c r="E18" s="55">
+        <v>64.474985000000004</v>
+      </c>
+      <c r="F18" s="55">
+        <v>51.991754999999003</v>
+      </c>
+      <c r="G18" s="55">
+        <v>40.721314999999997</v>
+      </c>
+      <c r="H18" s="55">
+        <v>48.044414999998999</v>
+      </c>
+      <c r="I18" s="55">
+        <v>55.399042999999999</v>
+      </c>
+      <c r="J18" s="55">
+        <v>62.888086999999999</v>
+      </c>
+      <c r="K18" s="55">
+        <v>59.973933000000002</v>
+      </c>
+      <c r="L18" s="55">
+        <v>63.204861000000001</v>
+      </c>
+      <c r="M18" s="55">
+        <v>67.140466999999006</v>
+      </c>
+      <c r="N18" s="55">
+        <v>62.453757000000003</v>
+      </c>
+      <c r="O18" s="55">
+        <v>71.484790000000004</v>
+      </c>
+      <c r="P18" s="56">
+        <v>717.14561600000104</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="27"/>
+      <c r="B19" s="28"/>
+      <c r="C19" s="57" t="s">
         <v>31</v>
       </c>
-      <c r="C16" s="4" t="s">
+      <c r="D19" s="58">
+        <v>78.556755999998998</v>
+      </c>
+      <c r="E19" s="58">
+        <v>72.830136999999993</v>
+      </c>
+      <c r="F19" s="58">
+        <v>57.850733999999001</v>
+      </c>
+      <c r="G19" s="58">
+        <v>44.658617</v>
+      </c>
+      <c r="H19" s="58">
+        <v>53.293274999998999</v>
+      </c>
+      <c r="I19" s="58">
+        <v>61.662084999999998</v>
+      </c>
+      <c r="J19" s="58">
+        <v>70.298424999999995</v>
+      </c>
+      <c r="K19" s="58">
+        <v>67.189802</v>
+      </c>
+      <c r="L19" s="58">
+        <v>70.929192</v>
+      </c>
+      <c r="M19" s="58">
+        <v>75.460979999998997</v>
+      </c>
+      <c r="N19" s="58">
+        <v>70.051056000000003</v>
+      </c>
+      <c r="O19" s="58">
+        <v>81.201992000000004</v>
+      </c>
+      <c r="P19" s="59">
+        <v>803.98305100000096</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="27"/>
+      <c r="B20" s="53" t="s">
         <v>32</v>
       </c>
-      <c r="D16" s="6">
-[...43 lines deleted...]
-      <c r="C17" s="4" t="s">
+      <c r="C20" s="54" t="s">
         <v>33</v>
       </c>
-      <c r="D17" s="6">
-[...43 lines deleted...]
-      <c r="C18" s="8" t="s">
+      <c r="D20" s="55">
+        <v>0.300541</v>
+      </c>
+      <c r="E20" s="55">
+        <v>0.28586499999999998</v>
+      </c>
+      <c r="F20" s="55">
+        <v>0.329594</v>
+      </c>
+      <c r="G20" s="55">
+        <v>0.37523499999999999</v>
+      </c>
+      <c r="H20" s="55">
+        <v>0.59887500000000005</v>
+      </c>
+      <c r="I20" s="55">
+        <v>0.78018500000000002</v>
+      </c>
+      <c r="J20" s="55">
+        <v>0.931585</v>
+      </c>
+      <c r="K20" s="55">
+        <v>0.660999</v>
+      </c>
+      <c r="L20" s="55">
+        <v>0.60779399999999995</v>
+      </c>
+      <c r="M20" s="55">
+        <v>0.36349799999999999</v>
+      </c>
+      <c r="N20" s="55">
+        <v>0.31284800000000001</v>
+      </c>
+      <c r="O20" s="55">
+        <v>0.32770700000000003</v>
+      </c>
+      <c r="P20" s="56">
+        <v>5.8747259999999999</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="27"/>
+      <c r="B21" s="28"/>
+      <c r="C21" s="57" t="s">
         <v>34</v>
       </c>
-      <c r="D18" s="10">
-[...42 lines deleted...]
-      <c r="B19" s="32" t="s">
+      <c r="D21" s="58">
+        <v>0.300541</v>
+      </c>
+      <c r="E21" s="58">
+        <v>0.28586499999999998</v>
+      </c>
+      <c r="F21" s="58">
+        <v>0.329594</v>
+      </c>
+      <c r="G21" s="58">
+        <v>0.37523499999999999</v>
+      </c>
+      <c r="H21" s="58">
+        <v>0.59887500000000005</v>
+      </c>
+      <c r="I21" s="58">
+        <v>0.78018500000000002</v>
+      </c>
+      <c r="J21" s="58">
+        <v>0.931585</v>
+      </c>
+      <c r="K21" s="58">
+        <v>0.660999</v>
+      </c>
+      <c r="L21" s="58">
+        <v>0.60779399999999995</v>
+      </c>
+      <c r="M21" s="58">
+        <v>0.36349799999999999</v>
+      </c>
+      <c r="N21" s="58">
+        <v>0.31284800000000001</v>
+      </c>
+      <c r="O21" s="58">
+        <v>0.32770700000000003</v>
+      </c>
+      <c r="P21" s="59">
+        <v>5.8747259999999999</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="28"/>
+      <c r="B22" s="60" t="s">
         <v>35</v>
       </c>
-      <c r="C19" s="4" t="s">
+      <c r="C22" s="61"/>
+      <c r="D22" s="58">
+        <v>147.82428400000001</v>
+      </c>
+      <c r="E22" s="58">
+        <v>142.66615400000001</v>
+      </c>
+      <c r="F22" s="58">
+        <v>131.71902</v>
+      </c>
+      <c r="G22" s="58">
+        <v>117.38491</v>
+      </c>
+      <c r="H22" s="58">
+        <v>128.41997000000001</v>
+      </c>
+      <c r="I22" s="58">
+        <v>129.362741</v>
+      </c>
+      <c r="J22" s="58">
+        <v>143.99014500000001</v>
+      </c>
+      <c r="K22" s="58">
+        <v>139.091486</v>
+      </c>
+      <c r="L22" s="58">
+        <v>145.93643299999999</v>
+      </c>
+      <c r="M22" s="58">
+        <v>157.72467800000001</v>
+      </c>
+      <c r="N22" s="58">
+        <v>156.37910300000101</v>
+      </c>
+      <c r="O22" s="58">
+        <v>162.19522000000001</v>
+      </c>
+      <c r="P22" s="59">
+        <v>1702.6941440000001</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="52" t="s">
         <v>36</v>
       </c>
-      <c r="D19" s="6">
-[...43 lines deleted...]
-      <c r="C20" s="8" t="s">
+      <c r="B23" s="53" t="s">
         <v>37</v>
       </c>
-      <c r="D20" s="10">
-[...42 lines deleted...]
-      <c r="B21" s="33" t="s">
+      <c r="C23" s="54" t="s">
         <v>38</v>
       </c>
-      <c r="C21" s="34"/>
-[...42 lines deleted...]
-      <c r="A22" s="29" t="s">
+      <c r="D23" s="55">
+        <v>1.102706</v>
+      </c>
+      <c r="E23" s="55">
+        <v>1.322384</v>
+      </c>
+      <c r="F23" s="55">
+        <v>1.3035099999999999</v>
+      </c>
+      <c r="G23" s="55">
+        <v>1.240821</v>
+      </c>
+      <c r="H23" s="55">
+        <v>1.6649620000000001</v>
+      </c>
+      <c r="I23" s="55">
+        <v>2.4288069999999999</v>
+      </c>
+      <c r="J23" s="55">
+        <v>2.9489489999999998</v>
+      </c>
+      <c r="K23" s="55">
+        <v>2.4789889999999999</v>
+      </c>
+      <c r="L23" s="55">
+        <v>2.5654910000000002</v>
+      </c>
+      <c r="M23" s="55">
+        <v>1.8167930000000001</v>
+      </c>
+      <c r="N23" s="55">
+        <v>1.210208</v>
+      </c>
+      <c r="O23" s="55">
+        <v>1.2547429999999999</v>
+      </c>
+      <c r="P23" s="56">
+        <v>21.338363000000001</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="27"/>
+      <c r="B24" s="27"/>
+      <c r="C24" s="54" t="s">
         <v>39</v>
       </c>
-      <c r="B22" s="32" t="s">
+      <c r="D24" s="55">
+        <v>2.1472660000000001</v>
+      </c>
+      <c r="E24" s="55">
+        <v>1.950361</v>
+      </c>
+      <c r="F24" s="55">
+        <v>2.0529160000000002</v>
+      </c>
+      <c r="G24" s="55">
+        <v>2.1067710000000002</v>
+      </c>
+      <c r="H24" s="55">
+        <v>2.2055850000000001</v>
+      </c>
+      <c r="I24" s="55">
+        <v>2.142636</v>
+      </c>
+      <c r="J24" s="55">
+        <v>2.5298929999999999</v>
+      </c>
+      <c r="K24" s="55">
+        <v>2.6082730000000001</v>
+      </c>
+      <c r="L24" s="55">
+        <v>2.7624420000000001</v>
+      </c>
+      <c r="M24" s="55">
+        <v>3.0718109999999998</v>
+      </c>
+      <c r="N24" s="55">
+        <v>2.6364230000000002</v>
+      </c>
+      <c r="O24" s="55">
+        <v>2.370117</v>
+      </c>
+      <c r="P24" s="56">
+        <v>28.584493999999999</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="27"/>
+      <c r="B25" s="28"/>
+      <c r="C25" s="57" t="s">
         <v>40</v>
       </c>
-      <c r="C22" s="4" t="s">
+      <c r="D25" s="58">
+        <v>3.2499720000000001</v>
+      </c>
+      <c r="E25" s="58">
+        <v>3.272745</v>
+      </c>
+      <c r="F25" s="58">
+        <v>3.3564259999999999</v>
+      </c>
+      <c r="G25" s="58">
+        <v>3.3475920000000001</v>
+      </c>
+      <c r="H25" s="58">
+        <v>3.8705470000000002</v>
+      </c>
+      <c r="I25" s="58">
+        <v>4.5714430000000004</v>
+      </c>
+      <c r="J25" s="58">
+        <v>5.4788420000000002</v>
+      </c>
+      <c r="K25" s="58">
+        <v>5.087262</v>
+      </c>
+      <c r="L25" s="58">
+        <v>5.3279329999999998</v>
+      </c>
+      <c r="M25" s="58">
+        <v>4.8886039999999999</v>
+      </c>
+      <c r="N25" s="58">
+        <v>3.8466309999999999</v>
+      </c>
+      <c r="O25" s="58">
+        <v>3.62486</v>
+      </c>
+      <c r="P25" s="59">
+        <v>49.922857</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="28"/>
+      <c r="B26" s="60" t="s">
         <v>41</v>
       </c>
-      <c r="D22" s="6">
-[...43 lines deleted...]
-      <c r="C23" s="4" t="s">
+      <c r="C26" s="61"/>
+      <c r="D26" s="58">
+        <v>3.2499720000000001</v>
+      </c>
+      <c r="E26" s="58">
+        <v>3.272745</v>
+      </c>
+      <c r="F26" s="58">
+        <v>3.3564259999999999</v>
+      </c>
+      <c r="G26" s="58">
+        <v>3.3475920000000001</v>
+      </c>
+      <c r="H26" s="58">
+        <v>3.8705470000000002</v>
+      </c>
+      <c r="I26" s="58">
+        <v>4.5714430000000004</v>
+      </c>
+      <c r="J26" s="58">
+        <v>5.4788420000000002</v>
+      </c>
+      <c r="K26" s="58">
+        <v>5.087262</v>
+      </c>
+      <c r="L26" s="58">
+        <v>5.3279329999999998</v>
+      </c>
+      <c r="M26" s="58">
+        <v>4.8886039999999999</v>
+      </c>
+      <c r="N26" s="58">
+        <v>3.8466309999999999</v>
+      </c>
+      <c r="O26" s="58">
+        <v>3.62486</v>
+      </c>
+      <c r="P26" s="59">
+        <v>49.922857</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="52" t="s">
         <v>42</v>
       </c>
-      <c r="D23" s="6">
-[...43 lines deleted...]
-      <c r="C24" s="8" t="s">
+      <c r="B27" s="53" t="s">
         <v>43</v>
       </c>
-      <c r="D24" s="10">
-[...42 lines deleted...]
-      <c r="B25" s="33" t="s">
+      <c r="C27" s="54" t="s">
         <v>44</v>
       </c>
-      <c r="C25" s="34"/>
-[...42 lines deleted...]
-      <c r="A26" s="29" t="s">
+      <c r="D27" s="55">
+        <v>0.20636199999999999</v>
+      </c>
+      <c r="E27" s="55">
+        <v>0.15324099999999999</v>
+      </c>
+      <c r="F27" s="55">
+        <v>0.189938</v>
+      </c>
+      <c r="G27" s="55">
+        <v>0.17666799999999999</v>
+      </c>
+      <c r="H27" s="55">
+        <v>0.197655</v>
+      </c>
+      <c r="I27" s="55">
+        <v>0.17664199999999999</v>
+      </c>
+      <c r="J27" s="55">
+        <v>0.15489600000000001</v>
+      </c>
+      <c r="K27" s="55">
+        <v>0.18691099999999999</v>
+      </c>
+      <c r="L27" s="55">
+        <v>0.179345</v>
+      </c>
+      <c r="M27" s="55">
+        <v>0.22199199999999999</v>
+      </c>
+      <c r="N27" s="55">
+        <v>0.25079099999999999</v>
+      </c>
+      <c r="O27" s="55">
+        <v>0.214944</v>
+      </c>
+      <c r="P27" s="56">
+        <v>2.3093849999999998</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="27"/>
+      <c r="B28" s="27"/>
+      <c r="C28" s="54" t="s">
         <v>45</v>
       </c>
-      <c r="B26" s="32" t="s">
+      <c r="D28" s="55">
+        <v>5.8358E-2</v>
+      </c>
+      <c r="E28" s="55">
+        <v>6.8630000000000002E-3</v>
+      </c>
+      <c r="F28" s="55">
+        <v>7.0169999999999998E-3</v>
+      </c>
+      <c r="G28" s="55">
+        <v>5.1218E-2</v>
+      </c>
+      <c r="H28" s="55">
+        <v>4.4811999999999998E-2</v>
+      </c>
+      <c r="I28" s="55">
+        <v>3.8787000000000002E-2</v>
+      </c>
+      <c r="J28" s="55">
+        <v>9.8390000000000005E-3</v>
+      </c>
+      <c r="K28" s="55">
+        <v>4.6054999999999999E-2</v>
+      </c>
+      <c r="L28" s="55">
+        <v>2.6865E-2</v>
+      </c>
+      <c r="M28" s="55">
+        <v>5.2939E-2</v>
+      </c>
+      <c r="N28" s="55">
+        <v>9.8150000000000008E-3</v>
+      </c>
+      <c r="O28" s="55">
+        <v>5.0605999999999998E-2</v>
+      </c>
+      <c r="P28" s="56">
+        <v>0.40317399999999998</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="27"/>
+      <c r="B29" s="28"/>
+      <c r="C29" s="57" t="s">
         <v>46</v>
       </c>
-      <c r="C26" s="4" t="s">
+      <c r="D29" s="58">
+        <v>0.26472000000000001</v>
+      </c>
+      <c r="E29" s="58">
+        <v>0.160104</v>
+      </c>
+      <c r="F29" s="58">
+        <v>0.19695499999999999</v>
+      </c>
+      <c r="G29" s="58">
+        <v>0.22788600000000001</v>
+      </c>
+      <c r="H29" s="58">
+        <v>0.24246699999999999</v>
+      </c>
+      <c r="I29" s="58">
+        <v>0.21542900000000001</v>
+      </c>
+      <c r="J29" s="58">
+        <v>0.16473499999999999</v>
+      </c>
+      <c r="K29" s="58">
+        <v>0.23296600000000001</v>
+      </c>
+      <c r="L29" s="58">
+        <v>0.20621</v>
+      </c>
+      <c r="M29" s="58">
+        <v>0.27493099999999998</v>
+      </c>
+      <c r="N29" s="58">
+        <v>0.260606</v>
+      </c>
+      <c r="O29" s="58">
+        <v>0.26555000000000001</v>
+      </c>
+      <c r="P29" s="59">
+        <v>2.7125590000000002</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="27"/>
+      <c r="B30" s="53" t="s">
         <v>47</v>
       </c>
-      <c r="D26" s="6">
-[...43 lines deleted...]
-      <c r="C27" s="4" t="s">
+      <c r="C30" s="54" t="s">
         <v>48</v>
       </c>
-      <c r="D27" s="6">
-[...43 lines deleted...]
-      <c r="C28" s="8" t="s">
+      <c r="D30" s="55">
+        <v>7.9469999999999992E-3</v>
+      </c>
+      <c r="E30" s="55">
+        <v>4.9299999999999995E-4</v>
+      </c>
+      <c r="F30" s="55">
+        <v>1.2404999999999999E-2</v>
+      </c>
+      <c r="G30" s="55">
+        <v>3.2620000000000001E-3</v>
+      </c>
+      <c r="H30" s="55">
+        <v>6.9329999999999999E-3</v>
+      </c>
+      <c r="I30" s="55">
+        <v>6.8250000000000003E-3</v>
+      </c>
+      <c r="J30" s="55">
+        <v>7.9070000000000008E-3</v>
+      </c>
+      <c r="K30" s="55">
+        <v>6.45E-3</v>
+      </c>
+      <c r="L30" s="55">
+        <v>8.829E-3</v>
+      </c>
+      <c r="M30" s="55">
+        <v>2.8440000000000002E-3</v>
+      </c>
+      <c r="N30" s="55">
+        <v>5.6639999999999998E-3</v>
+      </c>
+      <c r="O30" s="55">
+        <v>8.763E-3</v>
+      </c>
+      <c r="P30" s="56">
+        <v>7.8322000000000003E-2</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="27"/>
+      <c r="B31" s="27"/>
+      <c r="C31" s="54" t="s">
         <v>49</v>
       </c>
-      <c r="D28" s="10">
-[...42 lines deleted...]
-      <c r="B29" s="32" t="s">
+      <c r="D31" s="55">
+        <v>1.8979999999999999E-3</v>
+      </c>
+      <c r="E31" s="62"/>
+      <c r="F31" s="55">
+        <v>1.5039999999999999E-3</v>
+      </c>
+      <c r="G31" s="62"/>
+      <c r="H31" s="55">
+        <v>1.4959999999999999E-3</v>
+      </c>
+      <c r="I31" s="62"/>
+      <c r="J31" s="55">
+        <v>1.0059999999999999E-3</v>
+      </c>
+      <c r="K31" s="55">
+        <v>4.8899999999999996E-4</v>
+      </c>
+      <c r="L31" s="55">
+        <v>1.6280000000000001E-3</v>
+      </c>
+      <c r="M31" s="55">
+        <v>2.0100000000000001E-3</v>
+      </c>
+      <c r="N31" s="62"/>
+      <c r="O31" s="62"/>
+      <c r="P31" s="56">
+        <v>1.0031E-2</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="27"/>
+      <c r="B32" s="28"/>
+      <c r="C32" s="57" t="s">
         <v>50</v>
       </c>
-      <c r="C29" s="4" t="s">
+      <c r="D32" s="58">
+        <v>9.8449999999999996E-3</v>
+      </c>
+      <c r="E32" s="58">
+        <v>4.9299999999999995E-4</v>
+      </c>
+      <c r="F32" s="58">
+        <v>1.3908999999999999E-2</v>
+      </c>
+      <c r="G32" s="58">
+        <v>3.2620000000000001E-3</v>
+      </c>
+      <c r="H32" s="58">
+        <v>8.4290000000000007E-3</v>
+      </c>
+      <c r="I32" s="58">
+        <v>6.8250000000000003E-3</v>
+      </c>
+      <c r="J32" s="58">
+        <v>8.9130000000000008E-3</v>
+      </c>
+      <c r="K32" s="58">
+        <v>6.9389999999999999E-3</v>
+      </c>
+      <c r="L32" s="58">
+        <v>1.0456999999999999E-2</v>
+      </c>
+      <c r="M32" s="58">
+        <v>4.8539999999999998E-3</v>
+      </c>
+      <c r="N32" s="58">
+        <v>5.6639999999999998E-3</v>
+      </c>
+      <c r="O32" s="58">
+        <v>8.763E-3</v>
+      </c>
+      <c r="P32" s="59">
+        <v>8.8353000000000001E-2</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="27"/>
+      <c r="B33" s="53" t="s">
         <v>51</v>
       </c>
-      <c r="D29" s="6">
-[...43 lines deleted...]
-      <c r="C30" s="4" t="s">
+      <c r="C33" s="54" t="s">
         <v>52</v>
       </c>
-      <c r="D30" s="6">
-[...33 lines deleted...]
-      <c r="C31" s="8" t="s">
+      <c r="D33" s="55">
+        <v>4.4149999999999997E-3</v>
+      </c>
+      <c r="E33" s="55">
+        <v>6.9109999999999996E-3</v>
+      </c>
+      <c r="F33" s="55">
+        <v>4.9639999999999997E-3</v>
+      </c>
+      <c r="G33" s="55">
+        <v>3.4789999999999999E-3</v>
+      </c>
+      <c r="H33" s="55">
+        <v>2.6120000000000002E-3</v>
+      </c>
+      <c r="I33" s="55">
+        <v>3.0820000000000001E-3</v>
+      </c>
+      <c r="J33" s="55">
+        <v>3.0349999999999999E-3</v>
+      </c>
+      <c r="K33" s="55">
+        <v>8.5760000000000003E-3</v>
+      </c>
+      <c r="L33" s="55">
+        <v>2.264E-3</v>
+      </c>
+      <c r="M33" s="55">
+        <v>1.06E-3</v>
+      </c>
+      <c r="N33" s="55">
+        <v>6.1529999999999996E-3</v>
+      </c>
+      <c r="O33" s="55">
+        <v>1.1800000000000001E-3</v>
+      </c>
+      <c r="P33" s="56">
+        <v>4.7731000000000003E-2</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="27"/>
+      <c r="B34" s="27"/>
+      <c r="C34" s="54" t="s">
         <v>53</v>
       </c>
-      <c r="D31" s="10">
-[...42 lines deleted...]
-      <c r="B32" s="32" t="s">
+      <c r="D34" s="55">
+        <v>2.5660000000000001E-3</v>
+      </c>
+      <c r="E34" s="62"/>
+      <c r="F34" s="62"/>
+      <c r="G34" s="62"/>
+      <c r="H34" s="55">
+        <v>1.9870000000000001E-3</v>
+      </c>
+      <c r="I34" s="55">
+        <v>1.9980000000000002E-3</v>
+      </c>
+      <c r="J34" s="55">
+        <v>1.964E-3</v>
+      </c>
+      <c r="K34" s="62"/>
+      <c r="L34" s="55">
+        <v>2.5950000000000001E-3</v>
+      </c>
+      <c r="M34" s="62"/>
+      <c r="N34" s="62"/>
+      <c r="O34" s="55">
+        <v>1.993E-3</v>
+      </c>
+      <c r="P34" s="56">
+        <v>1.3103E-2</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="27"/>
+      <c r="B35" s="28"/>
+      <c r="C35" s="57" t="s">
         <v>54</v>
       </c>
-      <c r="C32" s="4" t="s">
+      <c r="D35" s="58">
+        <v>6.9810000000000002E-3</v>
+      </c>
+      <c r="E35" s="58">
+        <v>6.9109999999999996E-3</v>
+      </c>
+      <c r="F35" s="58">
+        <v>4.9639999999999997E-3</v>
+      </c>
+      <c r="G35" s="58">
+        <v>3.4789999999999999E-3</v>
+      </c>
+      <c r="H35" s="58">
+        <v>4.5989999999999998E-3</v>
+      </c>
+      <c r="I35" s="58">
+        <v>5.0800000000000003E-3</v>
+      </c>
+      <c r="J35" s="58">
+        <v>4.999E-3</v>
+      </c>
+      <c r="K35" s="58">
+        <v>8.5760000000000003E-3</v>
+      </c>
+      <c r="L35" s="58">
+        <v>4.8589999999999996E-3</v>
+      </c>
+      <c r="M35" s="58">
+        <v>1.06E-3</v>
+      </c>
+      <c r="N35" s="58">
+        <v>6.1529999999999996E-3</v>
+      </c>
+      <c r="O35" s="58">
+        <v>3.173E-3</v>
+      </c>
+      <c r="P35" s="59">
+        <v>6.0833999999999999E-2</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="28"/>
+      <c r="B36" s="60" t="s">
         <v>55</v>
       </c>
-      <c r="D32" s="6">
-[...43 lines deleted...]
-      <c r="C33" s="4" t="s">
+      <c r="C36" s="61"/>
+      <c r="D36" s="58">
+        <v>0.28154600000000002</v>
+      </c>
+      <c r="E36" s="58">
+        <v>0.16750799999999999</v>
+      </c>
+      <c r="F36" s="58">
+        <v>0.21582799999999999</v>
+      </c>
+      <c r="G36" s="58">
+        <v>0.234627</v>
+      </c>
+      <c r="H36" s="58">
+        <v>0.25549500000000003</v>
+      </c>
+      <c r="I36" s="58">
+        <v>0.22733400000000001</v>
+      </c>
+      <c r="J36" s="58">
+        <v>0.178647</v>
+      </c>
+      <c r="K36" s="58">
+        <v>0.24848100000000001</v>
+      </c>
+      <c r="L36" s="58">
+        <v>0.221526</v>
+      </c>
+      <c r="M36" s="58">
+        <v>0.28084500000000001</v>
+      </c>
+      <c r="N36" s="58">
+        <v>0.27242300000000003</v>
+      </c>
+      <c r="O36" s="58">
+        <v>0.27748600000000001</v>
+      </c>
+      <c r="P36" s="59">
+        <v>2.8617460000000001</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="52" t="s">
         <v>56</v>
       </c>
-      <c r="D33" s="6">
-[...31 lines deleted...]
-      <c r="C34" s="8" t="s">
+      <c r="B37" s="53" t="s">
         <v>57</v>
       </c>
-      <c r="D34" s="10">
-[...42 lines deleted...]
-      <c r="B35" s="33" t="s">
+      <c r="C37" s="54" t="s">
         <v>58</v>
       </c>
-      <c r="C35" s="34"/>
-[...42 lines deleted...]
-      <c r="A36" s="29" t="s">
+      <c r="D37" s="55">
+        <v>6.055E-2</v>
+      </c>
+      <c r="E37" s="55">
+        <v>0.03</v>
+      </c>
+      <c r="F37" s="55">
+        <v>7.5649999999999995E-2</v>
+      </c>
+      <c r="G37" s="55">
+        <v>3.0179999999999998E-2</v>
+      </c>
+      <c r="H37" s="55">
+        <v>7.5660000000000005E-2</v>
+      </c>
+      <c r="I37" s="55">
+        <v>4.5280000000000001E-2</v>
+      </c>
+      <c r="J37" s="55">
+        <v>7.5939999999999994E-2</v>
+      </c>
+      <c r="K37" s="55">
+        <v>3.0210000000000001E-2</v>
+      </c>
+      <c r="L37" s="62"/>
+      <c r="M37" s="55">
+        <v>3.0339999999999999E-2</v>
+      </c>
+      <c r="N37" s="62"/>
+      <c r="O37" s="55">
+        <v>0.10549</v>
+      </c>
+      <c r="P37" s="56">
+        <v>0.55930000000000002</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="27"/>
+      <c r="B38" s="28"/>
+      <c r="C38" s="57" t="s">
         <v>59</v>
       </c>
-      <c r="B36" s="32" t="s">
+      <c r="D38" s="58">
+        <v>6.055E-2</v>
+      </c>
+      <c r="E38" s="58">
+        <v>0.03</v>
+      </c>
+      <c r="F38" s="58">
+        <v>7.5649999999999995E-2</v>
+      </c>
+      <c r="G38" s="58">
+        <v>3.0179999999999998E-2</v>
+      </c>
+      <c r="H38" s="58">
+        <v>7.5660000000000005E-2</v>
+      </c>
+      <c r="I38" s="58">
+        <v>4.5280000000000001E-2</v>
+      </c>
+      <c r="J38" s="58">
+        <v>7.5939999999999994E-2</v>
+      </c>
+      <c r="K38" s="58">
+        <v>3.0210000000000001E-2</v>
+      </c>
+      <c r="L38" s="63"/>
+      <c r="M38" s="58">
+        <v>3.0339999999999999E-2</v>
+      </c>
+      <c r="N38" s="63"/>
+      <c r="O38" s="58">
+        <v>0.10549</v>
+      </c>
+      <c r="P38" s="59">
+        <v>0.55930000000000002</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="28"/>
+      <c r="B39" s="60" t="s">
         <v>60</v>
       </c>
-      <c r="C36" s="4" t="s">
+      <c r="C39" s="61"/>
+      <c r="D39" s="58">
+        <v>6.055E-2</v>
+      </c>
+      <c r="E39" s="58">
+        <v>0.03</v>
+      </c>
+      <c r="F39" s="58">
+        <v>7.5649999999999995E-2</v>
+      </c>
+      <c r="G39" s="58">
+        <v>3.0179999999999998E-2</v>
+      </c>
+      <c r="H39" s="58">
+        <v>7.5660000000000005E-2</v>
+      </c>
+      <c r="I39" s="58">
+        <v>4.5280000000000001E-2</v>
+      </c>
+      <c r="J39" s="58">
+        <v>7.5939999999999994E-2</v>
+      </c>
+      <c r="K39" s="58">
+        <v>3.0210000000000001E-2</v>
+      </c>
+      <c r="L39" s="63"/>
+      <c r="M39" s="58">
+        <v>3.0339999999999999E-2</v>
+      </c>
+      <c r="N39" s="63"/>
+      <c r="O39" s="58">
+        <v>0.10549</v>
+      </c>
+      <c r="P39" s="59">
+        <v>0.55930000000000002</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="52" t="s">
         <v>61</v>
       </c>
-      <c r="D36" s="6">
-[...43 lines deleted...]
-      <c r="C37" s="4" t="s">
+      <c r="B40" s="53" t="s">
         <v>62</v>
       </c>
-      <c r="D37" s="6">
-[...43 lines deleted...]
-      <c r="C38" s="8" t="s">
+      <c r="C40" s="54" t="s">
+        <v>52</v>
+      </c>
+      <c r="D40" s="55">
+        <v>5.9329999999999999E-3</v>
+      </c>
+      <c r="E40" s="62"/>
+      <c r="F40" s="55">
+        <v>2.9840000000000001E-3</v>
+      </c>
+      <c r="G40" s="62"/>
+      <c r="H40" s="55">
+        <v>8.9870000000000002E-3</v>
+      </c>
+      <c r="I40" s="62"/>
+      <c r="J40" s="55">
+        <v>3.0149999999999999E-3</v>
+      </c>
+      <c r="K40" s="62"/>
+      <c r="L40" s="55">
+        <v>6.0210000000000003E-3</v>
+      </c>
+      <c r="M40" s="62"/>
+      <c r="N40" s="55">
+        <v>5.9690000000000003E-3</v>
+      </c>
+      <c r="O40" s="62"/>
+      <c r="P40" s="56">
+        <v>3.2909000000000001E-2</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="27"/>
+      <c r="B41" s="27"/>
+      <c r="C41" s="54" t="s">
         <v>63</v>
       </c>
-      <c r="D38" s="10">
-[...42 lines deleted...]
-      <c r="B39" s="32" t="s">
+      <c r="D41" s="62"/>
+      <c r="E41" s="62"/>
+      <c r="F41" s="55">
+        <v>4.8960000000000002E-3</v>
+      </c>
+      <c r="G41" s="62"/>
+      <c r="H41" s="62"/>
+      <c r="I41" s="62"/>
+      <c r="J41" s="55">
+        <v>5.0109999999999998E-3</v>
+      </c>
+      <c r="K41" s="62"/>
+      <c r="L41" s="55">
+        <v>5.0260000000000001E-3</v>
+      </c>
+      <c r="M41" s="55">
+        <v>4.9680000000000002E-3</v>
+      </c>
+      <c r="N41" s="62"/>
+      <c r="O41" s="55">
+        <v>4.9569999999999996E-3</v>
+      </c>
+      <c r="P41" s="56">
+        <v>2.4858000000000002E-2</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="27"/>
+      <c r="B42" s="27"/>
+      <c r="C42" s="54" t="s">
+        <v>38</v>
+      </c>
+      <c r="D42" s="62"/>
+      <c r="E42" s="62"/>
+      <c r="F42" s="62"/>
+      <c r="G42" s="55">
+        <v>1.0054E-2</v>
+      </c>
+      <c r="H42" s="62"/>
+      <c r="I42" s="62"/>
+      <c r="J42" s="55">
+        <v>1.0052999999999999E-2</v>
+      </c>
+      <c r="K42" s="55">
+        <v>9.9150000000000002E-3</v>
+      </c>
+      <c r="L42" s="62"/>
+      <c r="M42" s="55">
+        <v>2.6053E-2</v>
+      </c>
+      <c r="N42" s="62"/>
+      <c r="O42" s="62"/>
+      <c r="P42" s="56">
+        <v>5.6075E-2</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="27"/>
+      <c r="B43" s="27"/>
+      <c r="C43" s="54" t="s">
+        <v>39</v>
+      </c>
+      <c r="D43" s="55">
+        <v>4.6432000000000001E-2</v>
+      </c>
+      <c r="E43" s="55">
+        <v>5.0834999999999998E-2</v>
+      </c>
+      <c r="F43" s="62"/>
+      <c r="G43" s="55">
+        <v>4.4571E-2</v>
+      </c>
+      <c r="H43" s="62"/>
+      <c r="I43" s="62"/>
+      <c r="J43" s="62"/>
+      <c r="K43" s="55">
+        <v>0.124069</v>
+      </c>
+      <c r="L43" s="62"/>
+      <c r="M43" s="55">
+        <v>0.19534599999999999</v>
+      </c>
+      <c r="N43" s="55">
+        <v>0.244669</v>
+      </c>
+      <c r="O43" s="55">
+        <v>5.0902999999999997E-2</v>
+      </c>
+      <c r="P43" s="56">
+        <v>0.75682499999999997</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="27"/>
+      <c r="B44" s="27"/>
+      <c r="C44" s="54" t="s">
+        <v>27</v>
+      </c>
+      <c r="D44" s="55">
+        <v>4.08E-4</v>
+      </c>
+      <c r="E44" s="55">
+        <v>1.9840000000000001E-3</v>
+      </c>
+      <c r="F44" s="55">
+        <v>1.1299999999999999E-3</v>
+      </c>
+      <c r="G44" s="55">
+        <v>6.0959999999999999E-3</v>
+      </c>
+      <c r="H44" s="62"/>
+      <c r="I44" s="55">
+        <v>6.6259999999999999E-3</v>
+      </c>
+      <c r="J44" s="55">
+        <v>2.24E-4</v>
+      </c>
+      <c r="K44" s="55">
+        <v>7.5570000000000003E-3</v>
+      </c>
+      <c r="L44" s="55">
+        <v>7.6600000000000001E-3</v>
+      </c>
+      <c r="M44" s="62"/>
+      <c r="N44" s="55">
+        <v>7.979E-3</v>
+      </c>
+      <c r="O44" s="55">
+        <v>4.9760000000000004E-3</v>
+      </c>
+      <c r="P44" s="56">
+        <v>4.4639999999999999E-2</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="27"/>
+      <c r="B45" s="27"/>
+      <c r="C45" s="54" t="s">
+        <v>28</v>
+      </c>
+      <c r="D45" s="55">
+        <v>9.708E-2</v>
+      </c>
+      <c r="E45" s="55">
+        <v>0.111314</v>
+      </c>
+      <c r="F45" s="55">
+        <v>0.122873</v>
+      </c>
+      <c r="G45" s="55">
+        <v>7.5142E-2</v>
+      </c>
+      <c r="H45" s="55">
+        <v>6.4870999999999998E-2</v>
+      </c>
+      <c r="I45" s="55">
+        <v>9.6346000000000001E-2</v>
+      </c>
+      <c r="J45" s="55">
+        <v>9.5566999999999999E-2</v>
+      </c>
+      <c r="K45" s="55">
+        <v>7.9913999999999999E-2</v>
+      </c>
+      <c r="L45" s="55">
+        <v>9.4551999999999997E-2</v>
+      </c>
+      <c r="M45" s="55">
+        <v>8.7273000000000003E-2</v>
+      </c>
+      <c r="N45" s="55">
+        <v>8.4847000000000006E-2</v>
+      </c>
+      <c r="O45" s="55">
+        <v>8.4502999999999995E-2</v>
+      </c>
+      <c r="P45" s="56">
+        <v>1.094282</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="27"/>
+      <c r="B46" s="27"/>
+      <c r="C46" s="54" t="s">
+        <v>33</v>
+      </c>
+      <c r="D46" s="55">
+        <v>2.9580000000000001E-3</v>
+      </c>
+      <c r="E46" s="62"/>
+      <c r="F46" s="55">
+        <v>2.9859999999999999E-3</v>
+      </c>
+      <c r="G46" s="62"/>
+      <c r="H46" s="62"/>
+      <c r="I46" s="55">
+        <v>3.0140000000000002E-3</v>
+      </c>
+      <c r="J46" s="62"/>
+      <c r="K46" s="55">
+        <v>3.0079999999999998E-3</v>
+      </c>
+      <c r="L46" s="62"/>
+      <c r="M46" s="55">
+        <v>4.9909999999999998E-3</v>
+      </c>
+      <c r="N46" s="55">
+        <v>0</v>
+      </c>
+      <c r="O46" s="62"/>
+      <c r="P46" s="56">
+        <v>1.6957E-2</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="27"/>
+      <c r="B47" s="27"/>
+      <c r="C47" s="54" t="s">
+        <v>81</v>
+      </c>
+      <c r="D47" s="55">
+        <v>9.5709999999999996E-3</v>
+      </c>
+      <c r="E47" s="55">
+        <v>5.9670000000000001E-3</v>
+      </c>
+      <c r="F47" s="55">
+        <v>1.0886E-2</v>
+      </c>
+      <c r="G47" s="55">
+        <v>5.9610000000000002E-3</v>
+      </c>
+      <c r="H47" s="55">
+        <v>8.9650000000000007E-3</v>
+      </c>
+      <c r="I47" s="55">
+        <v>6.0049999999999999E-3</v>
+      </c>
+      <c r="J47" s="55">
+        <v>9.0220000000000005E-3</v>
+      </c>
+      <c r="K47" s="55">
+        <v>8.0009999999999994E-3</v>
+      </c>
+      <c r="L47" s="55">
+        <v>5.9940000000000002E-3</v>
+      </c>
+      <c r="M47" s="55">
+        <v>1.0992999999999999E-2</v>
+      </c>
+      <c r="N47" s="55">
+        <v>4.9810000000000002E-3</v>
+      </c>
+      <c r="O47" s="55">
+        <v>5.9610000000000002E-3</v>
+      </c>
+      <c r="P47" s="56">
+        <v>9.2307E-2</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="27"/>
+      <c r="B48" s="28"/>
+      <c r="C48" s="57" t="s">
         <v>64</v>
       </c>
-      <c r="C39" s="4" t="s">
+      <c r="D48" s="58">
+        <v>0.162382</v>
+      </c>
+      <c r="E48" s="58">
+        <v>0.1701</v>
+      </c>
+      <c r="F48" s="58">
+        <v>0.145755</v>
+      </c>
+      <c r="G48" s="58">
+        <v>0.14182400000000001</v>
+      </c>
+      <c r="H48" s="58">
+        <v>8.2822999999999994E-2</v>
+      </c>
+      <c r="I48" s="58">
+        <v>0.11199099999999999</v>
+      </c>
+      <c r="J48" s="58">
+        <v>0.122892</v>
+      </c>
+      <c r="K48" s="58">
+        <v>0.232464</v>
+      </c>
+      <c r="L48" s="58">
+        <v>0.119253</v>
+      </c>
+      <c r="M48" s="58">
+        <v>0.32962399999999997</v>
+      </c>
+      <c r="N48" s="58">
+        <v>0.348445</v>
+      </c>
+      <c r="O48" s="58">
+        <v>0.15129999999999999</v>
+      </c>
+      <c r="P48" s="59">
+        <v>2.1188530000000001</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="28"/>
+      <c r="B49" s="60" t="s">
         <v>65</v>
       </c>
-      <c r="D39" s="6">
-[...43 lines deleted...]
-      <c r="C40" s="4" t="s">
+      <c r="C49" s="61"/>
+      <c r="D49" s="58">
+        <v>0.162382</v>
+      </c>
+      <c r="E49" s="58">
+        <v>0.1701</v>
+      </c>
+      <c r="F49" s="58">
+        <v>0.145755</v>
+      </c>
+      <c r="G49" s="58">
+        <v>0.14182400000000001</v>
+      </c>
+      <c r="H49" s="58">
+        <v>8.2822999999999994E-2</v>
+      </c>
+      <c r="I49" s="58">
+        <v>0.11199099999999999</v>
+      </c>
+      <c r="J49" s="58">
+        <v>0.122892</v>
+      </c>
+      <c r="K49" s="58">
+        <v>0.232464</v>
+      </c>
+      <c r="L49" s="58">
+        <v>0.119253</v>
+      </c>
+      <c r="M49" s="58">
+        <v>0.32962399999999997</v>
+      </c>
+      <c r="N49" s="58">
+        <v>0.348445</v>
+      </c>
+      <c r="O49" s="58">
+        <v>0.15129999999999999</v>
+      </c>
+      <c r="P49" s="59">
+        <v>2.1188530000000001</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="64" t="s">
         <v>66</v>
       </c>
-      <c r="D40" s="6">
-[...43 lines deleted...]
-      <c r="C41" s="8" t="s">
+      <c r="B50" s="65"/>
+      <c r="C50" s="66"/>
+      <c r="D50" s="67">
+        <v>165.854051</v>
+      </c>
+      <c r="E50" s="67">
+        <v>159.13518300000001</v>
+      </c>
+      <c r="F50" s="67">
+        <v>152.99875299999999</v>
+      </c>
+      <c r="G50" s="67">
+        <v>139.662926</v>
+      </c>
+      <c r="H50" s="67">
+        <v>153.467556</v>
+      </c>
+      <c r="I50" s="67">
+        <v>160.58289400000001</v>
+      </c>
+      <c r="J50" s="67">
+        <v>181.09511000000001</v>
+      </c>
+      <c r="K50" s="67">
+        <v>168.936046</v>
+      </c>
+      <c r="L50" s="67">
+        <v>175.20967999999999</v>
+      </c>
+      <c r="M50" s="67">
+        <v>181.24864199999999</v>
+      </c>
+      <c r="N50" s="67">
+        <v>176.28520800000101</v>
+      </c>
+      <c r="O50" s="67">
+        <v>182.88833600000001</v>
+      </c>
+      <c r="P50" s="68">
+        <v>1997.3643850000001</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="35"/>
+      <c r="B51" s="35"/>
+      <c r="C51" s="35"/>
+      <c r="D51" s="35"/>
+      <c r="E51" s="35"/>
+      <c r="F51" s="35"/>
+      <c r="G51" s="35"/>
+      <c r="H51" s="35"/>
+      <c r="I51" s="35"/>
+      <c r="J51" s="35"/>
+      <c r="K51" s="35"/>
+      <c r="L51" s="35"/>
+      <c r="M51" s="35"/>
+      <c r="N51" s="35"/>
+      <c r="O51" s="35"/>
+      <c r="P51" s="35"/>
+    </row>
+    <row r="52" spans="1:16" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="35"/>
+      <c r="B52" s="35"/>
+      <c r="C52" s="35"/>
+      <c r="D52" s="35"/>
+      <c r="E52" s="35"/>
+      <c r="F52" s="35"/>
+      <c r="G52" s="35"/>
+      <c r="H52" s="35"/>
+      <c r="I52" s="35"/>
+      <c r="J52" s="35"/>
+      <c r="K52" s="35"/>
+      <c r="L52" s="35"/>
+      <c r="M52" s="35"/>
+      <c r="N52" s="35"/>
+      <c r="O52" s="35"/>
+      <c r="P52" s="35"/>
+    </row>
+    <row r="53" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="69" t="s">
         <v>67</v>
       </c>
-      <c r="D41" s="10">
-[...42 lines deleted...]
-      <c r="B42" s="33" t="s">
+      <c r="B53" s="32"/>
+      <c r="C53" s="32"/>
+      <c r="D53" s="32"/>
+      <c r="E53" s="32"/>
+      <c r="F53" s="32"/>
+      <c r="G53" s="32"/>
+      <c r="H53" s="32"/>
+      <c r="I53" s="32"/>
+      <c r="J53" s="32"/>
+      <c r="K53" s="32"/>
+      <c r="L53" s="32"/>
+      <c r="M53" s="32"/>
+      <c r="N53" s="32"/>
+      <c r="O53" s="32"/>
+      <c r="P53" s="33"/>
+    </row>
+    <row r="54" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="69" t="s">
         <v>68</v>
       </c>
-      <c r="C42" s="34"/>
-[...578 lines deleted...]
-      </c>
+      <c r="B54" s="32"/>
+      <c r="C54" s="32"/>
+      <c r="D54" s="32"/>
+      <c r="E54" s="32"/>
+      <c r="F54" s="32"/>
+      <c r="G54" s="32"/>
+      <c r="H54" s="32"/>
+      <c r="I54" s="32"/>
+      <c r="J54" s="32"/>
+      <c r="K54" s="32"/>
+      <c r="L54" s="32"/>
+      <c r="M54" s="32"/>
+      <c r="N54" s="32"/>
+      <c r="O54" s="32"/>
+      <c r="P54" s="33"/>
     </row>
     <row r="56" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A56" s="35" t="s">
-[...43 lines deleted...]
-      </c>
+      <c r="A56" s="70" t="s">
+        <v>82</v>
+      </c>
+      <c r="B56" s="35"/>
+      <c r="C56" s="35"/>
+      <c r="D56" s="35"/>
+      <c r="E56" s="35"/>
+      <c r="F56" s="35"/>
+      <c r="G56" s="35"/>
+      <c r="H56" s="35"/>
+      <c r="I56" s="35"/>
+      <c r="J56" s="35"/>
+      <c r="K56" s="35"/>
+      <c r="L56" s="35"/>
+      <c r="M56" s="35"/>
+      <c r="N56" s="35"/>
+      <c r="O56" s="35"/>
+      <c r="P56" s="35"/>
     </row>
     <row r="57" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A57" s="28"/>
-[...111 lines deleted...]
-      <c r="P63" s="28"/>
+      <c r="A57" s="35"/>
+      <c r="B57" s="35"/>
+      <c r="C57" s="35"/>
+      <c r="D57" s="35"/>
+      <c r="E57" s="35"/>
+      <c r="F57" s="35"/>
+      <c r="G57" s="35"/>
+      <c r="H57" s="35"/>
+      <c r="I57" s="35"/>
+      <c r="J57" s="35"/>
+      <c r="K57" s="35"/>
+      <c r="L57" s="35"/>
+      <c r="M57" s="35"/>
+      <c r="N57" s="35"/>
+      <c r="O57" s="35"/>
+      <c r="P57" s="35"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
-  <mergeCells count="41">
+  <mergeCells count="35">
+    <mergeCell ref="A56:P56"/>
+    <mergeCell ref="A57:P57"/>
+    <mergeCell ref="A40:A49"/>
+    <mergeCell ref="B40:B48"/>
+    <mergeCell ref="B49:C49"/>
+    <mergeCell ref="A50:C50"/>
+    <mergeCell ref="A51:P52"/>
+    <mergeCell ref="A53:P53"/>
+    <mergeCell ref="A54:P54"/>
+    <mergeCell ref="A27:A36"/>
+    <mergeCell ref="B27:B29"/>
+    <mergeCell ref="B30:B32"/>
+    <mergeCell ref="B33:B35"/>
+    <mergeCell ref="B36:C36"/>
+    <mergeCell ref="A37:A39"/>
+    <mergeCell ref="B37:B38"/>
+    <mergeCell ref="B39:C39"/>
+    <mergeCell ref="A14:A22"/>
+    <mergeCell ref="B14:B16"/>
+    <mergeCell ref="B17:B19"/>
+    <mergeCell ref="B20:B21"/>
+    <mergeCell ref="B22:C22"/>
+    <mergeCell ref="A23:A26"/>
+    <mergeCell ref="B23:B25"/>
+    <mergeCell ref="B26:C26"/>
+    <mergeCell ref="A6:A13"/>
+    <mergeCell ref="B6:B7"/>
+    <mergeCell ref="B8:B10"/>
+    <mergeCell ref="B11:B12"/>
+    <mergeCell ref="B13:C13"/>
+    <mergeCell ref="A4:C5"/>
     <mergeCell ref="A2:G2"/>
-    <mergeCell ref="H1:P2"/>
-[...38 lines deleted...]
-    <mergeCell ref="A57:P58"/>
+    <mergeCell ref="H1:P3"/>
+    <mergeCell ref="D4:O4"/>
+    <mergeCell ref="P4:P5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <customProperties>
+    <customPr name="GUID" r:id="rId1"/>
+  </customProperties>
+  <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:P16"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane xSplit="3" ySplit="4" topLeftCell="D6" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
       <selection pane="bottomRight" activeCell="P11" sqref="P11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="25.7109375" style="16" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="17" max="16384" width="9.140625" style="16"/>
+    <col min="1" max="1" width="25.7109375" customWidth="1"/>
+    <col min="2" max="2" width="8.7109375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="18.85546875" bestFit="1" customWidth="1"/>
+    <col min="4" max="8" width="10" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="10" customWidth="1"/>
+    <col min="10" max="14" width="10" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="10" customWidth="1"/>
+    <col min="16" max="16" width="11.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
-        <v>86</v>
-[...15 lines deleted...]
-      <c r="P1" s="39"/>
+        <v>73</v>
+      </c>
+      <c r="B1" s="2"/>
+      <c r="C1" s="2"/>
+      <c r="D1" s="2"/>
+      <c r="E1" s="2"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="17"/>
+      <c r="H1" s="17"/>
+      <c r="I1" s="17"/>
+      <c r="J1" s="17"/>
+      <c r="K1" s="17"/>
+      <c r="L1" s="17"/>
+      <c r="M1" s="17"/>
+      <c r="N1" s="17"/>
+      <c r="O1" s="17"/>
+      <c r="P1" s="17"/>
     </row>
     <row r="2" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="38" t="s">
-[...16 lines deleted...]
-      <c r="P2" s="39"/>
+      <c r="A2" s="16" t="s">
+        <v>72</v>
+      </c>
+      <c r="B2" s="17"/>
+      <c r="C2" s="17"/>
+      <c r="D2" s="17"/>
+      <c r="E2" s="17"/>
+      <c r="F2" s="17"/>
+      <c r="G2" s="17"/>
+      <c r="H2" s="17"/>
+      <c r="I2" s="17"/>
+      <c r="J2" s="17"/>
+      <c r="K2" s="17"/>
+      <c r="L2" s="17"/>
+      <c r="M2" s="17"/>
+      <c r="N2" s="17"/>
+      <c r="O2" s="17"/>
+      <c r="P2" s="17"/>
     </row>
     <row r="3" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="42" t="s">
-[...8 lines deleted...]
-      <c r="D3" s="48" t="s">
+      <c r="A3" s="20" t="s">
+        <v>74</v>
+      </c>
+      <c r="B3" s="20" t="s">
+        <v>75</v>
+      </c>
+      <c r="C3" s="22" t="s">
+        <v>76</v>
+      </c>
+      <c r="D3" s="24" t="s">
         <v>2</v>
       </c>
-      <c r="E3" s="49"/>
-[...10 lines deleted...]
-      <c r="P3" s="46" t="s">
+      <c r="E3" s="25"/>
+      <c r="F3" s="25"/>
+      <c r="G3" s="25"/>
+      <c r="H3" s="25"/>
+      <c r="I3" s="25"/>
+      <c r="J3" s="25"/>
+      <c r="K3" s="25"/>
+      <c r="L3" s="25"/>
+      <c r="M3" s="25"/>
+      <c r="N3" s="25"/>
+      <c r="O3" s="41"/>
+      <c r="P3" s="39" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="43"/>
-[...1 lines deleted...]
-      <c r="C4" s="45"/>
+      <c r="A4" s="21"/>
+      <c r="B4" s="21"/>
+      <c r="C4" s="23"/>
       <c r="D4" s="3" t="s">
         <v>4</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>5</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>6</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>9</v>
       </c>
       <c r="J4" s="3" t="s">
         <v>10</v>
       </c>
       <c r="K4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="M4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="N4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="O4" s="3" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="P4" s="47"/>
+        <v>77</v>
+      </c>
+      <c r="P4" s="40"/>
     </row>
     <row r="5" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="29" t="s">
-[...8 lines deleted...]
-      <c r="D5" s="22">
+      <c r="A5" s="26" t="s">
+        <v>25</v>
+      </c>
+      <c r="B5" s="29" t="s">
+        <v>71</v>
+      </c>
+      <c r="C5" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" s="15">
         <v>4.9488999999999998E-2</v>
       </c>
-      <c r="E5" s="22">
+      <c r="E5" s="15">
         <v>23.755589000000001</v>
       </c>
-      <c r="F5" s="22">
+      <c r="F5" s="15">
         <v>10.860528</v>
       </c>
-      <c r="G5" s="22">
+      <c r="G5" s="15">
         <v>16.527947000000001</v>
       </c>
-      <c r="H5" s="22">
+      <c r="H5" s="15">
         <v>1.068956</v>
       </c>
       <c r="I5" s="6"/>
-      <c r="J5" s="22">
+      <c r="J5" s="15">
         <v>3.8190680000000001</v>
       </c>
-      <c r="K5" s="22">
+      <c r="K5" s="15">
         <v>12.453704</v>
       </c>
-      <c r="L5" s="22">
+      <c r="L5" s="15">
         <v>3.5028999999999998E-2</v>
       </c>
-      <c r="M5" s="22">
+      <c r="M5" s="15">
         <v>6.0223139999999997</v>
       </c>
-      <c r="N5" s="22">
+      <c r="N5" s="15">
         <v>41.073464000000001</v>
       </c>
-      <c r="O5" s="22">
+      <c r="O5" s="15">
         <v>52.520212999999998</v>
       </c>
-      <c r="P5" s="21">
+      <c r="P5" s="14">
         <f>SUM(D5:O5)</f>
         <v>168.18630100000001</v>
       </c>
     </row>
     <row r="6" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="30"/>
-[...4 lines deleted...]
-      <c r="D6" s="20">
+      <c r="A6" s="27"/>
+      <c r="B6" s="28"/>
+      <c r="C6" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="D6" s="13">
         <v>4.9488999999999998E-2</v>
       </c>
-      <c r="E6" s="20">
+      <c r="E6" s="13">
         <v>23.755589000000001</v>
       </c>
-      <c r="F6" s="20">
+      <c r="F6" s="13">
         <v>10.860528</v>
       </c>
-      <c r="G6" s="20">
+      <c r="G6" s="13">
         <v>16.527947000000001</v>
       </c>
-      <c r="H6" s="20">
+      <c r="H6" s="13">
         <v>1.068956</v>
       </c>
-      <c r="I6" s="10"/>
-      <c r="J6" s="20">
+      <c r="I6" s="9"/>
+      <c r="J6" s="13">
         <v>3.8190680000000001</v>
       </c>
-      <c r="K6" s="20">
+      <c r="K6" s="13">
         <v>12.453704</v>
       </c>
-      <c r="L6" s="20">
+      <c r="L6" s="13">
         <v>3.5028999999999998E-2</v>
       </c>
-      <c r="M6" s="20">
+      <c r="M6" s="13">
         <v>6.0223139999999997</v>
       </c>
-      <c r="N6" s="20">
+      <c r="N6" s="13">
         <v>41.073464000000001</v>
       </c>
-      <c r="O6" s="20">
+      <c r="O6" s="13">
         <v>52.520212999999998</v>
       </c>
-      <c r="P6" s="19">
+      <c r="P6" s="12">
         <f t="shared" ref="P6:P11" si="0">SUM(D6:O6)</f>
         <v>168.18630100000001</v>
       </c>
     </row>
     <row r="7" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="31"/>
-[...4 lines deleted...]
-      <c r="D7" s="20">
+      <c r="A7" s="28"/>
+      <c r="B7" s="30" t="s">
+        <v>35</v>
+      </c>
+      <c r="C7" s="31"/>
+      <c r="D7" s="13">
         <v>4.9488999999999998E-2</v>
       </c>
-      <c r="E7" s="20">
+      <c r="E7" s="13">
         <v>23.755589000000001</v>
       </c>
-      <c r="F7" s="20">
+      <c r="F7" s="13">
         <v>10.860528</v>
       </c>
-      <c r="G7" s="20">
+      <c r="G7" s="13">
         <v>16.527947000000001</v>
       </c>
-      <c r="H7" s="20">
+      <c r="H7" s="13">
         <v>1.068956</v>
       </c>
-      <c r="I7" s="10"/>
-      <c r="J7" s="20">
+      <c r="I7" s="9"/>
+      <c r="J7" s="13">
         <v>3.8190680000000001</v>
       </c>
-      <c r="K7" s="20">
+      <c r="K7" s="13">
         <v>12.453704</v>
       </c>
-      <c r="L7" s="20">
+      <c r="L7" s="13">
         <v>3.5028999999999998E-2</v>
       </c>
-      <c r="M7" s="20">
+      <c r="M7" s="13">
         <v>6.0223139999999997</v>
       </c>
-      <c r="N7" s="20">
+      <c r="N7" s="13">
         <v>41.073464000000001</v>
       </c>
-      <c r="O7" s="20">
+      <c r="O7" s="13">
         <v>52.520212999999998</v>
       </c>
-      <c r="P7" s="19">
+      <c r="P7" s="12">
         <f t="shared" si="0"/>
         <v>168.18630100000001</v>
       </c>
     </row>
     <row r="8" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="29" t="s">
-[...6 lines deleted...]
-        <v>82</v>
+      <c r="A8" s="26" t="s">
+        <v>36</v>
+      </c>
+      <c r="B8" s="29" t="s">
+        <v>37</v>
+      </c>
+      <c r="C8" s="4" t="s">
+        <v>69</v>
       </c>
       <c r="D8" s="5"/>
       <c r="E8" s="5"/>
-      <c r="F8" s="22">
+      <c r="F8" s="15">
         <v>7.2990079999999997</v>
       </c>
       <c r="G8" s="5"/>
       <c r="H8" s="5"/>
       <c r="I8" s="5"/>
       <c r="J8" s="5"/>
       <c r="K8" s="5"/>
       <c r="L8" s="5"/>
       <c r="M8" s="5"/>
-      <c r="N8" s="22">
+      <c r="N8" s="15">
         <v>3.4897300000000002</v>
       </c>
-      <c r="O8" s="22">
+      <c r="O8" s="15">
         <v>9.4422280000000001</v>
       </c>
-      <c r="P8" s="21">
+      <c r="P8" s="14">
         <f t="shared" si="0"/>
         <v>20.230966000000002</v>
       </c>
     </row>
     <row r="9" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="30"/>
-[...6 lines deleted...]
-      <c r="F9" s="20">
+      <c r="A9" s="27"/>
+      <c r="B9" s="28"/>
+      <c r="C9" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D9" s="8"/>
+      <c r="E9" s="8"/>
+      <c r="F9" s="13">
         <v>7.2990079999999997</v>
       </c>
-      <c r="G9" s="9"/>
-[...6 lines deleted...]
-      <c r="N9" s="20">
+      <c r="G9" s="8"/>
+      <c r="H9" s="8"/>
+      <c r="I9" s="8"/>
+      <c r="J9" s="8"/>
+      <c r="K9" s="8"/>
+      <c r="L9" s="8"/>
+      <c r="M9" s="8"/>
+      <c r="N9" s="13">
         <v>3.4897300000000002</v>
       </c>
-      <c r="O9" s="20">
+      <c r="O9" s="13">
         <v>9.4422280000000001</v>
       </c>
-      <c r="P9" s="19">
+      <c r="P9" s="12">
         <f t="shared" si="0"/>
         <v>20.230966000000002</v>
       </c>
     </row>
     <row r="10" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="31"/>
-[...6 lines deleted...]
-      <c r="F10" s="20">
+      <c r="A10" s="28"/>
+      <c r="B10" s="30" t="s">
+        <v>41</v>
+      </c>
+      <c r="C10" s="31"/>
+      <c r="D10" s="8"/>
+      <c r="E10" s="8"/>
+      <c r="F10" s="13">
         <v>7.2990079999999997</v>
       </c>
-      <c r="G10" s="9"/>
-[...6 lines deleted...]
-      <c r="N10" s="20">
+      <c r="G10" s="8"/>
+      <c r="H10" s="8"/>
+      <c r="I10" s="8"/>
+      <c r="J10" s="8"/>
+      <c r="K10" s="8"/>
+      <c r="L10" s="8"/>
+      <c r="M10" s="8"/>
+      <c r="N10" s="13">
         <v>3.4897300000000002</v>
       </c>
-      <c r="O10" s="20">
+      <c r="O10" s="13">
         <v>9.4422280000000001</v>
       </c>
-      <c r="P10" s="19">
+      <c r="P10" s="12">
         <f t="shared" si="0"/>
         <v>20.230966000000002</v>
       </c>
     </row>
     <row r="11" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="35" t="s">
-[...4 lines deleted...]
-      <c r="D11" s="18">
+      <c r="A11" s="36" t="s">
+        <v>66</v>
+      </c>
+      <c r="B11" s="37"/>
+      <c r="C11" s="38"/>
+      <c r="D11" s="11">
         <v>4.9488999999999998E-2</v>
       </c>
-      <c r="E11" s="18">
+      <c r="E11" s="11">
         <v>23.755589000000001</v>
       </c>
-      <c r="F11" s="18">
+      <c r="F11" s="11">
         <v>18.159535999999999</v>
       </c>
-      <c r="G11" s="18">
+      <c r="G11" s="11">
         <v>16.527947000000001</v>
       </c>
-      <c r="H11" s="18">
+      <c r="H11" s="11">
         <v>1.068956</v>
       </c>
-      <c r="I11" s="18">
+      <c r="I11" s="11">
         <v>0</v>
       </c>
-      <c r="J11" s="18">
+      <c r="J11" s="11">
         <v>3.8190680000000001</v>
       </c>
-      <c r="K11" s="18">
+      <c r="K11" s="11">
         <v>12.453704</v>
       </c>
-      <c r="L11" s="18">
+      <c r="L11" s="11">
         <v>3.5028999999999998E-2</v>
       </c>
-      <c r="M11" s="18">
+      <c r="M11" s="11">
         <v>6.0223139999999997</v>
       </c>
-      <c r="N11" s="18">
+      <c r="N11" s="11">
         <v>44.563194000000003</v>
       </c>
-      <c r="O11" s="18">
+      <c r="O11" s="11">
         <v>61.962440999999998</v>
       </c>
-      <c r="P11" s="17">
+      <c r="P11" s="10">
         <f t="shared" si="0"/>
         <v>188.41726699999998</v>
       </c>
     </row>
     <row r="12" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="28"/>
-[...14 lines deleted...]
-      <c r="P12" s="28"/>
+      <c r="A12" s="35"/>
+      <c r="B12" s="35"/>
+      <c r="C12" s="35"/>
+      <c r="D12" s="35"/>
+      <c r="E12" s="35"/>
+      <c r="F12" s="35"/>
+      <c r="G12" s="35"/>
+      <c r="H12" s="35"/>
+      <c r="I12" s="35"/>
+      <c r="J12" s="35"/>
+      <c r="K12" s="35"/>
+      <c r="L12" s="35"/>
+      <c r="M12" s="35"/>
+      <c r="N12" s="35"/>
+      <c r="O12" s="35"/>
+      <c r="P12" s="35"/>
     </row>
     <row r="13" spans="1:16" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="28"/>
-[...14 lines deleted...]
-      <c r="P13" s="28"/>
+      <c r="A13" s="35"/>
+      <c r="B13" s="35"/>
+      <c r="C13" s="35"/>
+      <c r="D13" s="35"/>
+      <c r="E13" s="35"/>
+      <c r="F13" s="35"/>
+      <c r="G13" s="35"/>
+      <c r="H13" s="35"/>
+      <c r="I13" s="35"/>
+      <c r="J13" s="35"/>
+      <c r="K13" s="35"/>
+      <c r="L13" s="35"/>
+      <c r="M13" s="35"/>
+      <c r="N13" s="35"/>
+      <c r="O13" s="35"/>
+      <c r="P13" s="35"/>
     </row>
     <row r="14" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="27" t="s">
-[...16 lines deleted...]
-      <c r="P14" s="26"/>
+      <c r="A14" s="34" t="s">
+        <v>78</v>
+      </c>
+      <c r="B14" s="32"/>
+      <c r="C14" s="32"/>
+      <c r="D14" s="32"/>
+      <c r="E14" s="32"/>
+      <c r="F14" s="32"/>
+      <c r="G14" s="32"/>
+      <c r="H14" s="32"/>
+      <c r="I14" s="32"/>
+      <c r="J14" s="32"/>
+      <c r="K14" s="32"/>
+      <c r="L14" s="32"/>
+      <c r="M14" s="32"/>
+      <c r="N14" s="32"/>
+      <c r="O14" s="32"/>
+      <c r="P14" s="33"/>
     </row>
     <row r="16" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A16" s="28"/>
-[...14 lines deleted...]
-      <c r="P16" s="28"/>
+      <c r="A16" s="35"/>
+      <c r="B16" s="35"/>
+      <c r="C16" s="35"/>
+      <c r="D16" s="35"/>
+      <c r="E16" s="35"/>
+      <c r="F16" s="35"/>
+      <c r="G16" s="35"/>
+      <c r="H16" s="35"/>
+      <c r="I16" s="35"/>
+      <c r="J16" s="35"/>
+      <c r="K16" s="35"/>
+      <c r="L16" s="35"/>
+      <c r="M16" s="35"/>
+      <c r="N16" s="35"/>
+      <c r="O16" s="35"/>
+      <c r="P16" s="35"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="17">
-    <mergeCell ref="A2:F2"/>
-[...5 lines deleted...]
-    <mergeCell ref="D3:O3"/>
     <mergeCell ref="A11:C11"/>
     <mergeCell ref="A12:P13"/>
     <mergeCell ref="A14:P14"/>
     <mergeCell ref="A16:P16"/>
     <mergeCell ref="A5:A7"/>
     <mergeCell ref="B5:B6"/>
     <mergeCell ref="B7:C7"/>
     <mergeCell ref="A8:A10"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="B10:C10"/>
+    <mergeCell ref="A2:F2"/>
+    <mergeCell ref="G1:P2"/>
+    <mergeCell ref="P3:P4"/>
+    <mergeCell ref="A3:A4"/>
+    <mergeCell ref="B3:B4"/>
+    <mergeCell ref="C3:C4"/>
+    <mergeCell ref="D3:O3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <customProperties>
+    <customPr name="GUID" r:id="rId1"/>
+  </customProperties>
+  <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>MI_2020-12</vt:lpstr>
       <vt:lpstr>UTE_2020-12</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>IBM Incorporated</Company>